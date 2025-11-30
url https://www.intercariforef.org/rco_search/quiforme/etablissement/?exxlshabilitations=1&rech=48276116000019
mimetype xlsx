--- v0 (2025-10-16)
+++ v1 (2025-11-30)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="467">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="471">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP11541</t>
   </si>
   <si>
@@ -1409,50 +1409,62 @@
     <t>Créer des tableaux de bord dynamiques et interactifs avec Power BI Desktop</t>
   </si>
   <si>
     <t>RS7205</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7322</t>
+  </si>
+  <si>
+    <t>Ansible : automatiser la gestion des serveurs</t>
+  </si>
+  <si>
+    <t>27/10/2027</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1792,51 +1804,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H182"/>
+  <dimension ref="A1:H183"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5990,53 +6002,76 @@
       </c>
       <c r="F181" s="2" t="s">
         <v>463</v>
       </c>
       <c r="G181" s="2" t="s">
         <v>464</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>465</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>466</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F182" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="G182" s="2" t="s">
+        <v>468</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" s="1">
+        <v>48276116000019</v>
+      </c>
+      <c r="B183" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>470</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F183" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="G182" s="2" t="s">
+      <c r="G183" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -6050,31 +6085,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/16/2025 12:28:42</dc:description>
+  <dc:description>Export en date du 11/30/2025 17:04:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>