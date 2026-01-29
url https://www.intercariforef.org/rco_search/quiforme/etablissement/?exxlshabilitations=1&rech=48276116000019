--- v1 (2025-11-30)
+++ v2 (2026-01-29)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="471">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP11541</t>
   </si>
   <si>
@@ -1387,84 +1387,138 @@
   <si>
     <t>Utilisation de la plateforme collaborative Microsoft 365</t>
   </si>
   <si>
     <t>28/03/2027</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>RS7103</t>
   </si>
   <si>
     <t>Créer des tableaux de bord dynamiques et interactifs avec Power BI Desktop</t>
   </si>
   <si>
+    <t>RS7106</t>
+  </si>
+  <si>
+    <t>Certification en anglais LTE (écouter, lire, écrire, parler) – LanguageCert</t>
+  </si>
+  <si>
+    <t>RS7113</t>
+  </si>
+  <si>
+    <t>Certificat Voltaire</t>
+  </si>
+  <si>
+    <t>28/03/2030</t>
+  </si>
+  <si>
     <t>RS7205</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
+    <t>RS7287</t>
+  </si>
+  <si>
+    <t>Optimiser l'efficacité administrative et le support opérationnel avec l’Intelligence Artificielle</t>
+  </si>
+  <si>
+    <t>24/09/2030</t>
+  </si>
+  <si>
     <t>RS7322</t>
   </si>
   <si>
     <t>Ansible : automatiser la gestion des serveurs</t>
   </si>
   <si>
     <t>27/10/2027</t>
   </si>
   <si>
     <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>RS7336</t>
+  </si>
+  <si>
+    <t>Prendre la parole en public en situation professionnelle avec impact</t>
+  </si>
+  <si>
+    <t>27/10/2028</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>RS7423</t>
+  </si>
+  <si>
+    <t>Intégrer l’intelligence artificielle (IA) dans les pratiques en Ressources Humaines</t>
+  </si>
+  <si>
+    <t>27/11/2027</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1804,51 +1858,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H183"/>
+  <dimension ref="A1:H189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5924,154 +5978,292 @@
       </c>
       <c r="C178" s="2" t="s">
         <v>456</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>20</v>
       </c>
       <c r="F178" s="2" t="s">
         <v>454</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>451</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B179" s="2" t="s">
         <v>457</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>330</v>
+        <v>458</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>121</v>
+        <v>450</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>122</v>
+        <v>451</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>125</v>
+        <v>451</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>462</v>
+        <v>330</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E181" s="2" t="s">
-        <v>9</v>
+        <v>20</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>463</v>
+        <v>121</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>464</v>
+        <v>122</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B182" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="C182" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="D182" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E182" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F182" s="2" t="s">
         <v>465</v>
       </c>
-      <c r="C182" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G182" s="2" t="s">
-        <v>468</v>
+        <v>125</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B183" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="G183" s="2" t="s">
         <v>469</v>
       </c>
-      <c r="C183" s="2" t="s">
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" s="1">
+        <v>48276116000019</v>
+      </c>
+      <c r="B184" s="2" t="s">
         <v>470</v>
       </c>
-      <c r="D183" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F183" s="2" t="s">
+      <c r="C184" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="G184" s="2" t="s">
+        <v>469</v>
+      </c>
+    </row>
+    <row r="185" spans="1:8">
+      <c r="A185" s="1">
+        <v>48276116000019</v>
+      </c>
+      <c r="B185" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="C185" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="D185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F185" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="G185" s="2" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="186" spans="1:8">
+      <c r="A186" s="1">
+        <v>48276116000019</v>
+      </c>
+      <c r="B186" s="2" t="s">
+        <v>477</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F186" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="G186" s="2" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="187" spans="1:8">
+      <c r="A187" s="1">
+        <v>48276116000019</v>
+      </c>
+      <c r="B187" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="C187" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="D187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F187" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="G187" s="2" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="188" spans="1:8">
+      <c r="A188" s="1">
+        <v>48276116000019</v>
+      </c>
+      <c r="B188" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F188" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" s="1">
+        <v>48276116000019</v>
+      </c>
+      <c r="B189" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F189" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="G183" s="2" t="s">
+      <c r="G189" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -6085,31 +6277,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/30/2025 17:04:55</dc:description>
+  <dc:description>Export en date du 01/29/2026 23:02:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>