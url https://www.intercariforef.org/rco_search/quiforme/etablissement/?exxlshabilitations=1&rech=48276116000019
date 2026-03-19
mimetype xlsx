--- v2 (2026-01-29)
+++ v3 (2026-03-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="489">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="495">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP11541</t>
   </si>
   <si>
@@ -1426,99 +1426,117 @@
   <si>
     <t>RS7205</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
+    <t>RS7266</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre les méthodes agiles au sein d'une unité opérationnelle</t>
+  </si>
+  <si>
     <t>RS7287</t>
   </si>
   <si>
     <t>Optimiser l'efficacité administrative et le support opérationnel avec l’Intelligence Artificielle</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>RS7322</t>
   </si>
   <si>
     <t>Ansible : automatiser la gestion des serveurs</t>
   </si>
   <si>
     <t>27/10/2027</t>
   </si>
   <si>
     <t>27/10/2025</t>
   </si>
   <si>
     <t>RS7336</t>
   </si>
   <si>
     <t>Prendre la parole en public en situation professionnelle avec impact</t>
   </si>
   <si>
     <t>27/10/2028</t>
   </si>
   <si>
     <t>RS7373</t>
   </si>
   <si>
     <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
   </si>
   <si>
     <t>27/11/2030</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>RS7423</t>
   </si>
   <si>
     <t>Intégrer l’intelligence artificielle (IA) dans les pratiques en Ressources Humaines</t>
   </si>
   <si>
     <t>27/11/2027</t>
+  </si>
+  <si>
+    <t>RS7536</t>
+  </si>
+  <si>
+    <t>Créer des tableaux visuels efficaces avec Excel</t>
+  </si>
+  <si>
+    <t>27/02/2028</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1858,51 +1876,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H189"/>
+  <dimension ref="A1:H191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -6102,168 +6120,214 @@
       </c>
       <c r="F183" s="2" t="s">
         <v>468</v>
       </c>
       <c r="G183" s="2" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>470</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>471</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="G184" s="2" t="s">
         <v>469</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B185" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="C185" s="2" t="s">
         <v>473</v>
       </c>
-      <c r="C185" s="2" t="s">
+      <c r="D185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E185" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F185" s="2" t="s">
         <v>474</v>
       </c>
-      <c r="D185" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G185" s="2" t="s">
-        <v>476</v>
+        <v>469</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B186" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F186" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="C186" s="2" t="s">
+      <c r="G186" s="2" t="s">
         <v>478</v>
-      </c>
-[...10 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B187" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="C187" s="2" t="s">
         <v>480</v>
       </c>
-      <c r="C187" s="2" t="s">
+      <c r="D187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E187" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F187" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="D187" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G187" s="2" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B188" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="C188" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="D188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E188" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F188" s="2" t="s">
         <v>484</v>
       </c>
-      <c r="C188" s="2" t="s">
+      <c r="G188" s="2" t="s">
         <v>485</v>
-      </c>
-[...10 lines deleted...]
-        <v>483</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1">
         <v>48276116000019</v>
       </c>
       <c r="B189" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="C189" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="C189" s="2" t="s">
+      <c r="D189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F189" s="2" t="s">
         <v>488</v>
       </c>
-      <c r="D189" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F189" s="2" t="s">
+      <c r="G189" s="2" t="s">
+        <v>485</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" s="1">
+        <v>48276116000019</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>492</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" s="1">
+        <v>48276116000019</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F191" s="2" t="s">
         <v>130</v>
       </c>
-      <c r="G189" s="2" t="s">
+      <c r="G191" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -6277,31 +6341,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/29/2026 23:02:42</dc:description>
+  <dc:description>Export en date du 03/19/2026 04:44:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>