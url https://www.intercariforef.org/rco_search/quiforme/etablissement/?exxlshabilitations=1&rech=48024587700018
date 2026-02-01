--- v0 (2025-12-04)
+++ v1 (2026-02-01)
@@ -103,219 +103,219 @@
   <si>
     <t>RNCP34882</t>
   </si>
   <si>
     <t>TP Organisateur de transports aériens ou maritimes de marchandises</t>
   </si>
   <si>
     <t>24/08/2025</t>
   </si>
   <si>
     <t>RNCP35030</t>
   </si>
   <si>
     <t>TP Assistant ressources humaines</t>
   </si>
   <si>
     <t>05/11/2025</t>
   </si>
   <si>
     <t>RNCP35551</t>
   </si>
   <si>
     <t>Agent d’entretien et de rénovation en propreté</t>
   </si>
   <si>
+    <t>19/04/2026</t>
+  </si>
+  <si>
+    <t>19/04/2021</t>
+  </si>
+  <si>
+    <t>RNCP35552</t>
+  </si>
+  <si>
+    <t>Chef d’équipe en propreté</t>
+  </si>
+  <si>
+    <t>RNCP36237</t>
+  </si>
+  <si>
+    <t>TP Technicien en logistique d'entreposage</t>
+  </si>
+  <si>
+    <t>21/04/2027</t>
+  </si>
+  <si>
+    <t>RNCP36804</t>
+  </si>
+  <si>
+    <t>TP Secrétaire assistant</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>RNCP37121</t>
+  </si>
+  <si>
+    <t>TP Comptable assistant</t>
+  </si>
+  <si>
+    <t>01/03/2028</t>
+  </si>
+  <si>
+    <t>RNCP37872</t>
+  </si>
+  <si>
+    <t>TP Agent de propreté et d'hygiène</t>
+  </si>
+  <si>
+    <t>13/08/2028</t>
+  </si>
+  <si>
+    <t>RNCP37948</t>
+  </si>
+  <si>
+    <t>TP Gestionnaire de paie</t>
+  </si>
+  <si>
+    <t>29/12/2028</t>
+  </si>
+  <si>
+    <t>RNCP37949</t>
+  </si>
+  <si>
+    <t>TP Gestionnaire comptable et fiscal</t>
+  </si>
+  <si>
+    <t>01/12/2028</t>
+  </si>
+  <si>
+    <t>RNCP38551</t>
+  </si>
+  <si>
+    <t>23/02/2025</t>
+  </si>
+  <si>
+    <t>RNCP38562</t>
+  </si>
+  <si>
+    <t>31/01/2029</t>
+  </si>
+  <si>
+    <t>RNCP38667</t>
+  </si>
+  <si>
+    <t>TP Assistant de direction</t>
+  </si>
+  <si>
+    <t>29/07/2029</t>
+  </si>
+  <si>
+    <t>RNCP39356</t>
+  </si>
+  <si>
+    <t>Agent machiniste en propreté</t>
+  </si>
+  <si>
+    <t>19/07/2027</t>
+  </si>
+  <si>
+    <t>19/07/2024</t>
+  </si>
+  <si>
+    <t>RNCP40216</t>
+  </si>
+  <si>
+    <t>22/02/2030</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
+  </si>
+  <si>
+    <t>RS137</t>
+  </si>
+  <si>
+    <t>PCIE - Passeport de Compétences Informatique Européen</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>RS5588</t>
+  </si>
+  <si>
+    <t>Utilisation d’un logiciel d’édition d’images (ICDL-PCIE)</t>
+  </si>
+  <si>
+    <t>24/11/2022</t>
+  </si>
+  <si>
+    <t>24/11/2021</t>
+  </si>
+  <si>
+    <t>RS5589</t>
+  </si>
+  <si>
+    <t>Utilisation d'un logiciel de traitement de texte (ICDL - PCIE)</t>
+  </si>
+  <si>
+    <t>RS5590</t>
+  </si>
+  <si>
+    <t>Utilisation d'un logiciel de tableur (ICDL - PCIE)</t>
+  </si>
+  <si>
+    <t>RS5591</t>
+  </si>
+  <si>
+    <t>Utilisation d'un logiciel de présentation (ICDL-PCIE)</t>
+  </si>
+  <si>
+    <t>RS5596</t>
+  </si>
+  <si>
+    <t>Utilisation d’un logiciel d’édition de site web (ICDL-PCIE)</t>
+  </si>
+  <si>
+    <t>RS5597</t>
+  </si>
+  <si>
+    <t>Utilisation des outils collaboratifs (ICDL-PCIE)</t>
+  </si>
+  <si>
+    <t>RS6894</t>
+  </si>
+  <si>
+    <t>Certificat Pix</t>
+  </si>
+  <si>
     <t>FAUX</t>
-  </si>
-[...166 lines deleted...]
-    <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -848,531 +848,531 @@
       </c>
       <c r="E7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>35</v>
-      </c>
-[...7 lines deleted...]
-        <v>36</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>37</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="D11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>39</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>40</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="D12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>41</v>
-      </c>
-[...7 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>43</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="D13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>44</v>
-      </c>
-[...7 lines deleted...]
-        <v>45</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>45</v>
+      </c>
+      <c r="C14" s="2" t="s">
         <v>46</v>
       </c>
-      <c r="C14" s="2" t="s">
+      <c r="D14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>47</v>
-      </c>
-[...7 lines deleted...]
-        <v>48</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>48</v>
+      </c>
+      <c r="C15" s="2" t="s">
         <v>49</v>
       </c>
-      <c r="C15" s="2" t="s">
+      <c r="D15" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>50</v>
-      </c>
-[...7 lines deleted...]
-        <v>51</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B16" s="2" t="s">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B17" s="2" t="s">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="2" t="s">
-        <v>55</v>
+        <v>54</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="C18" s="2" t="s">
+      <c r="D18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>57</v>
-      </c>
-[...7 lines deleted...]
-        <v>58</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B19" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C19" s="2" t="s">
+      <c r="D19" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D19" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F19" s="2" t="s">
+      <c r="G19" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>25</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>66</v>
+        <v>65</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B22" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C22" s="2" t="s">
         <v>67</v>
       </c>
-      <c r="C22" s="2" t="s">
+      <c r="D22" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E22" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F22" s="2" t="s">
         <v>68</v>
-      </c>
-[...7 lines deleted...]
-        <v>69</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B23" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C23" s="2" t="s">
         <v>70</v>
       </c>
-      <c r="C23" s="2" t="s">
+      <c r="D23" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E23" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F23" s="2" t="s">
         <v>71</v>
       </c>
-      <c r="D23" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F23" s="2" t="s">
+      <c r="G23" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B24" s="2" t="s">
+        <v>73</v>
+      </c>
+      <c r="C24" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="C24" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="G24" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B25" s="2" t="s">
+        <v>75</v>
+      </c>
+      <c r="C25" s="2" t="s">
         <v>76</v>
       </c>
-      <c r="C25" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F25" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="G25" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="C26" s="2" t="s">
         <v>78</v>
       </c>
-      <c r="C26" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F26" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="G26" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B27" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C27" s="2" t="s">
         <v>80</v>
       </c>
-      <c r="C27" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="G27" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B28" s="2" t="s">
+        <v>81</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>82</v>
       </c>
-      <c r="C28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F28" s="2" t="s">
+        <v>71</v>
+      </c>
+      <c r="G28" s="2" t="s">
         <v>72</v>
-      </c>
-[...1 lines deleted...]
-        <v>73</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>48024587700018</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>84</v>
       </c>
-      <c r="C29" s="2" t="s">
+      <c r="D29" s="2" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>86</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>87</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
@@ -1394,31 +1394,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/04/2025 02:29:21</dc:description>
+  <dc:description>Export en date du 02/01/2026 19:13:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>