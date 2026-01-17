--- v1 (2025-11-29)
+++ v2 (2026-01-17)
@@ -545,31 +545,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/29/2025 18:00:24</dc:description>
+  <dc:description>Export en date du 01/17/2026 17:26:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>