--- v2 (2026-01-17)
+++ v3 (2026-03-03)
@@ -545,31 +545,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/17/2026 17:26:56</dc:description>
+  <dc:description>Export en date du 03/03/2026 21:20:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>