--- v0 (2025-10-24)
+++ v1 (2025-12-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="158">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="159">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP29566</t>
   </si>
   <si>
@@ -451,81 +451,84 @@
   <si>
     <t>RS6962</t>
   </si>
   <si>
     <t>Programmer et automatiser des tâches avec Python (Tosa)</t>
   </si>
   <si>
     <t>RS6963</t>
   </si>
   <si>
     <t>Automatiser des processus dans les applications Microsoft Office avec VBA (Tosa)</t>
   </si>
   <si>
     <t>RS6964</t>
   </si>
   <si>
     <t>Rédiger et mettre en forme des documents professionnels avec Word (Tosa)</t>
   </si>
   <si>
     <t>RS6965</t>
   </si>
   <si>
     <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
   </si>
   <si>
-    <t>RS7013</t>
-[...7 lines deleted...]
-  <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -2340,120 +2343,120 @@
       </c>
       <c r="C63" s="2" t="s">
         <v>144</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>123</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>44391934500035</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C64" s="2" t="s">
-        <v>88</v>
+        <v>146</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>44391934500035</v>
       </c>
       <c r="B65" s="2" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>44391934500035</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>44391934500035</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>10</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>36</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -2478,31 +2481,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/24/2025 07:38:16</dc:description>
+  <dc:description>Export en date du 12/21/2025 21:21:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>