--- v1 (2025-12-21)
+++ v2 (2026-02-05)
@@ -2481,31 +2481,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/21/2025 21:21:31</dc:description>
+  <dc:description>Export en date du 02/05/2026 11:14:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>