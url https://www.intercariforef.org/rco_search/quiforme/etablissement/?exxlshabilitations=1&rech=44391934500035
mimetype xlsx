--- v2 (2026-02-05)
+++ v3 (2026-03-22)
@@ -2481,31 +2481,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/05/2026 11:14:06</dc:description>
+  <dc:description>Export en date du 03/22/2026 13:21:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>