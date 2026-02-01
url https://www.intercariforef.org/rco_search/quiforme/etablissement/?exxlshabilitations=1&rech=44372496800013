--- v0 (2025-11-01)
+++ v1 (2026-02-01)
@@ -772,31 +772,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 16:44:07</dc:description>
+  <dc:description>Export en date du 02/01/2026 11:51:39</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>