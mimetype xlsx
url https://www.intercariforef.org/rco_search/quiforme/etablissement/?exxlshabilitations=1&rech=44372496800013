--- v1 (2026-02-01)
+++ v2 (2026-03-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RS5436</t>
   </si>
   <si>
@@ -116,50 +116,62 @@
     <t>RS6289</t>
   </si>
   <si>
     <t>27/03/2026</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>RS6692</t>
   </si>
   <si>
     <t>Traitement de texte (Word)</t>
   </si>
   <si>
     <t>19/07/2025</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>RS6693</t>
   </si>
   <si>
     <t>Présentation assistée par ordinateur (Powerpoint)</t>
+  </si>
+  <si>
+    <t>RS7536</t>
+  </si>
+  <si>
+    <t>Créer des tableaux visuels efficaces avec Excel</t>
+  </si>
+  <si>
+    <t>27/02/2028</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -493,51 +505,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H9"/>
+  <dimension ref="A1:H10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -716,50 +728,73 @@
       <c r="G8" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>44372496800013</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>31</v>
+      </c>
+    </row>
+    <row r="10" spans="1:8">
+      <c r="A10" s="1">
+        <v>44372496800013</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="F10" s="2" t="s">
+        <v>36</v>
+      </c>
+      <c r="G10" s="2" t="s">
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -772,31 +807,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/01/2026 11:51:39</dc:description>
+  <dc:description>Export en date du 03/19/2026 03:07:57</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>