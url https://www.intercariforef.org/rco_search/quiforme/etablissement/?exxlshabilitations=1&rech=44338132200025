--- v0 (2025-11-03)
+++ v1 (2025-12-22)
@@ -9292,31 +9292,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/03/2025 10:01:42</dc:description>
+  <dc:description>Export en date du 12/22/2025 15:11:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>