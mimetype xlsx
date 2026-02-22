--- v1 (2025-12-22)
+++ v2 (2026-02-22)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="620">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="618">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP15253</t>
   </si>
   <si>
@@ -1472,56 +1472,50 @@
     <t>RNCP39183</t>
   </si>
   <si>
     <t>RNCP39184</t>
   </si>
   <si>
     <t>MASTER Gestion de l'environnement (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39194</t>
   </si>
   <si>
     <t>RNCP39195</t>
   </si>
   <si>
     <t>MASTER Sciences et technologie de l'agriculture, de l'alimentation et de l'environnement (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39255</t>
   </si>
   <si>
     <t>27/06/2029</t>
   </si>
   <si>
     <t>27/06/2024</t>
-  </si>
-[...4 lines deleted...]
-    <t>Titre ingénieur Ingénieur diplômé du Conservatoire national des arts et métiers, spécialité Génie nucléaire</t>
   </si>
   <si>
     <t>RNCP39278</t>
   </si>
   <si>
     <t>RNCP39294</t>
   </si>
   <si>
     <t>MASTER Direction de projets ou établissements culturels (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39309</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé du Conservatoire national des arts et métiers, spécialité Bâtiments et travaux publics</t>
   </si>
   <si>
     <t>RNCP39314</t>
   </si>
   <si>
     <t>RNCP39493</t>
   </si>
   <si>
     <t>RNCP39540</t>
   </si>
@@ -2251,51 +2245,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H303"/>
+  <dimension ref="A1:H302"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -7360,175 +7354,175 @@
       </c>
       <c r="C221" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F221" s="2" t="s">
         <v>484</v>
       </c>
       <c r="G221" s="2" t="s">
         <v>485</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B222" s="2" t="s">
         <v>486</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>487</v>
+        <v>221</v>
       </c>
       <c r="D222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>274</v>
+        <v>427</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B223" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="C223" s="2" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
       <c r="D223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F223" s="2" t="s">
         <v>427</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B224" s="2" t="s">
         <v>489</v>
       </c>
       <c r="C224" s="2" t="s">
         <v>490</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>427</v>
+        <v>274</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B225" s="2" t="s">
         <v>491</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>492</v>
+        <v>231</v>
       </c>
       <c r="D225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>274</v>
+        <v>427</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>493</v>
+        <v>492</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>231</v>
+        <v>198</v>
       </c>
       <c r="D226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>427</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B227" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="C227" s="2" t="s">
         <v>494</v>
       </c>
-      <c r="C227" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>427</v>
+        <v>274</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B228" s="2" t="s">
         <v>495</v>
       </c>
       <c r="C228" s="2" t="s">
         <v>496</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F228" s="2" t="s">
         <v>274</v>
       </c>
       <c r="G228" s="2" t="s">
@@ -7576,1710 +7570,1687 @@
       </c>
       <c r="F230" s="2" t="s">
         <v>274</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B231" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C231" s="2" t="s">
         <v>502</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>274</v>
+        <v>416</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B232" s="2" t="s">
         <v>503</v>
       </c>
       <c r="C232" s="2" t="s">
         <v>504</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F232" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B233" s="2" t="s">
         <v>505</v>
       </c>
       <c r="C233" s="2" t="s">
+        <v>227</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E233" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F233" s="2" t="s">
         <v>506</v>
       </c>
-      <c r="D233" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G233" s="2" t="s">
-        <v>11</v>
+        <v>507</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>227</v>
+        <v>509</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>508</v>
+        <v>39</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>509</v>
+        <v>11</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B235" s="2" t="s">
         <v>510</v>
       </c>
       <c r="C235" s="2" t="s">
         <v>511</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>39</v>
+        <v>274</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B236" s="2" t="s">
         <v>512</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>513</v>
+        <v>177</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>274</v>
+        <v>416</v>
       </c>
       <c r="G236" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B237" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="C237" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E237" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F237" s="2" t="s">
         <v>514</v>
-      </c>
-[...10 lines deleted...]
-        <v>416</v>
       </c>
       <c r="G237" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B238" s="2" t="s">
         <v>515</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="D238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>517</v>
+        <v>516</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>173</v>
+        <v>105</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>516</v>
+        <v>416</v>
       </c>
       <c r="G240" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>519</v>
+        <v>518</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>416</v>
+        <v>514</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>103</v>
+        <v>123</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>516</v>
+        <v>416</v>
       </c>
       <c r="G242" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B243" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="C243" s="2" t="s">
         <v>521</v>
-      </c>
-[...1 lines deleted...]
-        <v>123</v>
       </c>
       <c r="D243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F243" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G243" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B244" s="2" t="s">
         <v>522</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>523</v>
+        <v>147</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>416</v>
+        <v>514</v>
       </c>
       <c r="G244" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>524</v>
+        <v>523</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>147</v>
+        <v>87</v>
       </c>
       <c r="D245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>516</v>
+        <v>416</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>525</v>
+        <v>524</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>87</v>
+        <v>193</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F246" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G246" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>526</v>
+        <v>525</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>193</v>
+        <v>135</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>527</v>
+        <v>526</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>135</v>
+        <v>79</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F248" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>528</v>
+        <v>527</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>79</v>
+        <v>53</v>
       </c>
       <c r="D249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F249" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>529</v>
+        <v>528</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>53</v>
+        <v>83</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>416</v>
+        <v>514</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>530</v>
+        <v>529</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>83</v>
+        <v>91</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>516</v>
+        <v>416</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>531</v>
+        <v>530</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>91</v>
+        <v>149</v>
       </c>
       <c r="D252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F252" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B253" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="C253" s="2" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F253" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B254" s="2" t="s">
         <v>533</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>534</v>
+        <v>99</v>
       </c>
       <c r="D254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F254" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>535</v>
+        <v>534</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F255" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>536</v>
+        <v>535</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>107</v>
+        <v>93</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F256" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>537</v>
+        <v>536</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>93</v>
+        <v>137</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F257" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>538</v>
+        <v>537</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>137</v>
+        <v>125</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F258" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B259" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="C259" s="2" t="s">
         <v>539</v>
-      </c>
-[...1 lines deleted...]
-        <v>125</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F259" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B260" s="2" t="s">
         <v>540</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>541</v>
+        <v>139</v>
       </c>
       <c r="D260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F260" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>542</v>
+        <v>541</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>139</v>
+        <v>159</v>
       </c>
       <c r="D261" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F261" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>543</v>
+        <v>542</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F262" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B263" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="C263" s="2" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>155</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F263" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B264" s="2" t="s">
         <v>545</v>
       </c>
       <c r="C264" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D264" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E264" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F264" s="2" t="s">
         <v>546</v>
-      </c>
-[...7 lines deleted...]
-        <v>416</v>
       </c>
       <c r="G264" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B265" s="2" t="s">
         <v>547</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>113</v>
+        <v>89</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>548</v>
+        <v>416</v>
       </c>
       <c r="G265" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>549</v>
+        <v>548</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>89</v>
+        <v>97</v>
       </c>
       <c r="D266" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F266" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G266" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>550</v>
+        <v>549</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>97</v>
+        <v>133</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F267" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G267" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>133</v>
+        <v>157</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F268" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G268" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>552</v>
+        <v>551</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="D269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F269" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G269" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>553</v>
+        <v>552</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>153</v>
+        <v>121</v>
       </c>
       <c r="D270" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F270" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G270" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B271" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="C271" s="2" t="s">
         <v>554</v>
       </c>
-      <c r="C271" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>416</v>
+        <v>555</v>
       </c>
       <c r="G271" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>556</v>
+        <v>109</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>557</v>
+        <v>416</v>
       </c>
       <c r="G272" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B273" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="C273" s="2" t="s">
         <v>558</v>
-      </c>
-[...1 lines deleted...]
-        <v>109</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F273" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G273" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B274" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C274" s="2" t="s">
         <v>560</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>416</v>
+        <v>514</v>
       </c>
       <c r="G274" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B275" s="2" t="s">
         <v>561</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>562</v>
+        <v>127</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>516</v>
+        <v>416</v>
       </c>
       <c r="G275" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>127</v>
+        <v>163</v>
       </c>
       <c r="D276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F276" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G276" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B277" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="C277" s="2" t="s">
         <v>564</v>
       </c>
-      <c r="C277" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
       <c r="G277" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B278" s="2" t="s">
         <v>565</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>566</v>
+        <v>115</v>
       </c>
       <c r="D278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>411</v>
+        <v>416</v>
       </c>
       <c r="G278" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B279" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="C279" s="2" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>115</v>
       </c>
       <c r="D279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F279" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G279" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B280" s="2" t="s">
         <v>568</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>569</v>
+        <v>175</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F280" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G280" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>175</v>
+        <v>117</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F281" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G281" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>117</v>
+        <v>141</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F282" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G282" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B283" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="C283" s="2" t="s">
         <v>572</v>
-      </c>
-[...1 lines deleted...]
-        <v>141</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F283" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G283" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B284" s="2" t="s">
         <v>573</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>574</v>
+        <v>151</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F284" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G284" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>575</v>
+        <v>574</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>151</v>
+        <v>119</v>
       </c>
       <c r="D285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B286" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="C286" s="2" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>119</v>
       </c>
       <c r="D286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>577</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>578</v>
+        <v>143</v>
       </c>
       <c r="D287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>416</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B288" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="C288" s="2" t="s">
         <v>579</v>
       </c>
-      <c r="C288" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F288" s="2" t="s">
-        <v>416</v>
+        <v>555</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>580</v>
       </c>
       <c r="C289" s="2" t="s">
         <v>581</v>
       </c>
       <c r="D289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>582</v>
       </c>
       <c r="C290" s="2" t="s">
         <v>583</v>
       </c>
       <c r="D290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F290" s="2" t="s">
-        <v>557</v>
+        <v>448</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>584</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>585</v>
+        <v>81</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>448</v>
+        <v>416</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B292" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="C292" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="C292" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>416</v>
+        <v>555</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B293" s="2" t="s">
         <v>587</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>588</v>
+        <v>509</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B294" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="C294" s="2" t="s">
         <v>589</v>
       </c>
-      <c r="C294" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>557</v>
+        <v>590</v>
       </c>
       <c r="G294" s="2" t="s">
-        <v>11</v>
+        <v>591</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>590</v>
+        <v>592</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>591</v>
+        <v>308</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>593</v>
+        <v>11</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>594</v>
       </c>
       <c r="C296" s="2" t="s">
-        <v>308</v>
+        <v>595</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>595</v>
+        <v>593</v>
       </c>
       <c r="G296" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B297" s="2" t="s">
         <v>596</v>
       </c>
       <c r="C297" s="2" t="s">
         <v>597</v>
       </c>
       <c r="D297" s="2" t="s">
-        <v>9</v>
+        <v>598</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>595</v>
+        <v>599</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="D298" s="2" t="s">
-        <v>600</v>
+        <v>9</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="G298" s="2" t="s">
-        <v>11</v>
+        <v>603</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>602</v>
+        <v>604</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>603</v>
+        <v>601</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>603</v>
+        <v>608</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>607</v>
+        <v>609</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>608</v>
+        <v>610</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>609</v>
+        <v>611</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>611</v>
+        <v>613</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>612</v>
+        <v>507</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1">
         <v>44338132200025</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="D302" s="2" t="s">
-        <v>9</v>
+        <v>598</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>509</v>
-[...9 lines deleted...]
-      <c r="C303" s="2" t="s">
         <v>617</v>
-      </c>
-[...10 lines deleted...]
-        <v>619</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -9292,31 +9263,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/22/2025 15:11:28</dc:description>
+  <dc:description>Export en date du 02/22/2026 13:47:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>