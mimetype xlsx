--- v0 (2025-10-31)
+++ v1 (2026-02-05)
@@ -1399,31 +1399,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 12:11:19</dc:description>
+  <dc:description>Export en date du 02/05/2026 15:38:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>