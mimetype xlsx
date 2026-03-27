--- v1 (2026-02-05)
+++ v2 (2026-03-27)
@@ -67,75 +67,75 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>05/07/2022</t>
   </si>
   <si>
     <t>05/07/2019</t>
   </si>
   <si>
     <t>RNCP36648</t>
   </si>
   <si>
     <t>01/07/2027</t>
   </si>
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
     <t>RNCP38139</t>
   </si>
   <si>
     <t>Dirigeant de société de sécurité et de sureté privée</t>
   </si>
   <si>
+    <t>18/10/2026</t>
+  </si>
+  <si>
+    <t>18/10/2023</t>
+  </si>
+  <si>
+    <t>RNCP38451</t>
+  </si>
+  <si>
+    <t>Agent privé de prévention et de sécurité</t>
+  </si>
+  <si>
+    <t>21/12/2027</t>
+  </si>
+  <si>
+    <t>21/12/2023</t>
+  </si>
+  <si>
+    <t>RS5641</t>
+  </si>
+  <si>
+    <t>Service de sécurité incendie et d'assistance aux personnes (SSIAP) niveau 1</t>
+  </si>
+  <si>
     <t>FAUX</t>
-  </si>
-[...22 lines deleted...]
-    <t>Service de sécurité incendie et d'assistance aux personnes (SSIAP) niveau 1</t>
   </si>
   <si>
     <t>31/12/2026</t>
   </si>
   <si>
     <t>Non renseignée</t>
   </si>
   <si>
     <t>RS5642</t>
   </si>
   <si>
     <t>Service de sécurité incendie et d'assistance aux personnes (SSIAP) niveau 2</t>
   </si>
   <si>
     <t>RS5643</t>
   </si>
   <si>
     <t>Service de sécurité incendie et d'assistance aux personnes (SSIAP) niveau 3</t>
   </si>
   <si>
     <t>RS5725</t>
   </si>
   <si>
     <t>Sûreté de l'aviation civile - Typologie 9</t>
   </si>
@@ -738,534 +738,534 @@
       </c>
       <c r="E3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>15</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>16</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F4" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="F4" s="2" t="s">
+      <c r="G4" s="2" t="s">
         <v>18</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B5" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C5" s="2" t="s">
         <v>20</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="D5" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E5" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F5" s="2" t="s">
         <v>21</v>
       </c>
-      <c r="D5" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F5" s="2" t="s">
+      <c r="G5" s="2" t="s">
         <v>22</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B6" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="C6" s="2" t="s">
         <v>24</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>34</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>35</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C15" s="2" t="s">
         <v>45</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>46</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>47</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>48</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>49</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>50</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>51</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>54</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>55</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>56</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>57</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>59</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C23" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C24" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F24" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E25" s="2" t="s">
-        <v>17</v>
+        <v>25</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>44322704600044</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F26" s="2" t="s">
@@ -1399,31 +1399,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/05/2026 15:38:14</dc:description>
+  <dc:description>Export en date du 03/27/2026 18:11:52</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>