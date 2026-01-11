--- v0 (2025-10-05)
+++ v1 (2026-01-11)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="60">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP34340</t>
   </si>
   <si>
@@ -67,105 +67,93 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>16/12/2024</t>
   </si>
   <si>
     <t>16/12/2019</t>
   </si>
   <si>
     <t>RNCP34465</t>
   </si>
   <si>
     <t>Chargé de gestion commerciale</t>
   </si>
   <si>
     <t>02/03/2025</t>
   </si>
   <si>
     <t>02/03/2020</t>
   </si>
   <si>
-    <t>RNCP35208</t>
-[...10 lines deleted...]
-  <si>
     <t>RNCP36500</t>
   </si>
   <si>
     <t>Chargé de recrutement et conseils en ressources humaines</t>
   </si>
   <si>
     <t>01/06/2027</t>
   </si>
   <si>
     <t>01/06/2022</t>
   </si>
   <si>
     <t>RNCP36627</t>
   </si>
   <si>
     <t>Juriste d'affaires</t>
   </si>
   <si>
     <t>01/07/2025</t>
   </si>
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
     <t>RNCP37106</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l'éducation populaire et du sportspécialité « éducateur sportif » mention « activités de la forme »</t>
   </si>
   <si>
-    <t>08/11/2027</t>
+    <t>01/11/2027</t>
   </si>
   <si>
     <t>Non renseignée</t>
   </si>
   <si>
     <t>RNCP37191</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « activités physiques pour tous »</t>
   </si>
   <si>
-    <t>01/03/2028</t>
+    <t>31/12/2026</t>
   </si>
   <si>
     <t>RNCP37849</t>
   </si>
   <si>
     <t>Responsable du développement commercial</t>
   </si>
   <si>
     <t>19/07/2026</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
     <t>RNCP38460</t>
   </si>
   <si>
     <t>Manager en ressources humaines</t>
   </si>
   <si>
     <t>21/12/2026</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
@@ -173,50 +161,59 @@
     <t>RNCP38575</t>
   </si>
   <si>
     <t>TP Responsable de petite ou moyenne structure</t>
   </si>
   <si>
     <t>08/02/2029</t>
   </si>
   <si>
     <t>RNCP38583</t>
   </si>
   <si>
     <t>Manager du développement commercial</t>
   </si>
   <si>
     <t>09/02/2027</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>RNCP38586</t>
   </si>
   <si>
     <t>Manager de la stratégie marketing</t>
+  </si>
+  <si>
+    <t>RNCP39063</t>
+  </si>
+  <si>
+    <t>TP Négociateur technico-commercial</t>
+  </si>
+  <si>
+    <t>10/06/2029</t>
   </si>
   <si>
     <t>RNCP40377</t>
   </si>
   <si>
     <t>Chargé de marketing digital et e-commerce</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RNCP40682</t>
   </si>
   <si>
     <t>23/05/2030</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
 </sst>
 </file>
 
@@ -672,74 +669,74 @@
       </c>
       <c r="E3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>23</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>25</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>26</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F6" s="2" t="s">
@@ -747,235 +744,235 @@
       </c>
       <c r="G6" s="2" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B7" s="2" t="s">
         <v>29</v>
       </c>
       <c r="C7" s="2" t="s">
         <v>30</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>31</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B8" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>34</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>43</v>
+        <v>28</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B11" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C11" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="C11" s="2" t="s">
+      <c r="D11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E11" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F11" s="2" t="s">
         <v>45</v>
       </c>
-      <c r="D11" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F11" s="2" t="s">
+      <c r="G11" s="2" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C13" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G13" s="2" t="s">
-        <v>50</v>
+        <v>28</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>52</v>
+      </c>
+      <c r="C14" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="G14" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>43962415600048</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>56</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>57</v>
       </c>
-      <c r="C15" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>58</v>
-      </c>
-[...1 lines deleted...]
-        <v>59</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -988,31 +985,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/05/2025 06:23:48</dc:description>
+  <dc:description>Export en date du 01/11/2026 10:09:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>