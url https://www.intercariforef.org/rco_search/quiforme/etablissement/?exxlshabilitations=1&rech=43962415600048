--- v1 (2026-01-11)
+++ v2 (2026-03-07)
@@ -985,31 +985,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/11/2026 10:09:37</dc:description>
+  <dc:description>Export en date du 03/07/2026 12:25:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>