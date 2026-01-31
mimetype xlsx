--- v0 (2025-12-17)
+++ v1 (2026-01-31)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="138">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP31053</t>
   </si>
   <si>
@@ -388,90 +388,123 @@
   <si>
     <t>RS6201</t>
   </si>
   <si>
     <t>RS6202</t>
   </si>
   <si>
     <t>RS6203</t>
   </si>
   <si>
     <t>RS6204</t>
   </si>
   <si>
     <t>RS6205</t>
   </si>
   <si>
     <t>RS6206</t>
   </si>
   <si>
     <t>RS6207</t>
   </si>
   <si>
     <t>RS6208</t>
   </si>
   <si>
+    <t>RS6559</t>
+  </si>
+  <si>
+    <t>ICDL - Traitement de Texte (Word, Writer, Google Docs)</t>
+  </si>
+  <si>
+    <t>27/03/2026</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>RS6560</t>
+  </si>
+  <si>
+    <t>RS6561</t>
+  </si>
+  <si>
+    <t>RS6562</t>
+  </si>
+  <si>
+    <t>RS6563</t>
+  </si>
+  <si>
+    <t>RS6564</t>
+  </si>
+  <si>
+    <t>ICDL - Présentation Assistée par Ordinateur PréAO (Powerpoint, Impress, Google Slides)</t>
+  </si>
+  <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RS7236</t>
   </si>
   <si>
+    <t>RS7249</t>
+  </si>
+  <si>
+    <t>ICDL - Concevoir des projets techniques avec des outils et logiciels de CAO 3D</t>
+  </si>
+  <si>
+    <t>24/09/2027</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7250</t>
+  </si>
+  <si>
+    <t>ICDL - Utiliser des outils et logiciels de PAO</t>
+  </si>
+  <si>
     <t>RS7314</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
-    <t>24/09/2025</t>
-[...1 lines deleted...]
-  <si>
     <t>RS7315</t>
   </si>
   <si>
     <t>RS7316</t>
-  </si>
-[...10 lines deleted...]
-    <t>27/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -805,51 +838,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H63"/>
+  <dimension ref="A1:H70"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2165,155 +2198,316 @@
       </c>
       <c r="C58" s="2" t="s">
         <v>125</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>128</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>31</v>
+        <v>102</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E59" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>126</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>127</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B60" s="2" t="s">
         <v>129</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>29</v>
+        <v>100</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E60" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>35</v>
+        <v>98</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E61" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="G61" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>33</v>
+        <v>94</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E62" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>131</v>
+        <v>127</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B63" s="2" t="s">
+        <v>132</v>
+      </c>
+      <c r="C63" s="2" t="s">
+        <v>133</v>
+      </c>
+      <c r="D63" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E63" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F63" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="G63" s="2" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B64" s="2" t="s">
         <v>134</v>
       </c>
-      <c r="C63" s="2" t="s">
+      <c r="C64" s="2" t="s">
         <v>135</v>
       </c>
-      <c r="D63" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E63" s="2" t="s">
+      <c r="D64" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F64" s="2" t="s">
+        <v>136</v>
+      </c>
+      <c r="G64" s="2" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B65" s="2" t="s">
+        <v>138</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E65" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="F63" s="2" t="s">
+      <c r="F65" s="2" t="s">
         <v>136</v>
       </c>
-      <c r="G63" s="2" t="s">
+      <c r="G65" s="2" t="s">
         <v>137</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>139</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>141</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B68" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="C68" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F68" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="G68" s="2" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B69" s="2" t="s">
+        <v>147</v>
+      </c>
+      <c r="C69" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D69" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E69" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F69" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="G69" s="2" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B70" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>33</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>142</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2326,31 +2520,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/17/2025 10:11:38</dc:description>
+  <dc:description>Export en date du 01/31/2026 14:10:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>