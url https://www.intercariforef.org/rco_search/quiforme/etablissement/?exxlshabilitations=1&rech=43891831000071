--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="149">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP31053</t>
   </si>
   <si>
@@ -418,93 +418,252 @@
   <si>
     <t>27/03/2026</t>
   </si>
   <si>
     <t>27/03/2024</t>
   </si>
   <si>
     <t>RS6560</t>
   </si>
   <si>
     <t>RS6561</t>
   </si>
   <si>
     <t>RS6562</t>
   </si>
   <si>
     <t>RS6563</t>
   </si>
   <si>
     <t>RS6564</t>
   </si>
   <si>
     <t>ICDL - Présentation Assistée par Ordinateur PréAO (Powerpoint, Impress, Google Slides)</t>
   </si>
   <si>
+    <t>RS6893</t>
+  </si>
+  <si>
+    <t>DigComp (Tosa)</t>
+  </si>
+  <si>
+    <t>28/11/2027</t>
+  </si>
+  <si>
+    <t>28/11/2024</t>
+  </si>
+  <si>
+    <t>RS6955</t>
+  </si>
+  <si>
+    <t>Concevoir des dessins techniques et des plans avec AutoCAD (Tosa)</t>
+  </si>
+  <si>
+    <t>18/12/2027</t>
+  </si>
+  <si>
+    <t>18/12/2024</t>
+  </si>
+  <si>
+    <t>RS6956</t>
+  </si>
+  <si>
+    <t>Créer des illustrations vectorielles et des graphiques avec Illustrator (Tosa)</t>
+  </si>
+  <si>
+    <t>RS6957</t>
+  </si>
+  <si>
+    <t>Concevoir des mises en page et des publications professionnelles avec InDesign (Tosa)</t>
+  </si>
+  <si>
+    <t>RS6958</t>
+  </si>
+  <si>
+    <t>Gérer les courriels et la planification avec Outlook (Tosa)</t>
+  </si>
+  <si>
+    <t>RS6959</t>
+  </si>
+  <si>
+    <t>Réaliser des retouches et des compositions d'images avec Photoshop (Tosa)</t>
+  </si>
+  <si>
+    <t>RS6960</t>
+  </si>
+  <si>
+    <t>Utiliser les outils collaboratifs de Microsoft 365 pour améliorer la productivité (Tosa)</t>
+  </si>
+  <si>
+    <t>RS6961</t>
+  </si>
+  <si>
+    <t>Développer des présentations visuelles et dynamiques avec PowerPoint (Tosa)</t>
+  </si>
+  <si>
+    <t>RS6962</t>
+  </si>
+  <si>
+    <t>Programmer et automatiser des tâches avec Python (Tosa)</t>
+  </si>
+  <si>
+    <t>RS6963</t>
+  </si>
+  <si>
+    <t>Automatiser des processus dans les applications Microsoft Office avec VBA (Tosa)</t>
+  </si>
+  <si>
+    <t>RS6964</t>
+  </si>
+  <si>
+    <t>Rédiger et mettre en forme des documents professionnels avec Word (Tosa)</t>
+  </si>
+  <si>
+    <t>RS6965</t>
+  </si>
+  <si>
+    <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
+  </si>
+  <si>
+    <t>RS7096</t>
+  </si>
+  <si>
+    <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
+  </si>
+  <si>
+    <t>28/03/2028</t>
+  </si>
+  <si>
+    <t>28/03/2025</t>
+  </si>
+  <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RS7236</t>
   </si>
   <si>
     <t>RS7249</t>
   </si>
   <si>
     <t>ICDL - Concevoir des projets techniques avec des outils et logiciels de CAO 3D</t>
   </si>
   <si>
     <t>24/09/2027</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RS7250</t>
   </si>
   <si>
     <t>ICDL - Utiliser des outils et logiciels de PAO</t>
   </si>
   <si>
+    <t>RS7256</t>
+  </si>
+  <si>
+    <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
+  </si>
+  <si>
+    <t>24/09/2028</t>
+  </si>
+  <si>
     <t>RS7314</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>RS7315</t>
   </si>
   <si>
     <t>RS7316</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>RS7524</t>
+  </si>
+  <si>
+    <t>ICDL - Créer des présentations visuelles et animées avec un logiciel de PréAO</t>
+  </si>
+  <si>
+    <t>27/02/2029</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>RS7525</t>
+  </si>
+  <si>
+    <t>ICDL - Concevoir, structurer, et gérer un site web avec un outil d’édition de site web</t>
+  </si>
+  <si>
+    <t>RS7526</t>
+  </si>
+  <si>
+    <t>ICDL - Créer, retoucher et préparer des visuels à l’aide d’un logiciel d’édition d’images</t>
+  </si>
+  <si>
+    <t>RS7527</t>
+  </si>
+  <si>
+    <t>ICDL - Travailler en équipe à l’aide d'outils collaboratifs en ligne</t>
+  </si>
+  <si>
+    <t>RS7528</t>
+  </si>
+  <si>
+    <t>ICDL - Organiser, analyser et présenter des données chiffrées avec un logiciel de tableur</t>
+  </si>
+  <si>
+    <t>RS7529</t>
+  </si>
+  <si>
+    <t>ICDL - Rédiger, structurer et présenter des documents professionnels avec un logiciel de traitement de texte</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -838,51 +997,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H70"/>
+  <dimension ref="A1:H91"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2336,178 +2495,661 @@
       </c>
       <c r="C64" s="2" t="s">
         <v>135</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>136</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>137</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>138</v>
       </c>
       <c r="C65" s="2" t="s">
-        <v>31</v>
+        <v>139</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C66" s="2" t="s">
+        <v>143</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F66" s="2" t="s">
         <v>140</v>
       </c>
-      <c r="D66" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F66" s="2" t="s">
+      <c r="G66" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F67" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="G67" s="2" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>29</v>
+        <v>147</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B69" s="2" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C69" s="2" t="s">
-        <v>35</v>
+        <v>149</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>43891831000071</v>
       </c>
       <c r="B70" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C70" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="G70" s="2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B71" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="C71" s="2" t="s">
+        <v>153</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F71" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="G71" s="2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B72" s="2" t="s">
+        <v>154</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>155</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F72" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="G72" s="2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B73" s="2" t="s">
+        <v>156</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>157</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="G73" s="2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B74" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>159</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F74" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="G74" s="2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B75" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="G75" s="2" t="s">
+        <v>141</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B76" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="C76" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="D76" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F76" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="G76" s="2" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B77" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="G77" s="2" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B78" s="2" t="s">
+        <v>170</v>
+      </c>
+      <c r="C78" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D78" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E78" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F78" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="G78" s="2" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="79" spans="1:8">
+      <c r="A79" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B79" s="2" t="s">
+        <v>171</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F79" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="G79" s="2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="80" spans="1:8">
+      <c r="A80" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B80" s="2" t="s">
+        <v>175</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="G80" s="2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="81" spans="1:8">
+      <c r="A81" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B81" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C81" s="2" t="s">
+        <v>178</v>
+      </c>
+      <c r="D81" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E81" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F81" s="2" t="s">
+        <v>179</v>
+      </c>
+      <c r="G81" s="2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8">
+      <c r="A82" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B82" s="2" t="s">
+        <v>180</v>
+      </c>
+      <c r="C82" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D82" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E82" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F82" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="G82" s="2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8">
+      <c r="A83" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B83" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="C83" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="D83" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E83" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F83" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="G83" s="2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="84" spans="1:8">
+      <c r="A84" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B84" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C84" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D70" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E70" s="2" t="s">
+      <c r="D84" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E84" s="2" t="s">
         <v>17</v>
       </c>
-      <c r="F70" s="2" t="s">
-[...3 lines deleted...]
-        <v>142</v>
+      <c r="F84" s="2" t="s">
+        <v>181</v>
+      </c>
+      <c r="G84" s="2" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="85" spans="1:8">
+      <c r="A85" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B85" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>185</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F85" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="G85" s="2" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="86" spans="1:8">
+      <c r="A86" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B86" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F86" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="G86" s="2" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>192</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>193</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="88" spans="1:8">
+      <c r="A88" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B88" s="2" t="s">
+        <v>194</v>
+      </c>
+      <c r="C88" s="2" t="s">
+        <v>195</v>
+      </c>
+      <c r="D88" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E88" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F88" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="G88" s="2" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="89" spans="1:8">
+      <c r="A89" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B89" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="C89" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="D89" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F89" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="G89" s="2" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="90" spans="1:8">
+      <c r="A90" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B90" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="G90" s="2" t="s">
+        <v>191</v>
+      </c>
+    </row>
+    <row r="91" spans="1:8">
+      <c r="A91" s="1">
+        <v>43891831000071</v>
+      </c>
+      <c r="B91" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F91" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="G91" s="2" t="s">
+        <v>191</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2520,31 +3162,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/31/2026 14:10:44</dc:description>
+  <dc:description>Export en date du 03/19/2026 04:31:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>