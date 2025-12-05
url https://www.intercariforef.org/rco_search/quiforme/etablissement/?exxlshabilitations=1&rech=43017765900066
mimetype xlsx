--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -121,99 +121,99 @@
   <si>
     <t>TP Développeur web et web mobile</t>
   </si>
   <si>
     <t>RNCP31115</t>
   </si>
   <si>
     <t>TP Technicien supérieur systèmes et réseaux</t>
   </si>
   <si>
     <t>RNCP31677</t>
   </si>
   <si>
     <t>TP Gestionnaire comptable et fiscal</t>
   </si>
   <si>
     <t>RNCP31678</t>
   </si>
   <si>
     <t>TP Concepteur développeur d'applications</t>
   </si>
   <si>
     <t>18/12/2023</t>
   </si>
   <si>
-    <t>RNCP35030</t>
+    <t>RNCP35633</t>
+  </si>
+  <si>
+    <t>TP Gestionnaire de paie</t>
+  </si>
+  <si>
+    <t>29/12/2023</t>
+  </si>
+  <si>
+    <t>RNCP38521</t>
+  </si>
+  <si>
+    <t>Chef de projet en rénovation énergétique</t>
+  </si>
+  <si>
+    <t>21/12/2026</t>
+  </si>
+  <si>
+    <t>21/12/2023</t>
+  </si>
+  <si>
+    <t>RNCP38933</t>
+  </si>
+  <si>
+    <t>Diagnostiqueur immobilier</t>
+  </si>
+  <si>
+    <t>26/04/2028</t>
+  </si>
+  <si>
+    <t>26/04/2024</t>
+  </si>
+  <si>
+    <t>RNCP403</t>
+  </si>
+  <si>
+    <t>TP Conseiller en insertion professionnelle</t>
+  </si>
+  <si>
+    <t>23/03/2023</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
   </si>
   <si>
     <t>TP Assistant ressources humaines</t>
   </si>
   <si>
-    <t>05/11/2025</t>
-[...41 lines deleted...]
-    <t>23/03/2023</t>
+    <t>04/11/2027</t>
   </si>
   <si>
     <t>RNCP5881</t>
   </si>
   <si>
     <t>TP Comptable assistant</t>
   </si>
   <si>
     <t>RS137</t>
   </si>
   <si>
     <t>PCIE - Passeport de Compétences Informatique Européen</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS2110</t>
   </si>
   <si>
     <t>Certification Bureautique</t>
   </si>
   <si>
     <t>RS2636</t>
   </si>
@@ -1231,143 +1231,143 @@
       </c>
       <c r="E11" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>43017765900066</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>35</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>36</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>37</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>43017765900066</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>12</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>43017765900066</v>
       </c>
       <c r="B14" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G14" s="2" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>43017765900066</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F15" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>48</v>
+        <v>12</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>43017765900066</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>49</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>50</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>51</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>43017765900066</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>10</v>
       </c>
       <c r="F17" s="2" t="s">
@@ -2456,51 +2456,51 @@
       </c>
       <c r="G64" s="2" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>43017765900066</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>159</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>160</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>161</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>44</v>
+        <v>41</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>43017765900066</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>162</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>163</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="2" t="s">
         <v>164</v>
       </c>
       <c r="G66" s="2" t="s">
         <v>165</v>
       </c>
     </row>
@@ -2766,31 +2766,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/20/2025 11:21:26</dc:description>
+  <dc:description>Export en date du 12/05/2025 04:50:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>