--- v1 (2025-12-05)
+++ v2 (2026-02-08)
@@ -2766,31 +2766,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/05/2025 04:50:29</dc:description>
+  <dc:description>Export en date du 02/08/2026 08:28:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>