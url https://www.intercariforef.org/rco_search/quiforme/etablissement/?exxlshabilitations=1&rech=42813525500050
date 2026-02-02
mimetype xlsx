--- v0 (2025-10-20)
+++ v1 (2026-02-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="618">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="673">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP24514</t>
   </si>
   <si>
@@ -1868,50 +1868,215 @@
     <t>Titre ingénieur Ingénieur diplômé de l’école nationale supérieure Mines-Télécom Lille Douai de l'Institut Mines-Télécom, spécialité Systèmes ferroviaires</t>
   </si>
   <si>
     <t>RNCP41152</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l’école nationale supérieure Mines- Télécom Lille Douai de l'Institut Mines-Télécom, spécialité génie industriel</t>
   </si>
   <si>
     <t>RNCP41159</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l’école d’ingénieurs Jules Verne de l'université d'Amiens spécialité génie énergétique et environnement</t>
   </si>
   <si>
     <t>RNCP41237</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'Ecole d'ingénieurs Jules Verne de l'université d'Amiens spécialité technologie de l'information pour la santé</t>
   </si>
   <si>
     <t>RNCP41255</t>
   </si>
   <si>
     <t>30/06/2030</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41547</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Stratégie de communication numérique et design d’expérience</t>
+  </si>
+  <si>
+    <t>RNCP41548</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Administration et justice</t>
+  </si>
+  <si>
+    <t>RNCP41556</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41576</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Ingénierie des systèmes pluritechniques</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41580</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Chargé d'affaires industrielles</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41586</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41589</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41601</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Management, méthodes et maintenance innovante</t>
+  </si>
+  <si>
+    <t>RNCP41607</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la production</t>
+  </si>
+  <si>
+    <t>RNCP41609</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Organisation et supply chain</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41615</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Réseaux opérateurs et multimédia</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>RNCP41634</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2245,51 +2410,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H291"/>
+  <dimension ref="A1:H321"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -8953,50 +9118,740 @@
       </c>
       <c r="G290" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>616</v>
       </c>
       <c r="C291" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>617</v>
       </c>
       <c r="G291" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B292" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="C292" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F292" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G292" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B293" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="C293" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="D293" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E293" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F293" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G293" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B294" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="C294" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="D294" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E294" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F294" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G294" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B295" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="C295" s="2" t="s">
+        <v>117</v>
+      </c>
+      <c r="D295" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E295" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F295" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G295" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B296" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="C296" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="D296" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E296" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F296" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G296" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B297" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="C297" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="D297" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E297" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F297" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G297" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B298" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="C298" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="D298" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E298" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F298" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G298" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B299" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="C299" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="D299" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E299" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F299" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G299" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B300" s="2" t="s">
+        <v>633</v>
+      </c>
+      <c r="C300" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E300" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F300" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G300" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B301" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="C301" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="D301" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E301" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F301" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G301" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B302" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="C302" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="D302" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E302" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F302" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G302" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B303" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="C303" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="D303" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E303" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F303" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G303" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B304" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="C304" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="D304" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E304" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F304" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G304" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B305" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="C305" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="D305" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E305" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F305" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G305" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B306" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="C306" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="D306" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E306" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F306" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G306" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B307" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="C307" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="D307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F307" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G307" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B308" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="C308" s="2" t="s">
+        <v>95</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E308" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F308" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G308" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B309" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="C309" s="2" t="s">
+        <v>93</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F309" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G309" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B310" s="2" t="s">
+        <v>651</v>
+      </c>
+      <c r="C310" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E310" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F310" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G310" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B311" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="C311" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="D311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F311" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G311" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B312" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="C312" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E312" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F312" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G312" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="313" spans="1:8">
+      <c r="A313" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B313" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="C313" s="2" t="s">
+        <v>657</v>
+      </c>
+      <c r="D313" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E313" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F313" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G313" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="314" spans="1:8">
+      <c r="A314" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B314" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="C314" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E314" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G314" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="315" spans="1:8">
+      <c r="A315" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B315" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="C315" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="D315" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E315" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F315" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G315" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="316" spans="1:8">
+      <c r="A316" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B316" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="C316" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="D316" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E316" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F316" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G316" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="317" spans="1:8">
+      <c r="A317" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B317" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="C317" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F317" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B318" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="C318" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="D318" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E318" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F318" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G318" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B319" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="C319" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E319" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F319" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G319" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B320" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="C320" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D320" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E320" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G320" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B321" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="C321" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="D321" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E321" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F321" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G321" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -9010,31 +9865,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/20/2025 13:18:27</dc:description>
+  <dc:description>Export en date du 02/02/2026 21:21:00</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>