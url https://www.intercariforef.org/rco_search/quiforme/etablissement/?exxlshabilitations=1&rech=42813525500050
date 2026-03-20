--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="673">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="686">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP24514</t>
   </si>
   <si>
@@ -1852,137 +1852,164 @@
   <si>
     <t>RNCP41078</t>
   </si>
   <si>
     <t>DEUST Technicien en environnement et déchets (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41149</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l’école nationale supérieure Mines-Télécom Lille Douai de l'Institut Mines-Télécom, spécialité génie énergétique</t>
   </si>
   <si>
     <t>RNCP41150</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l’école nationale supérieure Mines-Télécom Lille Douai de l'Institut Mines-Télécom, spécialité Systèmes ferroviaires</t>
   </si>
   <si>
     <t>RNCP41152</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l’école nationale supérieure Mines- Télécom Lille Douai de l'Institut Mines-Télécom, spécialité génie industriel</t>
   </si>
   <si>
+    <t>RNCP41153</t>
+  </si>
+  <si>
     <t>RNCP41159</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l’école d’ingénieurs Jules Verne de l'université d'Amiens spécialité génie énergétique et environnement</t>
   </si>
   <si>
     <t>RNCP41237</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'Ecole d'ingénieurs Jules Verne de l'université d'Amiens spécialité technologie de l'information pour la santé</t>
   </si>
   <si>
     <t>RNCP41255</t>
   </si>
   <si>
     <t>30/06/2030</t>
   </si>
   <si>
     <t>RNCP41546</t>
   </si>
   <si>
     <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
   </si>
   <si>
     <t>RNCP41547</t>
   </si>
   <si>
     <t>BUT Métiers du multimédia et de l’Internet : Stratégie de communication numérique et design d’expérience</t>
   </si>
   <si>
     <t>RNCP41548</t>
   </si>
   <si>
     <t>BUT Carrières juridiques : Administration et justice</t>
   </si>
   <si>
+    <t>RNCP41549</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Entreprise et association</t>
+  </si>
+  <si>
+    <t>RNCP41550</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Patrimoine et finance</t>
+  </si>
+  <si>
     <t>RNCP41556</t>
   </si>
   <si>
     <t>RNCP41563</t>
   </si>
   <si>
     <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
   </si>
   <si>
     <t>RNCP41564</t>
   </si>
   <si>
     <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
   </si>
   <si>
     <t>RNCP41565</t>
   </si>
   <si>
     <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
   </si>
   <si>
+    <t>RNCP41571</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Contrôle, qualité, environnement et sécurité des procédés</t>
+  </si>
+  <si>
     <t>RNCP41572</t>
   </si>
   <si>
     <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
   </si>
   <si>
     <t>RNCP41574</t>
   </si>
   <si>
     <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
   </si>
   <si>
     <t>RNCP41576</t>
   </si>
   <si>
     <t>BUT Génie industriel et maintenance : Ingénierie des systèmes pluritechniques</t>
   </si>
   <si>
     <t>RNCP41577</t>
   </si>
   <si>
     <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
   </si>
   <si>
     <t>RNCP41578</t>
   </si>
   <si>
     <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
   </si>
   <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
     <t>RNCP41580</t>
   </si>
   <si>
     <t>BUT Génie mécanique et productique : Chargé d'affaires industrielles</t>
   </si>
   <si>
     <t>RNCP41581</t>
   </si>
   <si>
     <t>BUT Génie mécanique et productique : Conception et production durables</t>
   </si>
   <si>
     <t>RNCP41582</t>
   </si>
   <si>
     <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
   </si>
   <si>
     <t>RNCP41583</t>
   </si>
   <si>
     <t>BUT Génie mécanique et productique : Management de process industriel</t>
   </si>
   <si>
     <t>RNCP41586</t>
@@ -1996,66 +2023,78 @@
   <si>
     <t>RNCP41593</t>
   </si>
   <si>
     <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
   </si>
   <si>
     <t>RNCP41601</t>
   </si>
   <si>
     <t>BUT Génie industriel et maintenance : Management, méthodes et maintenance innovante</t>
   </si>
   <si>
     <t>RNCP41607</t>
   </si>
   <si>
     <t>BUT Qualité, logistique industrielle et organisation : Management de la production</t>
   </si>
   <si>
     <t>RNCP41609</t>
   </si>
   <si>
     <t>BUT Qualité, logistique industrielle et organisation : Organisation et supply chain</t>
   </si>
   <si>
+    <t>RNCP41610</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Qualité et management intégré</t>
+  </si>
+  <si>
     <t>RNCP41611</t>
   </si>
   <si>
     <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
   </si>
   <si>
     <t>RNCP41615</t>
   </si>
   <si>
     <t>BUT Réseaux &amp; télécommunications : Réseaux opérateurs et multimédia</t>
   </si>
   <si>
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP41634</t>
   </si>
   <si>
     <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
 </sst>
 </file>
 
@@ -2410,51 +2449,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H321"/>
+  <dimension ref="A1:H328"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -9060,195 +9099,195 @@
       </c>
       <c r="C288" s="2" t="s">
         <v>611</v>
       </c>
       <c r="D288" s="2" t="s">
         <v>22</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>598</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>612</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>613</v>
+        <v>540</v>
       </c>
       <c r="D289" s="2" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>598</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B290" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="C290" s="2" t="s">
         <v>614</v>
-      </c>
-[...1 lines deleted...]
-        <v>615</v>
       </c>
       <c r="D290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>598</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B291" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="C291" s="2" t="s">
         <v>616</v>
       </c>
-      <c r="C291" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>617</v>
+        <v>598</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B292" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="C292" s="2" t="s">
+        <v>18</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F292" s="2" t="s">
         <v>618</v>
-      </c>
-[...10 lines deleted...]
-        <v>214</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B293" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="C293" s="2" t="s">
         <v>620</v>
-      </c>
-[...1 lines deleted...]
-        <v>621</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F293" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B294" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="C294" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="C294" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="2" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F294" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G294" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B295" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="C295" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="C295" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E295" s="2" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F295" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G295" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B296" s="2" t="s">
         <v>625</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>626</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F296" s="2" t="s">
@@ -9267,591 +9306,752 @@
       </c>
       <c r="C297" s="2" t="s">
         <v>628</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F297" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B298" s="2" t="s">
         <v>629</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>630</v>
+        <v>117</v>
       </c>
       <c r="D298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F298" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G298" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B299" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="C299" s="2" t="s">
         <v>631</v>
-      </c>
-[...1 lines deleted...]
-        <v>632</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B300" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="C300" s="2" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F300" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B301" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="C301" s="2" t="s">
         <v>635</v>
-      </c>
-[...1 lines deleted...]
-        <v>636</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F301" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G301" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B302" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="C302" s="2" t="s">
         <v>637</v>
-      </c>
-[...1 lines deleted...]
-        <v>638</v>
       </c>
       <c r="D302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F302" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G302" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B303" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="C303" s="2" t="s">
         <v>639</v>
-      </c>
-[...1 lines deleted...]
-        <v>640</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F303" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G303" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B304" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="C304" s="2" t="s">
         <v>641</v>
-      </c>
-[...1 lines deleted...]
-        <v>642</v>
       </c>
       <c r="D304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F304" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G304" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B305" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="C305" s="2" t="s">
         <v>643</v>
-      </c>
-[...1 lines deleted...]
-        <v>644</v>
       </c>
       <c r="D305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F305" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G305" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B306" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="C306" s="2" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>646</v>
       </c>
       <c r="D306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F306" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G306" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B307" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="C307" s="2" t="s">
         <v>647</v>
-      </c>
-[...1 lines deleted...]
-        <v>648</v>
       </c>
       <c r="D307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F307" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G307" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B308" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="C308" s="2" t="s">
         <v>649</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>650</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>93</v>
+        <v>651</v>
       </c>
       <c r="D309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F309" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G309" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>65</v>
+        <v>653</v>
       </c>
       <c r="D310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E310" s="2" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F311" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>657</v>
+        <v>95</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>659</v>
+        <v>93</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B315" s="2" t="s">
         <v>660</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>661</v>
+        <v>65</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E315" s="2" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B316" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="C316" s="2" t="s">
         <v>662</v>
-      </c>
-[...1 lines deleted...]
-        <v>663</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B317" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="C317" s="2" t="s">
         <v>664</v>
-      </c>
-[...1 lines deleted...]
-        <v>665</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B318" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="C318" s="2" t="s">
         <v>666</v>
-      </c>
-[...1 lines deleted...]
-        <v>667</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B319" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="C319" s="2" t="s">
         <v>668</v>
-      </c>
-[...1 lines deleted...]
-        <v>669</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B320" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="C320" s="2" t="s">
         <v>670</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="D320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1">
         <v>42813525500050</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>671</v>
       </c>
       <c r="C321" s="2" t="s">
         <v>672</v>
       </c>
       <c r="D321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E321" s="2" t="s">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G321" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B322" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="C322" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="D322" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E322" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F322" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G322" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B323" s="2" t="s">
+        <v>675</v>
+      </c>
+      <c r="C323" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="D323" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E323" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F323" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G323" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B324" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="C324" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="D324" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E324" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F324" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G324" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B325" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="C325" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="D325" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E325" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F325" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G325" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B326" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="C326" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="D326" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E326" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F326" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G326" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B327" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="C327" s="2" t="s">
+        <v>44</v>
+      </c>
+      <c r="D327" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E327" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F327" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G327" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" s="1">
+        <v>42813525500050</v>
+      </c>
+      <c r="B328" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="C328" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="D328" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E328" s="2" t="s">
+        <v>22</v>
+      </c>
+      <c r="F328" s="2" t="s">
+        <v>214</v>
+      </c>
+      <c r="G328" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -9865,31 +10065,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/02/2026 21:21:00</dc:description>
+  <dc:description>Export en date du 03/20/2026 02:24:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>