--- v0 (2026-01-31)
+++ v1 (2026-03-18)
@@ -151,50 +151,59 @@
   <si>
     <t>TP Gestionnaire de paie</t>
   </si>
   <si>
     <t>29/12/2028</t>
   </si>
   <si>
     <t>RNCP38667</t>
   </si>
   <si>
     <t>TP Assistant de direction</t>
   </si>
   <si>
     <t>29/07/2029</t>
   </si>
   <si>
     <t>RNCP40800</t>
   </si>
   <si>
     <t>TP Secrétaire assistant médico-administratif</t>
   </si>
   <si>
     <t>01/09/2030</t>
   </si>
   <si>
+    <t>RNCP41239</t>
+  </si>
+  <si>
+    <t>TP Chargé d'accueil et de gestion administrative</t>
+  </si>
+  <si>
+    <t>30/09/2030</t>
+  </si>
+  <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
   </si>
   <si>
     <t>RS5080</t>
   </si>
   <si>
     <t>Certification Socle de compétences et de connaissances professionnelles (CléA)</t>
   </si>
   <si>
     <t>27/01/2025</t>
   </si>
   <si>
     <t>27/01/2020</t>
   </si>
   <si>
     <t>RS5515</t>
   </si>
   <si>
     <t>Certification relative aux compétences de maître d'apprentissage / tuteur</t>
   </si>
   <si>
     <t>15/10/2026</t>
@@ -383,59 +392,50 @@
     <t>Développer des présentations visuelles et dynamiques avec PowerPoint (Tosa)</t>
   </si>
   <si>
     <t>RS6962</t>
   </si>
   <si>
     <t>Programmer et automatiser des tâches avec Python (Tosa)</t>
   </si>
   <si>
     <t>RS6963</t>
   </si>
   <si>
     <t>Automatiser des processus dans les applications Microsoft Office avec VBA (Tosa)</t>
   </si>
   <si>
     <t>RS6964</t>
   </si>
   <si>
     <t>Rédiger et mettre en forme des documents professionnels avec Word (Tosa)</t>
   </si>
   <si>
     <t>RS6965</t>
   </si>
   <si>
     <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
-  </si>
-[...7 lines deleted...]
-    <t>18/12/2029</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
@@ -1130,799 +1130,799 @@
       </c>
       <c r="C13" s="2" t="s">
         <v>43</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C14" s="2" t="s">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F14" s="2" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B15" s="2" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G15" s="2" t="s">
-        <v>50</v>
+        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>50</v>
+      </c>
+      <c r="C16" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="D16" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E16" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F16" s="2" t="s">
         <v>52</v>
       </c>
-      <c r="D16" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F16" s="2" t="s">
+      <c r="G16" s="2" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B17" s="2" t="s">
+        <v>54</v>
+      </c>
+      <c r="C17" s="2" t="s">
         <v>55</v>
       </c>
-      <c r="C17" s="2" t="s">
+      <c r="D17" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E17" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F17" s="2" t="s">
         <v>56</v>
       </c>
-      <c r="D17" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F17" s="2" t="s">
+      <c r="G17" s="2" t="s">
         <v>57</v>
-      </c>
-[...1 lines deleted...]
-        <v>58</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B18" s="2" t="s">
+        <v>58</v>
+      </c>
+      <c r="C18" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="C18" s="2" t="s">
+      <c r="D18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>60</v>
       </c>
-      <c r="D18" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B19" s="2" t="s">
+        <v>62</v>
+      </c>
+      <c r="C19" s="2" t="s">
         <v>63</v>
       </c>
-      <c r="C19" s="2" t="s">
+      <c r="D19" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F19" s="2" t="s">
         <v>64</v>
       </c>
-      <c r="D19" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G19" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B20" s="2" t="s">
+        <v>66</v>
+      </c>
+      <c r="C20" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D20" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E20" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F20" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="G20" s="2" t="s">
         <v>65</v>
-      </c>
-[...13 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B21" s="2" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C21" s="2" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G21" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B22" s="2" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G22" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G24" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G25" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B27" s="2" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C27" s="2" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B28" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" s="2" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G28" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>93</v>
+        <v>64</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>94</v>
+        <v>65</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B34" s="2" t="s">
+        <v>94</v>
+      </c>
+      <c r="C34" s="2" t="s">
         <v>95</v>
       </c>
-      <c r="C34" s="2" t="s">
+      <c r="D34" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E34" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F34" s="2" t="s">
         <v>96</v>
       </c>
-      <c r="D34" s="2" t="s">
+      <c r="G34" s="2" t="s">
         <v>97</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B35" s="2" t="s">
+        <v>98</v>
+      </c>
+      <c r="C35" s="2" t="s">
         <v>99</v>
       </c>
-      <c r="C35" s="2" t="s">
+      <c r="D35" s="2" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>9</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F35" s="2" t="s">
         <v>101</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>102</v>
+        <v>97</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B36" s="2" t="s">
+        <v>102</v>
+      </c>
+      <c r="C36" s="2" t="s">
         <v>103</v>
       </c>
-      <c r="C36" s="2" t="s">
+      <c r="D36" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E36" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F36" s="2" t="s">
         <v>104</v>
       </c>
-      <c r="D36" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G36" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>104</v>
+      </c>
+      <c r="G37" s="2" t="s">
         <v>105</v>
-      </c>
-[...13 lines deleted...]
-        <v>102</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>125</v>
+        <v>104</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1">
         <v>42219375500804</v>
       </c>
       <c r="B47" s="2" t="s">
         <v>126</v>
       </c>
       <c r="C47" s="2" t="s">
         <v>127</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F47" s="2" t="s">
         <v>128</v>
       </c>
       <c r="G47" s="2" t="s">
         <v>129</v>
       </c>
     </row>
@@ -2004,31 +2004,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/31/2026 14:02:16</dc:description>
+  <dc:description>Export en date du 03/18/2026 12:34:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>