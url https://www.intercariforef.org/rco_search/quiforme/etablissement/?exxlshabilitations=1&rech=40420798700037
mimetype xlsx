--- v0 (2025-11-01)
+++ v1 (2025-12-16)
@@ -250,62 +250,50 @@
   <si>
     <t>RS6206</t>
   </si>
   <si>
     <t>RS6207</t>
   </si>
   <si>
     <t>RS6208</t>
   </si>
   <si>
     <t>RS6438</t>
   </si>
   <si>
     <t>Certification CLOE français langue étrangère</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>15/11/2026</t>
   </si>
   <si>
     <t>15/11/2023</t>
   </si>
   <si>
-    <t>RS6682</t>
-[...10 lines deleted...]
-  <si>
     <t>RS6893</t>
   </si>
   <si>
     <t>DigComp (Tosa)</t>
   </si>
   <si>
     <t>28/11/2027</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS6955</t>
   </si>
   <si>
     <t>Concevoir des dessins techniques et des plans avec AutoCAD (Tosa)</t>
   </si>
   <si>
     <t>18/12/2027</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>RS6956</t>
@@ -374,50 +362,62 @@
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7113</t>
   </si>
   <si>
     <t>28/03/2030</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1614,330 +1614,330 @@
       </c>
       <c r="F36" s="2" t="s">
         <v>84</v>
       </c>
       <c r="G36" s="2" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B37" s="2" t="s">
         <v>86</v>
       </c>
       <c r="C37" s="2" t="s">
         <v>87</v>
       </c>
       <c r="D37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F37" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G37" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="C38" s="2" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="D38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F38" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G38" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="C46" s="2" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="D46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E46" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F46" s="2" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="G46" s="2" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B47" s="2" t="s">
+        <v>106</v>
+      </c>
+      <c r="C47" s="2" t="s">
+        <v>107</v>
+      </c>
+      <c r="D47" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E47" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F47" s="2" t="s">
         <v>108</v>
       </c>
-      <c r="C47" s="2" t="s">
+      <c r="G47" s="2" t="s">
         <v>109</v>
-      </c>
-[...10 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B48" s="2" t="s">
         <v>110</v>
       </c>
       <c r="C48" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D48" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E48" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F48" s="2" t="s">
         <v>111</v>
       </c>
-      <c r="D48" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G48" s="2" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B49" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="C49" s="2" t="s">
+        <v>113</v>
+      </c>
+      <c r="D49" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E49" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F49" s="2" t="s">
         <v>114</v>
       </c>
-      <c r="C49" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F49" s="2" t="s">
+      <c r="G49" s="2" t="s">
         <v>115</v>
-      </c>
-[...1 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1">
         <v>40420798700037</v>
       </c>
       <c r="B50" s="2" t="s">
         <v>116</v>
       </c>
       <c r="C50" s="2" t="s">
         <v>117</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F50" s="2" t="s">
         <v>118</v>
       </c>
       <c r="G50" s="2" t="s">
         <v>119</v>
       </c>
     </row>
@@ -1973,31 +1973,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 08:43:24</dc:description>
+  <dc:description>Export en date du 12/16/2025 15:02:36</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>