--- v1 (2025-12-16)
+++ v2 (2026-01-31)
@@ -1973,31 +1973,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/16/2025 15:02:36</dc:description>
+  <dc:description>Export en date du 01/31/2026 13:58:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>