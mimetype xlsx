--- v2 (2026-01-31)
+++ v3 (2026-03-19)
@@ -1973,31 +1973,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/31/2026 13:58:27</dc:description>
+  <dc:description>Export en date du 03/19/2026 03:58:12</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>