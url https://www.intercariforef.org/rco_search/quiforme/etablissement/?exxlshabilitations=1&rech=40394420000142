--- v0 (2025-12-16)
+++ v1 (2026-02-05)
@@ -3981,31 +3981,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/16/2025 21:04:20</dc:description>
+  <dc:description>Export en date du 02/05/2026 19:35:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>