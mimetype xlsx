--- v1 (2026-02-05)
+++ v2 (2026-03-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="268">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="269">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP30749</t>
   </si>
   <si>
@@ -649,128 +649,131 @@
   <si>
     <t>RS5443</t>
   </si>
   <si>
     <t>Administrer la sécurité des postes de travail Microsoft 365</t>
   </si>
   <si>
     <t>19/05/2026</t>
   </si>
   <si>
     <t>19/05/2021</t>
   </si>
   <si>
     <t>RS5445</t>
   </si>
   <si>
     <t>Analyser les données avec Microsoft Power BI</t>
   </si>
   <si>
     <t>RS5610</t>
   </si>
   <si>
     <t>Administrer les services cloud AWS</t>
   </si>
   <si>
+    <t>24/11/2026</t>
+  </si>
+  <si>
+    <t>24/11/2021</t>
+  </si>
+  <si>
+    <t>RS5611</t>
+  </si>
+  <si>
+    <t>Concevoir des solutions cloud sécurisées et robustes à l’aide des technologies AWS</t>
+  </si>
+  <si>
+    <t>RS5612</t>
+  </si>
+  <si>
+    <t>Concevoir, gérer et exploiter des applications et des systèmes complexes sur la plateforme AWS</t>
+  </si>
+  <si>
+    <t>RS5620</t>
+  </si>
+  <si>
+    <t>Développer, déployer et déboguer des applications cloud à l'aide d'AWS</t>
+  </si>
+  <si>
+    <t>RS5833</t>
+  </si>
+  <si>
+    <t>Garantir la sécurité du cloud AWS</t>
+  </si>
+  <si>
+    <t>26/01/2025</t>
+  </si>
+  <si>
+    <t>26/01/2022</t>
+  </si>
+  <si>
+    <t>RS5834</t>
+  </si>
+  <si>
+    <t>Concevoir et gérer des solutions de Machine Learning sur le cloud AWS</t>
+  </si>
+  <si>
+    <t>RS5835</t>
+  </si>
+  <si>
+    <t>Planifier, concevoir, gérer et sécuriser les solutions de bases de données AWS</t>
+  </si>
+  <si>
+    <t>RS5849</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre DevOps pour le cloud AWS</t>
+  </si>
+  <si>
+    <t>RS5961</t>
+  </si>
+  <si>
+    <t>Administrer la solution de travail collaboratif Microsoft Teams</t>
+  </si>
+  <si>
+    <t>25/03/2024</t>
+  </si>
+  <si>
+    <t>25/03/2022</t>
+  </si>
+  <si>
+    <t>RS5962</t>
+  </si>
+  <si>
+    <t>Concevoir une infrastructure cloud Microsoft Azure</t>
+  </si>
+  <si>
+    <t>RS6222</t>
+  </si>
+  <si>
+    <t>Créer et maintenir des solutions d’analyse de données efficaces et sécurisées sur le cloud AWS</t>
+  </si>
+  <si>
     <t>19/08/2025</t>
   </si>
   <si>
-    <t>24/11/2021</t>
-[...73 lines deleted...]
-  <si>
     <t>25/01/2023</t>
   </si>
   <si>
     <t>RS632</t>
   </si>
   <si>
     <t>IBM Certified Associate - Security QRadar</t>
   </si>
   <si>
     <t>RS649</t>
   </si>
   <si>
     <t>Certification IBM Certified Database Administrator – DB2 DBA for z/OS</t>
   </si>
   <si>
     <t>RS671</t>
   </si>
   <si>
     <t>Certification IBM Certified Database Associate – DB2 Fundamentals</t>
   </si>
   <si>
     <t>RS6750</t>
   </si>
   <si>
     <t>Concevoir une solution d'infrastructure cloud Microsoft Azure</t>
@@ -787,51 +790,51 @@
   <si>
     <t>Certification IBM Certified System Administrator – AIX</t>
   </si>
   <si>
     <t>RS693</t>
   </si>
   <si>
     <t>Certification IBM Certified Specialist – SPSS Statistics</t>
   </si>
   <si>
     <t>RS6948</t>
   </si>
   <si>
     <t>PRINCE2 – gestion de projet – niveau fondation</t>
   </si>
   <si>
     <t>18/12/2027</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>RS7093</t>
   </si>
   <si>
-    <t>ITIL4 Foundation - Optimisation des opérations IT avec les besoins stratégiques de l’entreprise</t>
+    <t>ITIL Foundation - Optimisation des opérations IT avec les besoins stratégiques de l’entreprise</t>
   </si>
   <si>
     <t>28/02/2028</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>RS773</t>
   </si>
   <si>
     <t>Certification IBM Certified System Administrator - WebSphere Application Server Network Deployment and Liberty Profile</t>
   </si>
   <si>
     <t>RS775</t>
   </si>
   <si>
     <t>Certification IBM Certified Specialist – SPSS Modeler Professional</t>
   </si>
   <si>
     <t>RS776</t>
   </si>
   <si>
     <t>Certification IBM Certified System Administrator – Websphere MQ</t>
   </si>
@@ -3645,318 +3648,318 @@
       </c>
       <c r="F105" s="2" t="s">
         <v>231</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>235</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>236</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>211</v>
+        <v>237</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F109" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="G110" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B111" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C111" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B112" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C112" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B113" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C113" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B114" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F115" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F117" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G117" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1">
         <v>40394420000142</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>22</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -3981,31 +3984,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/05/2026 19:35:35</dc:description>
+  <dc:description>Export en date du 03/23/2026 03:18:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>