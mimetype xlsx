--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RS1003</t>
   </si>
   <si>
@@ -484,83 +484,83 @@
   <si>
     <t>10/02/2026</t>
   </si>
   <si>
     <t>10/02/2021</t>
   </si>
   <si>
     <t>RS5375</t>
   </si>
   <si>
     <t>Administrer les services Cloud Microsoft Azure</t>
   </si>
   <si>
     <t>17/03/2026</t>
   </si>
   <si>
     <t>17/03/2021</t>
   </si>
   <si>
     <t>RS5436</t>
   </si>
   <si>
     <t>Certification bureautique Excel</t>
   </si>
   <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>19/04/2023</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5443</t>
   </si>
   <si>
     <t>Administrer la sécurité des postes de travail Microsoft 365</t>
   </si>
   <si>
     <t>19/05/2026</t>
   </si>
   <si>
     <t>19/05/2021</t>
   </si>
   <si>
     <t>RS5445</t>
   </si>
   <si>
     <t>Analyser les données avec Microsoft Power BI</t>
   </si>
   <si>
     <t>RS5449</t>
   </si>
   <si>
     <t>Gérer les équipes en mode agile</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>19/05/2024</t>
   </si>
   <si>
     <t>RS555</t>
   </si>
   <si>
     <t>Microsoft Office Specialist (MOS)</t>
   </si>
   <si>
     <t>RS5588</t>
   </si>
   <si>
     <t>Utilisation d’un logiciel d’édition d’images (ICDL-PCIE)</t>
   </si>
   <si>
     <t>24/11/2022</t>
   </si>
   <si>
     <t>24/11/2021</t>
   </si>
   <si>
     <t>RS5589</t>
   </si>
   <si>
     <t>Utilisation d'un logiciel de traitement de texte (ICDL - PCIE)</t>
@@ -845,50 +845,62 @@
     <t>Utilisation de la plateforme collaborative Microsoft 365</t>
   </si>
   <si>
     <t>28/03/2027</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7103</t>
   </si>
   <si>
     <t>Créer des tableaux de bord dynamiques et interactifs avec Power BI Desktop</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>RS7205</t>
   </si>
   <si>
     <t>25/06/2028</t>
   </si>
   <si>
     <t>25/06/2025</t>
+  </si>
+  <si>
+    <t>RS7322</t>
+  </si>
+  <si>
+    <t>Ansible : automatiser la gestion des serveurs</t>
+  </si>
+  <si>
+    <t>27/10/2027</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1222,51 +1234,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H112"/>
+  <dimension ref="A1:H113"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2864,126 +2876,126 @@
       </c>
       <c r="E70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E71" s="2" t="s">
-        <v>9</v>
+        <v>156</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C72" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="G72" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B73" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="C73" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="D73" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E73" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F73" s="2" t="s">
+        <v>161</v>
+      </c>
+      <c r="G73" s="2" t="s">
         <v>162</v>
-      </c>
-[...13 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B74" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E74" s="2" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -3071,74 +3083,74 @@
       </c>
       <c r="E79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="2" t="s">
@@ -3232,74 +3244,74 @@
       </c>
       <c r="E86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>9</v>
+        <v>156</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>200</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>9</v>
+        <v>156</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>200</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F89" s="2" t="s">
@@ -3462,51 +3474,51 @@
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>226</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F98" s="2" t="s">
@@ -3577,74 +3589,74 @@
       </c>
       <c r="E101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>240</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>166</v>
+        <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>166</v>
+        <v>156</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>249</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
@@ -3814,50 +3826,73 @@
       <c r="G111" s="2" t="s">
         <v>270</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>274</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>195</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F112" s="2" t="s">
         <v>275</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>276</v>
+      </c>
+    </row>
+    <row r="113" spans="1:8">
+      <c r="A113" s="1">
+        <v>40330342300038</v>
+      </c>
+      <c r="B113" s="2" t="s">
+        <v>277</v>
+      </c>
+      <c r="C113" s="2" t="s">
+        <v>278</v>
+      </c>
+      <c r="D113" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E113" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F113" s="2" t="s">
+        <v>279</v>
+      </c>
+      <c r="G113" s="2" t="s">
+        <v>280</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -3870,31 +3905,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/02/2025 05:43:24</dc:description>
+  <dc:description>Export en date du 12/18/2025 07:11:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>