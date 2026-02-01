--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -3905,31 +3905,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/18/2025 07:11:58</dc:description>
+  <dc:description>Export en date du 02/01/2026 13:11:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>