--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="281">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="287">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RS1003</t>
   </si>
   <si>
@@ -484,83 +484,83 @@
   <si>
     <t>10/02/2026</t>
   </si>
   <si>
     <t>10/02/2021</t>
   </si>
   <si>
     <t>RS5375</t>
   </si>
   <si>
     <t>Administrer les services Cloud Microsoft Azure</t>
   </si>
   <si>
     <t>17/03/2026</t>
   </si>
   <si>
     <t>17/03/2021</t>
   </si>
   <si>
     <t>RS5436</t>
   </si>
   <si>
     <t>Certification bureautique Excel</t>
   </si>
   <si>
+    <t>19/04/2023</t>
+  </si>
+  <si>
+    <t>19/04/2021</t>
+  </si>
+  <si>
+    <t>RS5443</t>
+  </si>
+  <si>
+    <t>Administrer la sécurité des postes de travail Microsoft 365</t>
+  </si>
+  <si>
+    <t>19/05/2026</t>
+  </si>
+  <si>
+    <t>19/05/2021</t>
+  </si>
+  <si>
+    <t>RS5445</t>
+  </si>
+  <si>
+    <t>Analyser les données avec Microsoft Power BI</t>
+  </si>
+  <si>
+    <t>RS5449</t>
+  </si>
+  <si>
+    <t>Gérer les équipes en mode agile</t>
+  </si>
+  <si>
     <t>FAUX</t>
   </si>
   <si>
-    <t>19/04/2023</t>
-[...28 lines deleted...]
-  <si>
     <t>19/05/2024</t>
   </si>
   <si>
     <t>RS555</t>
   </si>
   <si>
     <t>Microsoft Office Specialist (MOS)</t>
   </si>
   <si>
     <t>RS5588</t>
   </si>
   <si>
     <t>Utilisation d’un logiciel d’édition d’images (ICDL-PCIE)</t>
   </si>
   <si>
     <t>24/11/2022</t>
   </si>
   <si>
     <t>24/11/2021</t>
   </si>
   <si>
     <t>RS5589</t>
   </si>
   <si>
     <t>Utilisation d'un logiciel de traitement de texte (ICDL - PCIE)</t>
@@ -857,50 +857,68 @@
     <t>Créer des tableaux de bord dynamiques et interactifs avec Power BI Desktop</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>RS7205</t>
   </si>
   <si>
     <t>25/06/2028</t>
   </si>
   <si>
     <t>25/06/2025</t>
   </si>
   <si>
     <t>RS7322</t>
   </si>
   <si>
     <t>Ansible : automatiser la gestion des serveurs</t>
   </si>
   <si>
     <t>27/10/2027</t>
   </si>
   <si>
     <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>RS7520</t>
+  </si>
+  <si>
+    <t>Importer, transformer et traiter les données avec Power Query dans Excel</t>
+  </si>
+  <si>
+    <t>27/02/2028</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>RS7536</t>
+  </si>
+  <si>
+    <t>Créer des tableaux visuels efficaces avec Excel</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1234,51 +1252,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H113"/>
+  <dimension ref="A1:H115"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -2876,126 +2894,126 @@
       </c>
       <c r="E70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C71" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>156</v>
       </c>
-      <c r="F71" s="2" t="s">
+      <c r="G71" s="2" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B72" s="2" t="s">
+        <v>158</v>
+      </c>
+      <c r="C72" s="2" t="s">
         <v>159</v>
       </c>
-      <c r="C72" s="2" t="s">
+      <c r="D72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>160</v>
       </c>
-      <c r="D72" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F72" s="2" t="s">
+      <c r="G72" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B73" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="C73" s="2" t="s">
         <v>163</v>
       </c>
-      <c r="C73" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="G73" s="2" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B74" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="C74" s="2" t="s">
         <v>165</v>
       </c>
-      <c r="C74" s="2" t="s">
+      <c r="D74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E74" s="2" t="s">
         <v>166</v>
-      </c>
-[...4 lines deleted...]
-        <v>156</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C75" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G75" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -3083,74 +3101,74 @@
       </c>
       <c r="E79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C80" s="2" t="s">
         <v>181</v>
       </c>
       <c r="D80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E80" s="2" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="F80" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B81" s="2" t="s">
         <v>182</v>
       </c>
       <c r="C81" s="2" t="s">
         <v>183</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="2" t="s">
-        <v>156</v>
+        <v>9</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>184</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>185</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="2" t="s">
@@ -3244,74 +3262,74 @@
       </c>
       <c r="E86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F86" s="2" t="s">
         <v>196</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>197</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B87" s="2" t="s">
         <v>198</v>
       </c>
       <c r="C87" s="2" t="s">
         <v>199</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E87" s="2" t="s">
-        <v>156</v>
+        <v>9</v>
       </c>
       <c r="F87" s="2" t="s">
         <v>200</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B88" s="2" t="s">
         <v>202</v>
       </c>
       <c r="C88" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E88" s="2" t="s">
-        <v>156</v>
+        <v>9</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>200</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>201</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>204</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>205</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F89" s="2" t="s">
@@ -3451,74 +3469,74 @@
       </c>
       <c r="E95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>219</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>220</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>221</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="2" t="s">
-        <v>9</v>
+        <v>166</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>222</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>223</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>224</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>225</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
-        <v>156</v>
+        <v>166</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>226</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>227</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C98" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F98" s="2" t="s">
@@ -3612,51 +3630,51 @@
       </c>
       <c r="E102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>246</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>247</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="2" t="s">
-        <v>156</v>
+        <v>9</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>245</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>248</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>249</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
@@ -3849,50 +3867,96 @@
       <c r="G112" s="2" t="s">
         <v>276</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1">
         <v>40330342300038</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>277</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>278</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>279</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>280</v>
+      </c>
+    </row>
+    <row r="114" spans="1:8">
+      <c r="A114" s="1">
+        <v>40330342300038</v>
+      </c>
+      <c r="B114" s="2" t="s">
+        <v>281</v>
+      </c>
+      <c r="C114" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="D114" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E114" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F114" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="G114" s="2" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="115" spans="1:8">
+      <c r="A115" s="1">
+        <v>40330342300038</v>
+      </c>
+      <c r="B115" s="2" t="s">
+        <v>285</v>
+      </c>
+      <c r="C115" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="D115" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E115" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F115" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="G115" s="2" t="s">
+        <v>284</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -3905,31 +3969,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/01/2026 13:11:15</dc:description>
+  <dc:description>Export en date du 03/19/2026 04:31:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>