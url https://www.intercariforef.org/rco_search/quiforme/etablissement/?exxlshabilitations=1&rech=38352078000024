--- v0 (2025-10-14)
+++ v1 (2025-12-01)
@@ -46,51 +46,51 @@
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP37191</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « activités physiques pour tous »</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
-    <t>01/03/2028</t>
+    <t>31/12/2026</t>
   </si>
   <si>
     <t>Non renseignée</t>
   </si>
   <si>
     <t>RNCP40480</t>
   </si>
   <si>
     <t>BPJEPS Spécialité Educateur sportif mention Multi activités physiques ou sportives pour tous</t>
   </si>
   <si>
     <t>01/12/2029</t>
   </si>
   <si>
     <t>RS5016</t>
   </si>
   <si>
     <t>Certificat Complémentaire "Accompagnement et inclusion des personnes en situation de handicap"</t>
   </si>
   <si>
     <t>10/09/2024</t>
   </si>
   <si>
     <t>10/09/2019</t>
   </si>
@@ -612,31 +612,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/14/2025 15:43:49</dc:description>
+  <dc:description>Export en date du 12/01/2025 18:36:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>