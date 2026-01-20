--- v1 (2025-12-01)
+++ v2 (2026-01-20)
@@ -612,31 +612,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/01/2025 18:36:56</dc:description>
+  <dc:description>Export en date du 01/20/2026 10:46:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>