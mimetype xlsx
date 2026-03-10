--- v2 (2026-01-20)
+++ v3 (2026-03-10)
@@ -612,31 +612,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/20/2026 10:46:23</dc:description>
+  <dc:description>Export en date du 03/10/2026 16:57:37</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>