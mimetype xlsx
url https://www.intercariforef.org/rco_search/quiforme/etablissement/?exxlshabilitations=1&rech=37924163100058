--- v0 (2025-11-02)
+++ v1 (2026-01-29)
@@ -14,106 +14,106 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP11553</t>
   </si>
   <si>
     <t>Manager de l'organisation des ressources humaines et des relations sociales</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>19/07/2022</t>
   </si>
   <si>
     <t>Non renseignée</t>
   </si>
   <si>
     <t>RNCP19384</t>
   </si>
   <si>
     <t>Responsable en développement marketing et vente</t>
   </si>
   <si>
+    <t>04/10/2020</t>
+  </si>
+  <si>
+    <t>RNCP20504</t>
+  </si>
+  <si>
+    <t>Responsable marketing opérationnel</t>
+  </si>
+  <si>
     <t>FAUX</t>
   </si>
   <si>
-    <t>04/10/2020</t>
-[...7 lines deleted...]
-  <si>
     <t>04/01/2021</t>
   </si>
   <si>
     <t>RNCP25482</t>
   </si>
   <si>
     <t>Responsable d’affaires en immobilier</t>
   </si>
   <si>
     <t>04/01/2020</t>
   </si>
   <si>
     <t>RNCP25483</t>
   </si>
   <si>
     <t>Responsable de clientèle banque, finance, assurance</t>
   </si>
   <si>
     <t>03/01/2020</t>
   </si>
   <si>
     <t>RNCP27812</t>
   </si>
   <si>
     <t>Chargé(e) de projets en systèmes informatiques appliqués</t>
@@ -677,50 +677,71 @@
     <t>RNCP40660</t>
   </si>
   <si>
     <t>Responsable d' affaires en immobilier</t>
   </si>
   <si>
     <t>23/05/2030</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
   <si>
     <t>RNCP41101</t>
   </si>
   <si>
     <t>Responsable de business unit</t>
   </si>
   <si>
     <t>18/07/2028</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RNCP41128</t>
+  </si>
+  <si>
+    <t>RNCP41716</t>
+  </si>
+  <si>
+    <t>Conseiller clientèle des particuliers et des professionnels en banque et assurance</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>RNCP41797</t>
+  </si>
+  <si>
+    <t>18/12/2028</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1054,51 +1075,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H65"/>
+  <dimension ref="A1:H67"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -1132,74 +1153,74 @@
       </c>
       <c r="E2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F3" s="2" t="s">
         <v>14</v>
-      </c>
-[...1 lines deleted...]
-        <v>15</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B4" s="2" t="s">
+        <v>15</v>
+      </c>
+      <c r="C4" s="2" t="s">
         <v>16</v>
       </c>
-      <c r="C4" s="2" t="s">
+      <c r="D4" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E4" s="2" t="s">
         <v>17</v>
-      </c>
-[...4 lines deleted...]
-        <v>14</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="2" t="s">
@@ -1247,51 +1268,51 @@
       </c>
       <c r="E7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="2" t="s">
@@ -1477,51 +1498,51 @@
       </c>
       <c r="E17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="2" t="s">
@@ -1776,51 +1797,51 @@
       </c>
       <c r="E30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F32" s="2" t="s">
@@ -2029,51 +2050,51 @@
       </c>
       <c r="E41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F43" s="2" t="s">
@@ -2374,51 +2395,51 @@
       </c>
       <c r="E56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>190</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="2" t="s">
@@ -2558,57 +2579,103 @@
       </c>
       <c r="E64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G64" s="2" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>220</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="F65" s="2" t="s">
         <v>218</v>
       </c>
       <c r="G65" s="2" t="s">
         <v>219</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" s="1">
+        <v>37924163100058</v>
+      </c>
+      <c r="B66" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C66" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="D66" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E66" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F66" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="G66" s="2" t="s">
+        <v>224</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" s="1">
+        <v>37924163100058</v>
+      </c>
+      <c r="B67" s="2" t="s">
+        <v>225</v>
+      </c>
+      <c r="C67" s="2" t="s">
+        <v>152</v>
+      </c>
+      <c r="D67" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E67" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F67" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="G67" s="2" t="s">
+        <v>227</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2621,31 +2688,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/02/2025 02:14:31</dc:description>
+  <dc:description>Export en date du 01/29/2026 14:35:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>