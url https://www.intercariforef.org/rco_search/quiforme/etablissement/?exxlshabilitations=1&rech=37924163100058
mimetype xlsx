--- v1 (2026-01-29)
+++ v2 (2026-03-16)
@@ -14,106 +14,106 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="228">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP11553</t>
   </si>
   <si>
     <t>Manager de l'organisation des ressources humaines et des relations sociales</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>19/07/2022</t>
   </si>
   <si>
     <t>Non renseignée</t>
   </si>
   <si>
     <t>RNCP19384</t>
   </si>
   <si>
     <t>Responsable en développement marketing et vente</t>
   </si>
   <si>
+    <t>FAUX</t>
+  </si>
+  <si>
     <t>04/10/2020</t>
   </si>
   <si>
     <t>RNCP20504</t>
   </si>
   <si>
     <t>Responsable marketing opérationnel</t>
   </si>
   <si>
-    <t>FAUX</t>
-[...1 lines deleted...]
-  <si>
     <t>04/01/2021</t>
   </si>
   <si>
     <t>RNCP25482</t>
   </si>
   <si>
     <t>Responsable d’affaires en immobilier</t>
   </si>
   <si>
     <t>04/01/2020</t>
   </si>
   <si>
     <t>RNCP25483</t>
   </si>
   <si>
     <t>Responsable de clientèle banque, finance, assurance</t>
   </si>
   <si>
     <t>03/01/2020</t>
   </si>
   <si>
     <t>RNCP27812</t>
   </si>
   <si>
     <t>Chargé(e) de projets en systèmes informatiques appliqués</t>
@@ -664,84 +664,69 @@
   <si>
     <t>31/10/2024</t>
   </si>
   <si>
     <t>RNCP40244</t>
   </si>
   <si>
     <t>28/02/2030</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
     <t>RNCP40660</t>
   </si>
   <si>
     <t>Responsable d' affaires en immobilier</t>
   </si>
   <si>
     <t>23/05/2030</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
   <si>
-    <t>RNCP41101</t>
-[...2 lines deleted...]
-    <t>Responsable de business unit</t>
+    <t>RNCP41128</t>
   </si>
   <si>
     <t>18/07/2028</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
-    <t>RNCP41128</t>
-[...1 lines deleted...]
-  <si>
     <t>RNCP41716</t>
   </si>
   <si>
     <t>Conseiller clientèle des particuliers et des professionnels en banque et assurance</t>
   </si>
   <si>
     <t>27/11/2030</t>
   </si>
   <si>
     <t>27/11/2025</t>
-  </si>
-[...7 lines deleted...]
-    <t>18/12/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1075,51 +1060,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H67"/>
+  <dimension ref="A1:H65"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -1153,74 +1138,74 @@
       </c>
       <c r="E2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F2" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G2" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B3" s="2" t="s">
         <v>12</v>
       </c>
       <c r="C3" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F3" s="2" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B4" s="2" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C4" s="2" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="G4" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="C5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="2" t="s">
@@ -1268,51 +1253,51 @@
       </c>
       <c r="E7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F7" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>29</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>30</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>31</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F9" s="2" t="s">
@@ -1498,51 +1483,51 @@
       </c>
       <c r="E17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="2" t="s">
@@ -1797,51 +1782,51 @@
       </c>
       <c r="E30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>103</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>104</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>105</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>106</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F31" s="2" t="s">
         <v>107</v>
       </c>
       <c r="G31" s="2" t="s">
         <v>108</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B32" s="2" t="s">
         <v>109</v>
       </c>
       <c r="C32" s="2" t="s">
         <v>110</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F32" s="2" t="s">
@@ -2050,51 +2035,51 @@
       </c>
       <c r="E41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G41" s="2" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B42" s="2" t="s">
         <v>141</v>
       </c>
       <c r="C42" s="2" t="s">
         <v>142</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F42" s="2" t="s">
         <v>143</v>
       </c>
       <c r="G42" s="2" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B43" s="2" t="s">
         <v>145</v>
       </c>
       <c r="C43" s="2" t="s">
         <v>146</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F43" s="2" t="s">
@@ -2395,51 +2380,51 @@
       </c>
       <c r="E56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F56" s="2" t="s">
         <v>190</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>191</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B57" s="2" t="s">
         <v>192</v>
       </c>
       <c r="C57" s="2" t="s">
         <v>193</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>194</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>195</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C58" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="2" t="s">
@@ -2550,132 +2535,86 @@
       </c>
       <c r="C63" s="2" t="s">
         <v>213</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>214</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>216</v>
       </c>
       <c r="C64" s="2" t="s">
+        <v>142</v>
+      </c>
+      <c r="D64" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>217</v>
       </c>
-      <c r="D64" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F64" s="2" t="s">
+      <c r="G64" s="2" t="s">
         <v>218</v>
-      </c>
-[...1 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>37924163100058</v>
       </c>
       <c r="B65" s="2" t="s">
+        <v>219</v>
+      </c>
+      <c r="C65" s="2" t="s">
         <v>220</v>
       </c>
-      <c r="C65" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>219</v>
-[...9 lines deleted...]
-      <c r="C66" s="2" t="s">
         <v>222</v>
-      </c>
-[...33 lines deleted...]
-        <v>227</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -2688,31 +2627,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/29/2026 14:35:35</dc:description>
+  <dc:description>Export en date du 03/16/2026 06:25:44</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>