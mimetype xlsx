--- v0 (2025-10-09)
+++ v1 (2025-12-09)
@@ -3355,51 +3355,51 @@
       </c>
       <c r="D92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F92" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B93" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C93" s="2" t="s">
         <v>198</v>
       </c>
       <c r="D93" s="2" t="s">
-        <v>178</v>
+        <v>9</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>199</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>200</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="2" t="s">
@@ -3424,51 +3424,51 @@
       </c>
       <c r="D95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>204</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>178</v>
+        <v>9</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
@@ -4249,31 +4249,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/09/2025 17:34:06</dc:description>
+  <dc:description>Export en date du 12/09/2025 11:24:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>