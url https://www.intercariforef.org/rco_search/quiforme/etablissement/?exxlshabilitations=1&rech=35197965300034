--- v1 (2025-12-09)
+++ v2 (2026-03-05)
@@ -3263,97 +3263,97 @@
       </c>
       <c r="D88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F88" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B89" s="2" t="s">
         <v>189</v>
       </c>
       <c r="C89" s="2" t="s">
         <v>190</v>
       </c>
       <c r="D89" s="2" t="s">
-        <v>178</v>
+        <v>9</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F89" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>191</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>192</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>194</v>
       </c>
       <c r="D91" s="2" t="s">
-        <v>178</v>
+        <v>9</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F91" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B92" s="2" t="s">
         <v>195</v>
       </c>
       <c r="C92" s="2" t="s">
         <v>196</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="2" t="s">
@@ -3424,51 +3424,51 @@
       </c>
       <c r="D95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>204</v>
       </c>
       <c r="D96" s="2" t="s">
-        <v>9</v>
+        <v>178</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C97" s="2" t="s">
         <v>206</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
@@ -3539,51 +3539,51 @@
       </c>
       <c r="D100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>214</v>
       </c>
       <c r="D101" s="2" t="s">
-        <v>178</v>
+        <v>9</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>215</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>216</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
@@ -3654,51 +3654,51 @@
       </c>
       <c r="D105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>223</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>224</v>
       </c>
       <c r="D106" s="2" t="s">
-        <v>9</v>
+        <v>178</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F106" s="2" t="s">
         <v>172</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1">
         <v>35197965300034</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E107" s="2" t="s">
@@ -4249,31 +4249,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/09/2025 11:24:35</dc:description>
+  <dc:description>Export en date du 03/05/2026 01:33:42</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>