--- v2 (2026-03-05)
+++ v3 (2026-03-05)
@@ -4249,31 +4249,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 03/05/2026 01:33:42</dc:description>
+  <dc:description>Export en date du 03/05/2026 02:42:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>