--- v0 (2025-11-01)
+++ v1 (2026-01-30)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="227">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="226">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RS101</t>
   </si>
   <si>
@@ -466,131 +466,116 @@
   <si>
     <t>RS6201</t>
   </si>
   <si>
     <t>RS6202</t>
   </si>
   <si>
     <t>RS6203</t>
   </si>
   <si>
     <t>RS6204</t>
   </si>
   <si>
     <t>RS6205</t>
   </si>
   <si>
     <t>RS6206</t>
   </si>
   <si>
     <t>RS6207</t>
   </si>
   <si>
     <t>RS6208</t>
   </si>
   <si>
-    <t>RS6481</t>
-[...10 lines deleted...]
-  <si>
     <t>RS6647</t>
   </si>
   <si>
     <t>Communiquer en anglais dans le secteur de la santé</t>
   </si>
   <si>
     <t>31/05/2027</t>
   </si>
   <si>
     <t>31/05/2024</t>
   </si>
   <si>
-    <t>RS6663</t>
-[...7 lines deleted...]
-  <si>
     <t>RS6707</t>
   </si>
   <si>
     <t>Accueillir et assister en anglais des visiteurs et touristes étrangers</t>
   </si>
   <si>
     <t>19/07/2027</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>RS6776</t>
   </si>
   <si>
     <t>Création de contenus rédactionnels et visuels par l’usage responsable de l’intelligence artificielle générative</t>
   </si>
   <si>
     <t>01/10/2029</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>RS6784</t>
   </si>
   <si>
     <t>Accueillir et assister en espagnol des visiteurs et touristes étrangers.</t>
   </si>
   <si>
     <t>01/10/2027</t>
   </si>
   <si>
     <t>RS6796</t>
   </si>
   <si>
     <t>RS6893</t>
   </si>
   <si>
     <t>DigComp (Tosa)</t>
   </si>
   <si>
     <t>28/11/2027</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
+    <t>RS6916</t>
+  </si>
+  <si>
+    <t>Test d'aptitude à travailler en français langue étrangère- LILATE</t>
+  </si>
+  <si>
     <t>RS6955</t>
   </si>
   <si>
     <t>Concevoir des dessins techniques et des plans avec AutoCAD (Tosa)</t>
   </si>
   <si>
     <t>18/12/2027</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>RS6956</t>
   </si>
   <si>
     <t>Créer des illustrations vectorielles et des graphiques avec Illustrator (Tosa)</t>
   </si>
   <si>
     <t>RS6957</t>
   </si>
   <si>
     <t>Concevoir des mises en page et des publications professionnelles avec InDesign (Tosa)</t>
   </si>
   <si>
     <t>RS6958</t>
@@ -683,50 +668,62 @@
     <t>RS7314</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>RS7315</t>
   </si>
   <si>
     <t>RS7316</t>
   </si>
   <si>
     <t>RS7317</t>
   </si>
   <si>
     <t>RS7318</t>
   </si>
   <si>
     <t>RS7319</t>
   </si>
   <si>
     <t>RS7320</t>
   </si>
   <si>
     <t>RS7321</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS93</t>
   </si>
   <si>
     <t>Test Bright language - Evaluation d'anglais professionnel</t>
   </si>
   <si>
     <t>RS969</t>
   </si>
   <si>
     <t>Test Bright Anglais - Level A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
@@ -2737,781 +2734,781 @@
       </c>
       <c r="E71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F71" s="2" t="s">
         <v>131</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>132</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B72" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E72" s="2" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>154</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>155</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>156</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>158</v>
       </c>
       <c r="C74" s="2" t="s">
-        <v>108</v>
+        <v>159</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F74" s="2" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B75" s="2" t="s">
+        <v>162</v>
+      </c>
+      <c r="C75" s="2" t="s">
+        <v>163</v>
+      </c>
+      <c r="D75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F75" s="2" t="s">
+        <v>164</v>
+      </c>
+      <c r="G75" s="2" t="s">
         <v>161</v>
-      </c>
-[...13 lines deleted...]
-        <v>164</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B76" s="2" t="s">
         <v>165</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>166</v>
+        <v>127</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E76" s="2" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>168</v>
+        <v>161</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B77" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>167</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>168</v>
+      </c>
+      <c r="G77" s="2" t="s">
         <v>169</v>
-      </c>
-[...13 lines deleted...]
-        <v>168</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B78" s="2" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>127</v>
+        <v>171</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B79" s="2" t="s">
+        <v>172</v>
+      </c>
+      <c r="C79" s="2" t="s">
         <v>173</v>
       </c>
-      <c r="C79" s="2" t="s">
+      <c r="D79" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="D79" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F79" s="2" t="s">
+      <c r="G79" s="2" t="s">
         <v>175</v>
-      </c>
-[...1 lines deleted...]
-        <v>176</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B80" s="2" t="s">
+        <v>176</v>
+      </c>
+      <c r="C80" s="2" t="s">
         <v>177</v>
       </c>
-      <c r="C80" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E80" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F80" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="G80" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B87" s="2" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="C87" s="2" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="D87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E87" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F87" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="G87" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B88" s="2" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="C88" s="2" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="D88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="G88" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B89" s="2" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="C89" s="2" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="D89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E89" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F89" s="2" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="G89" s="2" t="s">
-        <v>180</v>
+        <v>175</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B90" s="2" t="s">
+        <v>196</v>
+      </c>
+      <c r="C90" s="2" t="s">
+        <v>197</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F90" s="2" t="s">
+        <v>198</v>
+      </c>
+      <c r="G90" s="2" t="s">
         <v>199</v>
-      </c>
-[...13 lines deleted...]
-        <v>180</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B91" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="C91" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="C91" s="2" t="s">
+      <c r="D91" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>202</v>
       </c>
-      <c r="D91" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F91" s="2" t="s">
+      <c r="G91" s="2" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>206</v>
+        <v>46</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="2" t="s">
-        <v>9</v>
+        <v>34</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>46</v>
+        <v>206</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E93" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>207</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>208</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B94" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C94" s="2" t="s">
+        <v>42</v>
+      </c>
+      <c r="D94" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E94" s="2" t="s">
+        <v>34</v>
+      </c>
+      <c r="F94" s="2" t="s">
         <v>210</v>
       </c>
-      <c r="C94" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G94" s="2" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>42</v>
+        <v>50</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B97" s="2" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>48</v>
+        <v>54</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="G97" s="2" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>54</v>
+        <v>44</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>44</v>
+        <v>58</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>58</v>
+        <v>52</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>34</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>222</v>
+        <v>218</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>56</v>
+        <v>219</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
-        <v>34</v>
+        <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>215</v>
+        <v>220</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>213</v>
+        <v>221</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B103" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C103" s="2" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F103" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>35144743800026</v>
       </c>
       <c r="B104" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="C104" s="2" t="s">
         <v>225</v>
-      </c>
-[...1 lines deleted...]
-        <v>226</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -3536,31 +3533,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 21:31:08</dc:description>
+  <dc:description>Export en date du 01/30/2026 18:20:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>