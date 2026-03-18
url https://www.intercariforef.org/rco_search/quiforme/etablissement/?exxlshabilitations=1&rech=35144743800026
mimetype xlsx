--- v1 (2026-01-30)
+++ v2 (2026-03-18)
@@ -3533,31 +3533,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/30/2026 18:20:26</dc:description>
+  <dc:description>Export en date du 03/18/2026 04:24:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>