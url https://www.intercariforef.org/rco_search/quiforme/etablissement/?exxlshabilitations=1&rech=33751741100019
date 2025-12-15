--- v0 (2025-10-30)
+++ v1 (2025-12-15)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="408">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP35506</t>
   </si>
   <si>
@@ -1220,50 +1220,71 @@
     <t>RS7314</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>RS7315</t>
   </si>
   <si>
     <t>RS7316</t>
   </si>
   <si>
     <t>RS7317</t>
   </si>
   <si>
     <t>RS7318</t>
   </si>
   <si>
     <t>RS7319</t>
   </si>
   <si>
     <t>RS7320</t>
   </si>
   <si>
     <t>RS7321</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
+  </si>
+  <si>
+    <t>RS7399</t>
+  </si>
+  <si>
+    <t>Test d’anglais professionnel - LEVETEL</t>
+  </si>
+  <si>
+    <t>27/11/2027</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
   <si>
     <t>RS93</t>
   </si>
   <si>
     <t>Test Bright language - Evaluation d'anglais professionnel</t>
   </si>
   <si>
     <t>RS969</t>
   </si>
   <si>
     <t>Test Bright Anglais - Level A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1615,51 +1636,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H182"/>
+  <dimension ref="A1:H184"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5767,99 +5788,145 @@
       </c>
       <c r="F179" s="2" t="s">
         <v>394</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>403</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>16</v>
+        <v>404</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>11</v>
+        <v>405</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>404</v>
+        <v>406</v>
       </c>
       <c r="C181" s="2" t="s">
+        <v>407</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E181" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="F181" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="G181" s="2" t="s">
         <v>405</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>406</v>
+        <v>409</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>16</v>
       </c>
       <c r="G182" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="183" spans="1:8">
+      <c r="A183" s="1">
+        <v>33751741100019</v>
+      </c>
+      <c r="B183" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="C183" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="D183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E183" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F183" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G183" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="184" spans="1:8">
+      <c r="A184" s="1">
+        <v>33751741100019</v>
+      </c>
+      <c r="B184" s="2" t="s">
+        <v>413</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F184" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="G184" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -5873,31 +5940,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 00:07:24</dc:description>
+  <dc:description>Export en date du 12/15/2025 22:44:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>