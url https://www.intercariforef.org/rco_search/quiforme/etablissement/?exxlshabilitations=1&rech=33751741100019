--- v1 (2025-12-15)
+++ v2 (2026-03-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="415">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="417">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP35506</t>
   </si>
   <si>
@@ -1027,83 +1027,68 @@
   <si>
     <t>27/06/2026</t>
   </si>
   <si>
     <t>27/06/2024</t>
   </si>
   <si>
     <t>RS6692</t>
   </si>
   <si>
     <t>Traitement de texte (Word)</t>
   </si>
   <si>
     <t>19/07/2025</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>RS6693</t>
   </si>
   <si>
     <t>Présentation assistée par ordinateur (Powerpoint)</t>
   </si>
   <si>
-    <t>RS6796</t>
-[...7 lines deleted...]
-  <si>
     <t>RS6893</t>
   </si>
   <si>
     <t>DigComp (Tosa)</t>
   </si>
   <si>
     <t>28/11/2027</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS6905</t>
   </si>
   <si>
     <t>VTest Business English - 4 Skills</t>
   </si>
   <si>
-    <t>RS6916</t>
-[...4 lines deleted...]
-  <si>
     <t>RS6955</t>
   </si>
   <si>
     <t>Concevoir des dessins techniques et des plans avec AutoCAD (Tosa)</t>
   </si>
   <si>
     <t>18/12/2027</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>RS6956</t>
   </si>
   <si>
     <t>Créer des illustrations vectorielles et des graphiques avec Illustrator (Tosa)</t>
   </si>
   <si>
     <t>RS6957</t>
   </si>
   <si>
     <t>Concevoir des mises en page et des publications professionnelles avec InDesign (Tosa)</t>
   </si>
   <si>
     <t>RS6958</t>
@@ -1165,126 +1150,147 @@
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7205</t>
   </si>
   <si>
     <t>25/06/2028</t>
   </si>
   <si>
     <t>25/06/2025</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
-    <t>RS7236</t>
-[...1 lines deleted...]
-  <si>
     <t>RS7249</t>
   </si>
   <si>
     <t>ICDL - Concevoir des projets techniques avec des outils et logiciels de CAO 3D</t>
   </si>
   <si>
     <t>24/09/2027</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RS7250</t>
   </si>
   <si>
     <t>ICDL - Utiliser des outils et logiciels de PAO</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
-    <t>RS7314</t>
-[...25 lines deleted...]
-  <si>
     <t>RS7373</t>
   </si>
   <si>
     <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
   </si>
   <si>
     <t>27/11/2030</t>
   </si>
   <si>
     <t>27/11/2025</t>
   </si>
   <si>
     <t>RS7399</t>
   </si>
   <si>
-    <t>Test d’anglais professionnel - LEVETEL</t>
+    <t>Test d’anglais professionnel - LEVELTEL</t>
   </si>
   <si>
     <t>27/11/2027</t>
+  </si>
+  <si>
+    <t>RS7524</t>
+  </si>
+  <si>
+    <t>ICDL - Créer des présentations visuelles et animées avec un logiciel de PréAO</t>
+  </si>
+  <si>
+    <t>27/02/2029</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>RS7525</t>
+  </si>
+  <si>
+    <t>ICDL - Concevoir, structurer, et gérer un site web avec un outil d’édition de site web</t>
+  </si>
+  <si>
+    <t>RS7526</t>
+  </si>
+  <si>
+    <t>ICDL - Créer, retoucher et préparer des visuels à l’aide d’un logiciel d’édition d’images</t>
+  </si>
+  <si>
+    <t>RS7527</t>
+  </si>
+  <si>
+    <t>ICDL - Travailler en équipe à l’aide d'outils collaboratifs en ligne</t>
+  </si>
+  <si>
+    <t>RS7528</t>
+  </si>
+  <si>
+    <t>ICDL - Organiser, analyser et présenter des données chiffrées avec un logiciel de tableur</t>
+  </si>
+  <si>
+    <t>RS7529</t>
+  </si>
+  <si>
+    <t>ICDL - Rédiger, structurer et présenter des documents professionnels avec un logiciel de traitement de texte</t>
+  </si>
+  <si>
+    <t>RS7536</t>
+  </si>
+  <si>
+    <t>Créer des tableaux visuels efficaces avec Excel</t>
+  </si>
+  <si>
+    <t>27/02/2028</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
   <si>
     <t>RS93</t>
   </si>
   <si>
     <t>Test Bright language - Evaluation d'anglais professionnel</t>
   </si>
   <si>
     <t>RS969</t>
   </si>
   <si>
     <t>Test Bright Anglais - Level A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -1636,51 +1642,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H184"/>
+  <dimension ref="A1:H180"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5089,844 +5095,752 @@
       </c>
       <c r="C149" s="2" t="s">
         <v>336</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F149" s="2" t="s">
         <v>333</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>334</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>337</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>243</v>
+        <v>338</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
       <c r="G150" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B151" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="C151" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E151" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F151" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="G151" s="2" t="s">
         <v>340</v>
-      </c>
-[...13 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B152" s="2" t="s">
+        <v>343</v>
+      </c>
+      <c r="C152" s="2" t="s">
         <v>344</v>
       </c>
-      <c r="C152" s="2" t="s">
+      <c r="D152" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E152" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F152" s="2" t="s">
         <v>345</v>
       </c>
-      <c r="D152" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G152" s="2" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B153" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="C153" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="D153" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E153" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F153" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="G153" s="2" t="s">
         <v>346</v>
-      </c>
-[...13 lines deleted...]
-        <v>343</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D154" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B155" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="C155" s="2" t="s">
         <v>352</v>
       </c>
-      <c r="C155" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B156" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="C156" s="2" t="s">
         <v>354</v>
       </c>
-      <c r="C156" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B157" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="C157" s="2" t="s">
         <v>356</v>
       </c>
-      <c r="C157" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B158" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="C158" s="2" t="s">
         <v>358</v>
       </c>
-      <c r="C158" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B159" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="C159" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="C159" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B160" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C160" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="C160" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B161" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="C161" s="2" t="s">
         <v>364</v>
       </c>
-      <c r="C161" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B162" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="C162" s="2" t="s">
         <v>366</v>
       </c>
-      <c r="C162" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>351</v>
+        <v>346</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B163" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="C163" s="2" t="s">
         <v>368</v>
       </c>
-      <c r="C163" s="2" t="s">
+      <c r="D163" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E163" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F163" s="2" t="s">
         <v>369</v>
       </c>
-      <c r="D163" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G163" s="2" t="s">
-        <v>351</v>
+        <v>370</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>371</v>
+        <v>226</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E164" s="2" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>350</v>
+        <v>372</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>351</v>
+        <v>373</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>374</v>
+        <v>376</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>226</v>
+        <v>379</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E166" s="2" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>378</v>
+        <v>381</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>379</v>
+        <v>382</v>
       </c>
       <c r="C167" s="2" t="s">
+        <v>383</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F167" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="D167" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F167" s="2" t="s">
+      <c r="G167" s="2" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>128</v>
+        <v>385</v>
       </c>
       <c r="D168" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E168" s="2" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="F168" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="G168" s="2" t="s">
         <v>381</v>
-      </c>
-[...1 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>384</v>
+        <v>387</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>385</v>
+        <v>388</v>
       </c>
       <c r="D169" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>386</v>
+        <v>389</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>389</v>
+        <v>392</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>386</v>
+        <v>393</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>390</v>
+        <v>394</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>391</v>
+        <v>395</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>392</v>
+        <v>396</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>393</v>
+        <v>398</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>124</v>
+        <v>399</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E172" s="2" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>395</v>
+        <v>400</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>132</v>
+        <v>401</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E173" s="2" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B174" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F174" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="C174" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G174" s="2" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B175" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C175" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="D175" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E175" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F175" s="2" t="s">
+        <v>396</v>
+      </c>
+      <c r="G175" s="2" t="s">
         <v>397</v>
-      </c>
-[...13 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>398</v>
+        <v>406</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>126</v>
+        <v>407</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>394</v>
+        <v>396</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>399</v>
+        <v>408</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>140</v>
+        <v>409</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>67</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>394</v>
+        <v>410</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>387</v>
+        <v>397</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>400</v>
+        <v>411</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>134</v>
+        <v>412</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E178" s="2" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>394</v>
+        <v>16</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>387</v>
+        <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>401</v>
+        <v>413</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>138</v>
+        <v>414</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E179" s="2" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>394</v>
+        <v>16</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>387</v>
+        <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>33751741100019</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>402</v>
+        <v>415</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>403</v>
+        <v>416</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>404</v>
+        <v>16</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>405</v>
-[...90 lines deleted...]
-      <c r="G184" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -5940,31 +5854,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/15/2025 22:44:08</dc:description>
+  <dc:description>Export en date du 03/16/2026 07:21:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>