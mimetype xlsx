--- v0 (2025-11-01)
+++ v1 (2026-01-31)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="261">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RS1003</t>
   </si>
   <si>
@@ -779,50 +779,62 @@
     <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1162,51 +1174,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H109"/>
+  <dimension ref="A1:H110"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -3681,53 +3693,76 @@
       </c>
       <c r="F108" s="2" t="s">
         <v>253</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>255</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>256</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F109" s="2" t="s">
+        <v>257</v>
+      </c>
+      <c r="G109" s="2" t="s">
+        <v>258</v>
+      </c>
+    </row>
+    <row r="110" spans="1:8">
+      <c r="A110" s="1">
+        <v>33392819000045</v>
+      </c>
+      <c r="B110" s="2" t="s">
+        <v>259</v>
+      </c>
+      <c r="C110" s="2" t="s">
+        <v>260</v>
+      </c>
+      <c r="D110" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E110" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F110" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="G109" s="2" t="s">
+      <c r="G110" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -3741,31 +3776,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/01/2025 21:29:24</dc:description>
+  <dc:description>Export en date du 01/31/2026 12:41:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>