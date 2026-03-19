--- v1 (2026-01-31)
+++ v2 (2026-03-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="261">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="262">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RS1003</t>
   </si>
   <si>
@@ -385,303 +385,306 @@
   <si>
     <t>RS5592</t>
   </si>
   <si>
     <t>Certification Bureautique Word</t>
   </si>
   <si>
     <t>24/11/2022</t>
   </si>
   <si>
     <t>24/11/2021</t>
   </si>
   <si>
     <t>RS5593</t>
   </si>
   <si>
     <t>Certification Bureautique PowerPoint</t>
   </si>
   <si>
     <t>RS5610</t>
   </si>
   <si>
     <t>Administrer les services cloud AWS</t>
   </si>
   <si>
+    <t>24/11/2026</t>
+  </si>
+  <si>
+    <t>RS5611</t>
+  </si>
+  <si>
+    <t>Concevoir des solutions cloud sécurisées et robustes à l’aide des technologies AWS</t>
+  </si>
+  <si>
+    <t>RS5612</t>
+  </si>
+  <si>
+    <t>Concevoir, gérer et exploiter des applications et des systèmes complexes sur la plateforme AWS</t>
+  </si>
+  <si>
+    <t>RS5620</t>
+  </si>
+  <si>
+    <t>Développer, déployer et déboguer des applications cloud à l'aide d'AWS</t>
+  </si>
+  <si>
+    <t>RS5784</t>
+  </si>
+  <si>
+    <t>Tosa Word</t>
+  </si>
+  <si>
+    <t>26/01/2023</t>
+  </si>
+  <si>
+    <t>26/01/2022</t>
+  </si>
+  <si>
+    <t>RS5785</t>
+  </si>
+  <si>
+    <t>Tosa PowerPoint</t>
+  </si>
+  <si>
+    <t>RS5786</t>
+  </si>
+  <si>
+    <t>Tosa Outlook</t>
+  </si>
+  <si>
+    <t>RS5787</t>
+  </si>
+  <si>
+    <t>Tosa Photoshop</t>
+  </si>
+  <si>
+    <t>RS5788</t>
+  </si>
+  <si>
+    <t>Tosa AutoCAD</t>
+  </si>
+  <si>
+    <t>RS5789</t>
+  </si>
+  <si>
+    <t>Tosa WordPress</t>
+  </si>
+  <si>
+    <t>RS5790</t>
+  </si>
+  <si>
+    <t>Tosa LibreOffice Calc</t>
+  </si>
+  <si>
+    <t>RS5791</t>
+  </si>
+  <si>
+    <t>Tosa Illustrator</t>
+  </si>
+  <si>
+    <t>RS5792</t>
+  </si>
+  <si>
+    <t>Tosa VBA</t>
+  </si>
+  <si>
+    <t>RS5793</t>
+  </si>
+  <si>
+    <t>Tosa InDesign</t>
+  </si>
+  <si>
+    <t>RS5794</t>
+  </si>
+  <si>
+    <t>Tosa Access</t>
+  </si>
+  <si>
+    <t>RS5795</t>
+  </si>
+  <si>
+    <t>Tosa Python</t>
+  </si>
+  <si>
+    <t>RS5833</t>
+  </si>
+  <si>
+    <t>Garantir la sécurité du cloud AWS</t>
+  </si>
+  <si>
+    <t>26/01/2025</t>
+  </si>
+  <si>
+    <t>RS5834</t>
+  </si>
+  <si>
+    <t>Concevoir et gérer des solutions de Machine Learning sur le cloud AWS</t>
+  </si>
+  <si>
+    <t>RS5835</t>
+  </si>
+  <si>
+    <t>Planifier, concevoir, gérer et sécuriser les solutions de bases de données AWS</t>
+  </si>
+  <si>
+    <t>RS5849</t>
+  </si>
+  <si>
+    <t>Mettre en œuvre DevOps pour le cloud AWS</t>
+  </si>
+  <si>
+    <t>RS5961</t>
+  </si>
+  <si>
+    <t>Administrer la solution de travail collaboratif Microsoft Teams</t>
+  </si>
+  <si>
+    <t>25/03/2024</t>
+  </si>
+  <si>
+    <t>25/03/2022</t>
+  </si>
+  <si>
+    <t>RS5962</t>
+  </si>
+  <si>
+    <t>Concevoir une infrastructure cloud Microsoft Azure</t>
+  </si>
+  <si>
+    <t>RS6062</t>
+  </si>
+  <si>
+    <t>Tosa DigComp</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
+  </si>
+  <si>
+    <t>01/07/2022</t>
+  </si>
+  <si>
+    <t>RS6085</t>
+  </si>
+  <si>
+    <t>Langage SQL : Exploiter une base de données relationnelle</t>
+  </si>
+  <si>
+    <t>20/07/2025</t>
+  </si>
+  <si>
+    <t>20/07/2022</t>
+  </si>
+  <si>
+    <t>RS6159</t>
+  </si>
+  <si>
+    <t>Créer et mettre en page des documents à l’aide d’un traitement de texte</t>
+  </si>
+  <si>
+    <t>23/11/2024</t>
+  </si>
+  <si>
+    <t>23/11/2022</t>
+  </si>
+  <si>
+    <t>RS6160</t>
+  </si>
+  <si>
+    <t>Concevoir des diaporamas à l'aide d'un logiciel de PréAO (Présentations Assistées par Ordinateur)</t>
+  </si>
+  <si>
+    <t>RS6184</t>
+  </si>
+  <si>
+    <t>Tosa Sheets</t>
+  </si>
+  <si>
+    <t>14/12/2024</t>
+  </si>
+  <si>
+    <t>14/12/2022</t>
+  </si>
+  <si>
+    <t>RS6185</t>
+  </si>
+  <si>
+    <t>Tosa Slides</t>
+  </si>
+  <si>
+    <t>RS6186</t>
+  </si>
+  <si>
+    <t>Tosa Docs</t>
+  </si>
+  <si>
+    <t>RS6197</t>
+  </si>
+  <si>
+    <t>Tosa Plateforme Collaborative Office 365</t>
+  </si>
+  <si>
+    <t>RS6198</t>
+  </si>
+  <si>
+    <t>RS6199</t>
+  </si>
+  <si>
+    <t>RS6200</t>
+  </si>
+  <si>
+    <t>RS6201</t>
+  </si>
+  <si>
+    <t>RS6202</t>
+  </si>
+  <si>
+    <t>RS6203</t>
+  </si>
+  <si>
+    <t>RS6204</t>
+  </si>
+  <si>
+    <t>RS6205</t>
+  </si>
+  <si>
+    <t>RS6206</t>
+  </si>
+  <si>
+    <t>RS6207</t>
+  </si>
+  <si>
+    <t>RS6208</t>
+  </si>
+  <si>
+    <t>RS6222</t>
+  </si>
+  <si>
+    <t>Créer et maintenir des solutions d’analyse de données efficaces et sécurisées sur le cloud AWS</t>
+  </si>
+  <si>
     <t>19/08/2025</t>
-  </si>
-[...250 lines deleted...]
-    <t>Créer et maintenir des solutions d’analyse de données efficaces et sécurisées sur le cloud AWS</t>
   </si>
   <si>
     <t>25/01/2023</t>
   </si>
   <si>
     <t>RS6692</t>
   </si>
   <si>
     <t>Traitement de texte (Word)</t>
   </si>
   <si>
     <t>19/07/2025</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>RS6693</t>
   </si>
   <si>
     <t>Présentation assistée par ordinateur (Powerpoint)</t>
   </si>
   <si>
     <t>RS6750</t>
   </si>
@@ -3279,479 +3282,479 @@
       </c>
       <c r="F90" s="2" t="s">
         <v>187</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>188</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B91" s="2" t="s">
         <v>206</v>
       </c>
       <c r="C91" s="2" t="s">
         <v>207</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>123</v>
+        <v>208</v>
       </c>
       <c r="G91" s="2" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G92" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>94</v>
       </c>
       <c r="F93" s="2" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="G93" s="2" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B94" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F94" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B96" s="2" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G96" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B97" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="C97" s="2" t="s">
+        <v>229</v>
+      </c>
+      <c r="D97" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E97" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F97" s="2" t="s">
+        <v>226</v>
+      </c>
+      <c r="G97" s="2" t="s">
         <v>227</v>
-      </c>
-[...13 lines deleted...]
-        <v>226</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G98" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G99" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B102" s="2" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="C102" s="2" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G102" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B103" s="2" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="C103" s="2" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G103" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B104" s="2" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="C104" s="2" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B106" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="G106" s="2" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="G107" s="2" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B108" s="2" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="C108" s="2" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1">
         <v>33392819000045</v>
       </c>
       <c r="B110" s="2" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C110" s="2" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
@@ -3776,31 +3779,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/31/2026 12:41:43</dc:description>
+  <dc:description>Export en date du 03/19/2026 03:01:29</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>