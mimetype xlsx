--- v0 (2025-10-31)
+++ v1 (2025-12-16)
@@ -1310,31 +1310,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/31/2025 17:32:41</dc:description>
+  <dc:description>Export en date du 12/16/2025 04:56:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>