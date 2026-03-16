--- v1 (2025-12-16)
+++ v2 (2026-03-16)
@@ -148,59 +148,50 @@
   <si>
     <t>RNCP36805</t>
   </si>
   <si>
     <t>TP Secrétaire assistant médico-social</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>RNCP37123</t>
   </si>
   <si>
     <t>01/03/2028</t>
   </si>
   <si>
     <t>RNCP37266</t>
   </si>
   <si>
     <t>25/01/2026</t>
   </si>
   <si>
     <t>25/01/2023</t>
   </si>
   <si>
-    <t>RNCP37836</t>
-[...7 lines deleted...]
-  <si>
     <t>RNCP37873</t>
   </si>
   <si>
     <t>TP Concepteur développeur d'applications</t>
   </si>
   <si>
     <t>18/12/2028</t>
   </si>
   <si>
     <t>RNCP37948</t>
   </si>
   <si>
     <t>29/12/2028</t>
   </si>
   <si>
     <t>RNCP38109</t>
   </si>
   <si>
     <t>18/10/2024</t>
   </si>
   <si>
     <t>18/10/2023</t>
   </si>
   <si>
     <t>RNCP38547</t>
@@ -227,50 +218,59 @@
     <t>01/10/2029</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>RNCP40660</t>
   </si>
   <si>
     <t>Responsable d' affaires en immobilier</t>
   </si>
   <si>
     <t>23/05/2030</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
   <si>
     <t>RNCP40800</t>
   </si>
   <si>
     <t>TP Secrétaire assistant médico-administratif</t>
   </si>
   <si>
     <t>01/09/2030</t>
+  </si>
+  <si>
+    <t>RNCP41770</t>
+  </si>
+  <si>
+    <t>Responsable en gestion des ressources humaines</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
   </si>
   <si>
     <t>RNCP5863</t>
   </si>
   <si>
     <t>RS5801</t>
   </si>
   <si>
     <t>Sauveteur Secouriste du Travail (SST)</t>
   </si>
   <si>
     <t>26/01/2023</t>
   </si>
   <si>
     <t>26/01/2022</t>
   </si>
   <si>
     <t>RS715</t>
   </si>
   <si>
     <t>Certificat de sauveteur secouriste du travail</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
@@ -942,247 +942,247 @@
       </c>
       <c r="C12" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>43</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>32548695900035</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="2" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="2" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G13" s="2" t="s">
-        <v>46</v>
+        <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>32548695900035</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="2" t="s">
+        <v>24</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>48</v>
-      </c>
-[...7 lines deleted...]
-        <v>49</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>32548695900035</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C15" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D15" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C15" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>32548695900035</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C16" s="2" t="s">
-        <v>16</v>
+        <v>53</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F16" s="2" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="G16" s="2" t="s">
-        <v>54</v>
+        <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>32548695900035</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>55</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>56</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>57</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>32548695900035</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C18" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="D18" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E18" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="F18" s="2" t="s">
         <v>59</v>
       </c>
-      <c r="D18" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F18" s="2" t="s">
+      <c r="G18" s="2" t="s">
         <v>60</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>32548695900035</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>61</v>
       </c>
       <c r="C19" s="2" t="s">
-        <v>16</v>
+        <v>62</v>
       </c>
       <c r="D19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F19" s="2" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G19" s="2" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>32548695900035</v>
       </c>
       <c r="B20" s="2" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C20" s="2" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="2" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="G20" s="2" t="s">
-        <v>67</v>
+        <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>32548695900035</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>68</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>69</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="G21" s="2" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>32548695900035</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C22" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -1310,31 +1310,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/16/2025 04:56:54</dc:description>
+  <dc:description>Export en date du 03/16/2026 11:59:59</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>