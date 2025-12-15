--- v0 (2025-10-29)
+++ v1 (2025-12-15)
@@ -85,147 +85,147 @@
   <si>
     <t>RNCP35028</t>
   </si>
   <si>
     <t>TP Agent de service médico-social</t>
   </si>
   <si>
     <t>05/10/2025</t>
   </si>
   <si>
     <t>RNCP35506</t>
   </si>
   <si>
     <t>TP Assistant de vie aux familles</t>
   </si>
   <si>
     <t>05/07/2023</t>
   </si>
   <si>
     <t>RNCP35551</t>
   </si>
   <si>
     <t>Agent d’entretien et de rénovation en propreté</t>
   </si>
   <si>
+    <t>19/04/2026</t>
+  </si>
+  <si>
+    <t>19/04/2021</t>
+  </si>
+  <si>
+    <t>RNCP35552</t>
+  </si>
+  <si>
+    <t>Chef d’équipe en propreté</t>
+  </si>
+  <si>
+    <t>RNCP35611</t>
+  </si>
+  <si>
+    <t>Agent machiniste en propreté</t>
+  </si>
+  <si>
+    <t>19/05/2024</t>
+  </si>
+  <si>
+    <t>19/05/2021</t>
+  </si>
+  <si>
+    <t>RNCP36358</t>
+  </si>
+  <si>
+    <t>CQP Assistant médical</t>
+  </si>
+  <si>
+    <t>25/04/2025</t>
+  </si>
+  <si>
+    <t>25/04/2022</t>
+  </si>
+  <si>
+    <t>RNCP37099</t>
+  </si>
+  <si>
+    <t>TP Employé commercial</t>
+  </si>
+  <si>
+    <t>15/12/2027</t>
+  </si>
+  <si>
+    <t>RNCP37715</t>
+  </si>
+  <si>
+    <t>05/07/2028</t>
+  </si>
+  <si>
+    <t>RNCP37872</t>
+  </si>
+  <si>
+    <t>TP Agent de propreté et d'hygiène</t>
+  </si>
+  <si>
+    <t>13/08/2028</t>
+  </si>
+  <si>
+    <t>RNCP38676</t>
+  </si>
+  <si>
+    <t>TP Manager d'unité marchande</t>
+  </si>
+  <si>
+    <t>03/03/2026</t>
+  </si>
+  <si>
+    <t>RNCP39356</t>
+  </si>
+  <si>
+    <t>19/07/2027</t>
+  </si>
+  <si>
+    <t>19/07/2024</t>
+  </si>
+  <si>
+    <t>RNCP40913</t>
+  </si>
+  <si>
+    <t>CQP Assistant Médical</t>
+  </si>
+  <si>
+    <t>25/06/2030</t>
+  </si>
+  <si>
+    <t>25/06/2025</t>
+  </si>
+  <si>
+    <t>RNCP4821</t>
+  </si>
+  <si>
+    <t>TP Assistant(e) de vie aux familles</t>
+  </si>
+  <si>
     <t>FAUX</t>
-  </si>
-[...94 lines deleted...]
-    <t>TP Assistant(e) de vie aux familles</t>
   </si>
   <si>
     <t>05/07/2021</t>
   </si>
   <si>
     <t>RS127</t>
   </si>
   <si>
     <t>Maîtrise des Compétences Clés de la Propreté (MCCP)</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS1644</t>
   </si>
   <si>
     <t>Test de connaissance du français – Accès à la nationalité française (TCF ANF)</t>
   </si>
   <si>
     <t>RS1646</t>
   </si>
   <si>
     <t>Test de connaissance du français pour le Québec (TCF Québec)</t>
   </si>
@@ -829,370 +829,370 @@
       </c>
       <c r="E5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>20</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="C7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B8" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="D9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="D9" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F9" s="2" t="s">
+      <c r="G9" s="2" t="s">
         <v>34</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>35</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>36</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>38</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B11" s="2" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="2" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B12" s="2" t="s">
+        <v>40</v>
+      </c>
+      <c r="C12" s="2" t="s">
         <v>41</v>
       </c>
-      <c r="C12" s="2" t="s">
+      <c r="D12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E12" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F12" s="2" t="s">
         <v>42</v>
-      </c>
-[...7 lines deleted...]
-        <v>43</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B13" s="2" t="s">
+        <v>43</v>
+      </c>
+      <c r="C13" s="2" t="s">
         <v>44</v>
       </c>
-      <c r="C13" s="2" t="s">
+      <c r="D13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E13" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F13" s="2" t="s">
         <v>45</v>
-      </c>
-[...7 lines deleted...]
-        <v>46</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B14" s="2" t="s">
+        <v>46</v>
+      </c>
+      <c r="C14" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="D14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E14" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F14" s="2" t="s">
         <v>47</v>
       </c>
-      <c r="C14" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F14" s="2" t="s">
+      <c r="G14" s="2" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B15" s="2" t="s">
+        <v>49</v>
+      </c>
+      <c r="C15" s="2" t="s">
         <v>50</v>
       </c>
-      <c r="C15" s="2" t="s">
+      <c r="D15" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E15" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F15" s="2" t="s">
         <v>51</v>
       </c>
-      <c r="D15" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F15" s="2" t="s">
+      <c r="G15" s="2" t="s">
         <v>52</v>
-      </c>
-[...1 lines deleted...]
-        <v>53</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B16" s="2" t="s">
+        <v>53</v>
+      </c>
+      <c r="C16" s="2" t="s">
         <v>54</v>
       </c>
-      <c r="C16" s="2" t="s">
+      <c r="D16" s="2" t="s">
         <v>55</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="E16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="17" spans="1:8">
       <c r="A17" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B17" s="2" t="s">
         <v>57</v>
       </c>
       <c r="C17" s="2" t="s">
         <v>58</v>
       </c>
       <c r="D17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F17" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G17" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B18" s="2" t="s">
         <v>60</v>
       </c>
       <c r="C18" s="2" t="s">
         <v>61</v>
       </c>
       <c r="D18" s="2" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="E18" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F18" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G18" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B19" s="2" t="s">
         <v>62</v>
       </c>
       <c r="C19" s="2" t="s">
         <v>63</v>
       </c>
       <c r="D19" s="2" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="E19" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F19" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G19" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="20" spans="1:8">
       <c r="A20" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B20" s="2" t="s">
         <v>64</v>
       </c>
       <c r="C20" s="2" t="s">
         <v>65</v>
       </c>
       <c r="D20" s="2" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="E20" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F20" s="2" t="s">
         <v>59</v>
       </c>
       <c r="G20" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="21" spans="1:8">
       <c r="A21" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B21" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C21" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="2" t="s">
@@ -1309,51 +1309,51 @@
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F26" s="2" t="s">
         <v>87</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>89</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>90</v>
       </c>
       <c r="D27" s="2" t="s">
-        <v>23</v>
+        <v>55</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="2" t="s">
         <v>91</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>32441928201126</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>93</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>94</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="2" t="s">
@@ -1398,31 +1398,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/29/2025 18:29:11</dc:description>
+  <dc:description>Export en date du 12/16/2025 00:55:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>