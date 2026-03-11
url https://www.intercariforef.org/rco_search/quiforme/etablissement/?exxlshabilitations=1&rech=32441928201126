--- v1 (2025-12-15)
+++ v2 (2026-03-11)
@@ -1398,31 +1398,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/16/2025 00:55:27</dc:description>
+  <dc:description>Export en date du 03/11/2026 07:01:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>