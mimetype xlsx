--- v0 (2025-11-02)
+++ v1 (2026-02-02)
@@ -85,81 +85,81 @@
   <si>
     <t>TP Agent de propreté et d’hygiène</t>
   </si>
   <si>
     <t>13/08/2023</t>
   </si>
   <si>
     <t>RNCP34583</t>
   </si>
   <si>
     <t>Responsable développement hygiène propreté et services</t>
   </si>
   <si>
     <t>24/04/2025</t>
   </si>
   <si>
     <t>24/04/2020</t>
   </si>
   <si>
     <t>RNCP35551</t>
   </si>
   <si>
     <t>Agent d’entretien et de rénovation en propreté</t>
   </si>
   <si>
+    <t>19/04/2026</t>
+  </si>
+  <si>
+    <t>19/04/2021</t>
+  </si>
+  <si>
+    <t>RNCP35552</t>
+  </si>
+  <si>
+    <t>Chef d’équipe en propreté</t>
+  </si>
+  <si>
+    <t>RNCP35611</t>
+  </si>
+  <si>
+    <t>Agent machiniste en propreté</t>
+  </si>
+  <si>
+    <t>19/05/2024</t>
+  </si>
+  <si>
+    <t>19/05/2021</t>
+  </si>
+  <si>
+    <t>RNCP36518</t>
+  </si>
+  <si>
+    <t>Manager de la stratégie commerciale</t>
+  </si>
+  <si>
     <t>FAUX</t>
-  </si>
-[...28 lines deleted...]
-    <t>Manager de la stratégie commerciale</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>01/06/2022</t>
   </si>
   <si>
     <t>RNCP38007</t>
   </si>
   <si>
     <t>CQP Responsable de secteur en propreté</t>
   </si>
   <si>
     <t>20/09/2028</t>
   </si>
   <si>
     <t>20/09/2023</t>
   </si>
   <si>
     <t>RNCP38015</t>
   </si>
   <si>
     <t>CQP Chef de site en propreté</t>
   </si>
@@ -706,281 +706,281 @@
       </c>
       <c r="E5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F5" s="2" t="s">
         <v>19</v>
       </c>
       <c r="G5" s="2" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>21</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>22</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F6" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="F6" s="2" t="s">
+      <c r="G6" s="2" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B7" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="C7" s="2" t="s">
         <v>26</v>
       </c>
-      <c r="C7" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F7" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="F7" s="2" t="s">
+      <c r="G7" s="2" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B8" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="C8" s="2" t="s">
+      <c r="D8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E8" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F8" s="2" t="s">
         <v>29</v>
       </c>
-      <c r="D8" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F8" s="2" t="s">
+      <c r="G8" s="2" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>31</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>32</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="D9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="2" t="s">
         <v>33</v>
-      </c>
-[...4 lines deleted...]
-        <v>23</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
         <v>43</v>
       </c>
       <c r="G12" s="2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B14" s="2" t="s">
         <v>47</v>
       </c>
       <c r="C14" s="2" t="s">
         <v>48</v>
       </c>
       <c r="D14" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="2" t="s">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F14" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G14" s="2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="15" spans="1:8">
       <c r="A15" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B15" s="2" t="s">
         <v>51</v>
       </c>
       <c r="C15" s="2" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F15" s="2" t="s">
         <v>49</v>
       </c>
       <c r="G15" s="2" t="s">
         <v>50</v>
       </c>
     </row>
     <row r="16" spans="1:8">
       <c r="A16" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B16" s="2" t="s">
         <v>52</v>
       </c>
       <c r="C16" s="2" t="s">
         <v>53</v>
       </c>
       <c r="D16" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="2" t="s">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F16" s="2" t="s">
         <v>54</v>
       </c>
       <c r="G16" s="2" t="s">
         <v>55</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
@@ -999,31 +999,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/02/2025 13:21:27</dc:description>
+  <dc:description>Export en date du 02/02/2026 12:02:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>