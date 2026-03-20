--- v1 (2026-02-02)
+++ v2 (2026-03-20)
@@ -798,74 +798,74 @@
       </c>
       <c r="E9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="F9" s="2" t="s">
         <v>34</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B10" s="2" t="s">
         <v>36</v>
       </c>
       <c r="C10" s="2" t="s">
         <v>37</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F10" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>41</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="2" t="s">
-        <v>33</v>
+        <v>9</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="G11" s="2" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>32187778900198</v>
       </c>
       <c r="B12" s="2" t="s">
         <v>42</v>
       </c>
       <c r="C12" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
@@ -999,31 +999,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/02/2026 12:02:10</dc:description>
+  <dc:description>Export en date du 03/20/2026 13:32:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>