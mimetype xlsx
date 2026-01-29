--- v0 (2025-10-27)
+++ v1 (2026-01-29)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP28557</t>
   </si>
   <si>
@@ -85,51 +85,51 @@
   <si>
     <t>DE Auxiliaire de puériculture</t>
   </si>
   <si>
     <t>01/09/2025</t>
   </si>
   <si>
     <t>RNCP36481</t>
   </si>
   <si>
     <t>CQP Animateur périscolaire</t>
   </si>
   <si>
     <t>01/06/2025</t>
   </si>
   <si>
     <t>01/06/2022</t>
   </si>
   <si>
     <t>RNCP37191</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « activités physiques pour tous »</t>
   </si>
   <si>
-    <t>01/03/2028</t>
+    <t>31/12/2026</t>
   </si>
   <si>
     <t>RNCP39926</t>
   </si>
   <si>
     <t>BPJEPS Spécialité Animateur mention Animation socio-éducative ou culturelle</t>
   </si>
   <si>
     <t>29/11/2029</t>
   </si>
   <si>
     <t>RNCP39927</t>
   </si>
   <si>
     <t>CPJEPS Mention animateur d’activités et de vie quotidienne dans toute structure de loisirs et d’animation socioculturelle</t>
   </si>
   <si>
     <t>RNCP39930</t>
   </si>
   <si>
     <t>DEJEPS Spécialité Animation socio-éducative ou culturelle mention Coordination de projets</t>
   </si>
   <si>
     <t>04/12/2029</t>
   </si>
@@ -230,53 +230,50 @@
     <t>Utilisation d'un logiciel de tableur (ICDL - PCIE)</t>
   </si>
   <si>
     <t>RS5591</t>
   </si>
   <si>
     <t>Utilisation d'un logiciel de présentation (ICDL-PCIE)</t>
   </si>
   <si>
     <t>RS5596</t>
   </si>
   <si>
     <t>Utilisation d’un logiciel d’édition de site web (ICDL-PCIE)</t>
   </si>
   <si>
     <t>RS5597</t>
   </si>
   <si>
     <t>Utilisation des outils collaboratifs (ICDL-PCIE)</t>
   </si>
   <si>
     <t>RS5737</t>
   </si>
   <si>
     <t>Certificat complémentaire "Direction d'un accueil collectif de mineurs"</t>
-  </si>
-[...1 lines deleted...]
-    <t>31/12/2026</t>
   </si>
   <si>
     <t>RS6161</t>
   </si>
   <si>
     <t>ICDL - Traitement de texte (Word, Writer, Google Docs)</t>
   </si>
   <si>
     <t>23/11/2023</t>
   </si>
   <si>
     <t>23/11/2022</t>
   </si>
   <si>
     <t>RS6162</t>
   </si>
   <si>
     <t>ICDL - Tableur (Excel, Calc, Google Sheets)</t>
   </si>
   <si>
     <t>RS6163</t>
   </si>
   <si>
     <t>ICDL - Utilisation d'un logiciel de présentation (Powerpoint, Impress, Google Slides)</t>
   </si>
@@ -1251,215 +1248,215 @@
       </c>
       <c r="F24" s="2" t="s">
         <v>58</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>30778757200089</v>
       </c>
       <c r="B25" s="2" t="s">
         <v>70</v>
       </c>
       <c r="C25" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>72</v>
+        <v>23</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>30778757200089</v>
       </c>
       <c r="B26" s="2" t="s">
+        <v>72</v>
+      </c>
+      <c r="C26" s="2" t="s">
         <v>73</v>
       </c>
-      <c r="C26" s="2" t="s">
+      <c r="D26" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E26" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F26" s="2" t="s">
         <v>74</v>
       </c>
-      <c r="D26" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F26" s="2" t="s">
+      <c r="G26" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>30778757200089</v>
       </c>
       <c r="B27" s="2" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" s="2" t="s">
         <v>77</v>
       </c>
-      <c r="C27" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G27" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>30778757200089</v>
       </c>
       <c r="B28" s="2" t="s">
+        <v>78</v>
+      </c>
+      <c r="C28" s="2" t="s">
         <v>79</v>
       </c>
-      <c r="C28" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F28" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G28" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>30778757200089</v>
       </c>
       <c r="B29" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="C29" s="2" t="s">
         <v>81</v>
       </c>
-      <c r="C29" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F29" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G29" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>30778757200089</v>
       </c>
       <c r="B30" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C30" s="2" t="s">
         <v>83</v>
       </c>
-      <c r="C30" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G30" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>30778757200089</v>
       </c>
       <c r="B31" s="2" t="s">
+        <v>84</v>
+      </c>
+      <c r="C31" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="C31" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="G31" s="2" t="s">
         <v>75</v>
-      </c>
-[...1 lines deleted...]
-        <v>76</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>30778757200089</v>
       </c>
       <c r="B32" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C32" s="2" t="s">
         <v>87</v>
       </c>
-      <c r="C32" s="2" t="s">
+      <c r="D32" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E32" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F32" s="2" t="s">
         <v>88</v>
       </c>
-      <c r="D32" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F32" s="2" t="s">
+      <c r="G32" s="2" t="s">
         <v>89</v>
-      </c>
-[...1 lines deleted...]
-        <v>90</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -1472,31 +1469,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/27/2025 22:16:57</dc:description>
+  <dc:description>Export en date du 01/29/2026 08:48:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>