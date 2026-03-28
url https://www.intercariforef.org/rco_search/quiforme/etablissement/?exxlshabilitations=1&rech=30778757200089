--- v1 (2026-01-29)
+++ v2 (2026-03-28)
@@ -1469,31 +1469,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/29/2026 08:48:14</dc:description>
+  <dc:description>Export en date du 03/28/2026 06:55:17</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>