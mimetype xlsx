--- v0 (2025-10-04)
+++ v1 (2025-11-22)
@@ -3065,31 +3065,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/05/2025 00:26:14</dc:description>
+  <dc:description>Export en date du 11/22/2025 11:08:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>