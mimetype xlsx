--- v1 (2025-11-22)
+++ v2 (2026-01-09)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="210">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1883</t>
   </si>
   <si>
@@ -238,50 +238,62 @@
   <si>
     <t>RNCP38558</t>
   </si>
   <si>
     <t>TP Conducteur du transport routier de marchandises sur tous véhicules</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>RNCP38559</t>
   </si>
   <si>
     <t>RNCP38945</t>
   </si>
   <si>
     <t>Responsable en logistique</t>
   </si>
   <si>
     <t>26/04/2029</t>
   </si>
   <si>
     <t>26/04/2024</t>
   </si>
   <si>
+    <t>RNCP39742</t>
+  </si>
+  <si>
+    <t>Déclarant en douane et conseil</t>
+  </si>
+  <si>
+    <t>31/10/2029</t>
+  </si>
+  <si>
+    <t>31/10/2024</t>
+  </si>
+  <si>
     <t>RNCP39795</t>
   </si>
   <si>
     <t>31/12/2029</t>
   </si>
   <si>
     <t>RNCP39796</t>
   </si>
   <si>
     <t>RNCP40498</t>
   </si>
   <si>
     <t>28/07/2030</t>
   </si>
   <si>
     <t>RS5054</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - Recommandation 489 catégorie 3 – Chariots élévateurs frontaux en porte-à-faux</t>
   </si>
   <si>
     <t>27/11/2024</t>
   </si>
   <si>
     <t>27/01/2020</t>
@@ -512,56 +524,50 @@
     <t>RS5983</t>
   </si>
   <si>
     <t>Habilitation pour la conduite des véhicules de protection destinés à l'accompagnement des transports exceptionnels</t>
   </si>
   <si>
     <t>RS5984</t>
   </si>
   <si>
     <t>Habilitation pour la conduite des véhicules de guidage destinés à l'accompagnement des transports exceptionnels</t>
   </si>
   <si>
     <t>RS6800</t>
   </si>
   <si>
     <t>01/10/2029</t>
   </si>
   <si>
     <t>01/10/2024</t>
   </si>
   <si>
     <t>RS6866</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 489 catégorie 1A : transpalettes à conducteur porté sans élévation du poste de conduite</t>
-  </si>
-[...4 lines deleted...]
-    <t>31/10/2024</t>
   </si>
   <si>
     <t>RS6867</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 489 catégorie 1B : gerbeurs à conducteur porté à hauteur de levée &gt; 1,20 m</t>
   </si>
   <si>
     <t>RS6868</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 489 catégorie 2B : chariots tracteurs industriels</t>
   </si>
   <si>
     <t>RS6869</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 489 catégorie 3 – chariots élévateurs frontaux en porte-à-faux</t>
   </si>
   <si>
     <t>RS6870</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 489 catégorie 5 : chariots élévateurs à mat rétractable</t>
   </si>
@@ -1015,51 +1021,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H86"/>
+  <dimension ref="A1:H87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -1547,1512 +1553,1535 @@
       </c>
       <c r="C22" s="2" t="s">
         <v>71</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F22" s="2" t="s">
         <v>72</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B23" s="2" t="s">
         <v>74</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="2" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="G23" s="2" t="s">
-        <v>11</v>
+        <v>77</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B24" s="2" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B25" s="2" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="C25" s="2" t="s">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F25" s="2" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B26" s="2" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="C26" s="2" t="s">
-        <v>80</v>
+        <v>37</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="G26" s="2" t="s">
-        <v>82</v>
+        <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B27" s="2" t="s">
         <v>83</v>
       </c>
       <c r="C27" s="2" t="s">
         <v>84</v>
       </c>
       <c r="D27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F27" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G27" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B28" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="C28" s="2" t="s">
+        <v>88</v>
+      </c>
+      <c r="D28" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E28" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F28" s="2" t="s">
         <v>85</v>
       </c>
-      <c r="C28" s="2" t="s">
+      <c r="G28" s="2" t="s">
         <v>86</v>
-      </c>
-[...10 lines deleted...]
-        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F29" s="2" t="s">
-        <v>81</v>
+        <v>91</v>
       </c>
       <c r="G29" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B30" s="2" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G30" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B31" s="2" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C31" s="2" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E31" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F31" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G31" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B32" s="2" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="C32" s="2" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="D32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F32" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G32" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B33" s="2" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="C33" s="2" t="s">
-        <v>97</v>
+        <v>99</v>
       </c>
       <c r="D33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E33" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F33" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G33" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B34" s="2" t="s">
-        <v>98</v>
+        <v>100</v>
       </c>
       <c r="C34" s="2" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="D34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E34" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F34" s="2" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="G34" s="2" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B35" s="2" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C35" s="2" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E35" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F35" s="2" t="s">
-        <v>102</v>
+        <v>85</v>
       </c>
       <c r="G35" s="2" t="s">
-        <v>103</v>
+        <v>86</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B36" s="2" t="s">
         <v>104</v>
       </c>
       <c r="C36" s="2" t="s">
         <v>105</v>
       </c>
       <c r="D36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F36" s="2" t="s">
         <v>106</v>
       </c>
       <c r="G36" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B37" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="C37" s="2" t="s">
+        <v>109</v>
+      </c>
+      <c r="D37" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E37" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F37" s="2" t="s">
+        <v>110</v>
+      </c>
+      <c r="G37" s="2" t="s">
         <v>107</v>
-      </c>
-[...13 lines deleted...]
-        <v>103</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B38" s="2" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="C38" s="2" t="s">
+        <v>112</v>
+      </c>
+      <c r="D38" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E38" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F38" s="2" t="s">
         <v>110</v>
       </c>
-      <c r="D38" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G38" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B39" s="2" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C39" s="2" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E39" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F39" s="2" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="G39" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B40" s="2" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
       <c r="C40" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F40" s="2" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G40" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B41" s="2" t="s">
-        <v>115</v>
+        <v>117</v>
       </c>
       <c r="C41" s="2" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="D41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F41" s="2" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G41" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B42" s="2" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="C42" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E42" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F42" s="2" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G42" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B43" s="2" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C43" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F43" s="2" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="G43" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B44" s="2" t="s">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="C44" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E44" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F44" s="2" t="s">
-        <v>123</v>
+        <v>106</v>
       </c>
       <c r="G44" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B45" s="2" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="C45" s="2" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="D45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E45" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F45" s="2" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="G45" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B46" s="2" t="s">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="C46" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D46" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E46" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F46" s="2" t="s">
         <v>127</v>
       </c>
-      <c r="D46" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G46" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B47" s="2" t="s">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="C47" s="2" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E47" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F47" s="2" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G47" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B48" s="2" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C48" s="2" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="D48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E48" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F48" s="2" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G48" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B49" s="2" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="C49" s="2" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F49" s="2" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B50" s="2" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="C50" s="2" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="D50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E50" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F50" s="2" t="s">
-        <v>102</v>
+        <v>110</v>
       </c>
       <c r="G50" s="2" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B51" s="2" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C51" s="2" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
       <c r="D51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E51" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F51" s="2" t="s">
-        <v>138</v>
+        <v>106</v>
       </c>
       <c r="G51" s="2" t="s">
-        <v>11</v>
+        <v>107</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B52" s="2" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C52" s="2" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E52" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F52" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G52" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B53" s="2" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C53" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="D53" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E53" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F53" s="2" t="s">
         <v>142</v>
-      </c>
-[...7 lines deleted...]
-        <v>138</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B54" s="2" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="C54" s="2" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="D54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E54" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F54" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G54" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B55" s="2" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C55" s="2" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E55" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F55" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G55" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B56" s="2" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="C56" s="2" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="D56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E56" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F56" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G56" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B57" s="2" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="C57" s="2" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F57" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B58" s="2" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C58" s="2" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
       <c r="D58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F58" s="2" t="s">
-        <v>153</v>
+        <v>142</v>
       </c>
       <c r="G58" s="2" t="s">
-        <v>154</v>
+        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>155</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>156</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>138</v>
+        <v>157</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>11</v>
+        <v>158</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B61" s="2" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C61" s="2" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F61" s="2" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B62" s="2" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C62" s="2" t="s">
-        <v>86</v>
+        <v>164</v>
       </c>
       <c r="D62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E62" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F62" s="2" t="s">
-        <v>162</v>
+        <v>142</v>
       </c>
       <c r="G62" s="2" t="s">
-        <v>163</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B63" s="2" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C63" s="2" t="s">
-        <v>165</v>
+        <v>90</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>166</v>
       </c>
       <c r="G63" s="2" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B64" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C64" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E64" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F64" s="2" t="s">
-        <v>166</v>
+        <v>76</v>
       </c>
       <c r="G64" s="2" t="s">
-        <v>167</v>
+        <v>77</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B65" s="2" t="s">
         <v>170</v>
       </c>
       <c r="C65" s="2" t="s">
         <v>171</v>
       </c>
       <c r="D65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F65" s="2" t="s">
-        <v>166</v>
+        <v>76</v>
       </c>
       <c r="G65" s="2" t="s">
-        <v>167</v>
+        <v>77</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B66" s="2" t="s">
         <v>172</v>
       </c>
       <c r="C66" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>166</v>
+        <v>76</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>167</v>
+        <v>77</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B67" s="2" t="s">
         <v>174</v>
       </c>
       <c r="C67" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>166</v>
+        <v>76</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>167</v>
+        <v>77</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>176</v>
       </c>
       <c r="C68" s="2" t="s">
         <v>177</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>166</v>
+        <v>76</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>167</v>
+        <v>77</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>178</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>179</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F69" s="2" t="s">
-        <v>166</v>
+        <v>76</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>167</v>
+        <v>77</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C70" s="2" t="s">
-        <v>99</v>
+        <v>181</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="2" t="s">
-        <v>166</v>
+        <v>76</v>
       </c>
       <c r="G70" s="2" t="s">
-        <v>167</v>
+        <v>77</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B71" s="2" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="C71" s="2" t="s">
-        <v>182</v>
+        <v>103</v>
       </c>
       <c r="D71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E71" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F71" s="2" t="s">
-        <v>183</v>
+        <v>76</v>
       </c>
       <c r="G71" s="2" t="s">
-        <v>184</v>
+        <v>77</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B72" s="2" t="s">
+        <v>183</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="C72" s="2" t="s">
+      <c r="G72" s="2" t="s">
         <v>186</v>
-      </c>
-[...10 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="G73" s="2" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B74" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>190</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>191</v>
       </c>
-      <c r="C74" s="2" t="s">
+      <c r="G74" s="2" t="s">
         <v>192</v>
-      </c>
-[...10 lines deleted...]
-        <v>190</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B75" s="2" t="s">
         <v>193</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>108</v>
+        <v>194</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>105</v>
+        <v>112</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B77" s="2" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C77" s="2" t="s">
-        <v>196</v>
+        <v>109</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F77" s="2" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
       <c r="G77" s="2" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>197</v>
       </c>
       <c r="C78" s="2" t="s">
-        <v>125</v>
+        <v>198</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F78" s="2" t="s">
-        <v>198</v>
+        <v>191</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>199</v>
+        <v>192</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B79" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="C79" s="2" t="s">
+        <v>129</v>
+      </c>
+      <c r="D79" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E79" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F79" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="C79" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G79" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B80" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="C80" s="2" t="s">
+        <v>105</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F80" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="G80" s="2" t="s">
         <v>201</v>
-      </c>
-[...13 lines deleted...]
-        <v>199</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B81" s="2" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C81" s="2" t="s">
-        <v>114</v>
+        <v>116</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F81" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G81" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B82" s="2" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="C82" s="2" t="s">
-        <v>135</v>
+        <v>118</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>116</v>
+        <v>139</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F83" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B85" s="2" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="C85" s="2" t="s">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G85" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1">
         <v>30540504501015</v>
       </c>
       <c r="B86" s="2" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C86" s="2" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="D86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E86" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F86" s="2" t="s">
-        <v>198</v>
+        <v>200</v>
       </c>
       <c r="G86" s="2" t="s">
-        <v>199</v>
+        <v>201</v>
+      </c>
+    </row>
+    <row r="87" spans="1:8">
+      <c r="A87" s="1">
+        <v>30540504501015</v>
+      </c>
+      <c r="B87" s="2" t="s">
+        <v>209</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>126</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F87" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="G87" s="2" t="s">
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -3065,31 +3094,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/22/2025 11:08:06</dc:description>
+  <dc:description>Export en date du 01/09/2026 13:08:13</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>