--- v2 (2026-01-09)
+++ v3 (2026-02-24)
@@ -3094,31 +3094,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/09/2026 13:08:13</dc:description>
+  <dc:description>Export en date du 02/24/2026 14:24:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>