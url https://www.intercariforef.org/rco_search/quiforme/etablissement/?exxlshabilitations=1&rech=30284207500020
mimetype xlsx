--- v0 (2025-10-27)
+++ v1 (2025-12-12)
@@ -112,96 +112,96 @@
   <si>
     <t>21/04/2022</t>
   </si>
   <si>
     <t>RNCP35650</t>
   </si>
   <si>
     <t>TP Agent de restauration</t>
   </si>
   <si>
     <t>05/06/2024</t>
   </si>
   <si>
     <t>RNCP36638</t>
   </si>
   <si>
     <t>Cuisinier en restauration collective</t>
   </si>
   <si>
     <t>01/07/2024</t>
   </si>
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
-    <t>RNCP36788</t>
-[...7 lines deleted...]
-  <si>
     <t>RNCP37715</t>
   </si>
   <si>
     <t>TP Assistant de vie aux familles</t>
   </si>
   <si>
     <t>05/07/2028</t>
   </si>
   <si>
     <t>RNCP37872</t>
   </si>
   <si>
     <t>TP Agent de propreté et d'hygiène</t>
   </si>
   <si>
     <t>13/08/2028</t>
   </si>
   <si>
     <t>RNCP38623</t>
   </si>
   <si>
     <t>Cuisinier-gestionnaire en restauration collective</t>
   </si>
   <si>
     <t>09/02/2029</t>
   </si>
   <si>
     <t>09/02/2024</t>
   </si>
   <si>
     <t>RNCP38663</t>
   </si>
   <si>
     <t>TP Employé polyvalent en restauration</t>
   </si>
   <si>
     <t>04/06/2029</t>
+  </si>
+  <si>
+    <t>RNCP40313</t>
+  </si>
+  <si>
+    <t>TP Technicien de traitement des eaux</t>
+  </si>
+  <si>
+    <t>06/03/2027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -803,74 +803,74 @@
       </c>
       <c r="G10" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="11" spans="1:8">
       <c r="A11" s="1">
         <v>30284207500020</v>
       </c>
       <c r="B11" s="2" t="s">
         <v>38</v>
       </c>
       <c r="C11" s="2" t="s">
         <v>39</v>
       </c>
       <c r="D11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E11" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F11" s="2" t="s">
         <v>40</v>
       </c>
       <c r="G11" s="2" t="s">
-        <v>11</v>
+        <v>41</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="1">
         <v>30284207500020</v>
       </c>
       <c r="B12" s="2" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C12" s="2" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E12" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F12" s="2" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="G12" s="2" t="s">
-        <v>44</v>
+        <v>11</v>
       </c>
     </row>
     <row r="13" spans="1:8">
       <c r="A13" s="1">
         <v>30284207500020</v>
       </c>
       <c r="B13" s="2" t="s">
         <v>45</v>
       </c>
       <c r="C13" s="2" t="s">
         <v>46</v>
       </c>
       <c r="D13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F13" s="2" t="s">
         <v>47</v>
       </c>
       <c r="G13" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -906,31 +906,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/27/2025 04:55:44</dc:description>
+  <dc:description>Export en date du 12/12/2025 16:02:28</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>