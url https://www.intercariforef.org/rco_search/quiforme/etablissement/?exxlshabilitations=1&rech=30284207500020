--- v1 (2025-12-12)
+++ v2 (2026-02-14)
@@ -906,31 +906,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/12/2025 16:02:28</dc:description>
+  <dc:description>Export en date du 02/14/2026 02:39:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>