--- v0 (2025-11-30)
+++ v1 (2026-01-29)
@@ -7566,31 +7566,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/30/2025 11:36:15</dc:description>
+  <dc:description>Export en date du 01/29/2026 23:35:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>