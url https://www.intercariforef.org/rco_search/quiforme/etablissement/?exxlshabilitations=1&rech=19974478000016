--- v1 (2026-01-29)
+++ v2 (2026-03-31)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="474">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="492">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP18064</t>
   </si>
   <si>
@@ -1273,50 +1273,92 @@
   <si>
     <t>BUT Réseaux &amp; télécommunications : Développement système et Cloud</t>
   </si>
   <si>
     <t>RNCP41615</t>
   </si>
   <si>
     <t>BUT Réseaux &amp; télécommunications : Réseaux opérateurs et multimédia</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
+    <t>RNCP41922</t>
+  </si>
+  <si>
+    <t>Titre ingénieur Ingénieur diplômé de l'école supérieure d'ingénieurs Réunion océan Indien de l'université de La Réunion, spécialité informatique</t>
+  </si>
+  <si>
+    <t>RNCP41923</t>
+  </si>
+  <si>
+    <t>Titre ingénieur Ingénieur diplômé de l'école supérieure d'ingénieurs Réunion océan Indien de l'université de La Réunion, spécialité agroalimentaire</t>
+  </si>
+  <si>
+    <t>RNCP41926</t>
+  </si>
+  <si>
+    <t>Titre ingénieur Ingénieur diplômé de l'école supérieure d'ingénieurs Réunion océan Indien de l'Université de La Réunion, spécialité bâtiment et énergie</t>
+  </si>
+  <si>
+    <t>RNCP41930</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41932</t>
+  </si>
+  <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
+    <t>RNCP42014</t>
+  </si>
+  <si>
+    <t>14/07/2031</t>
+  </si>
+  <si>
     <t>RS2566</t>
   </si>
   <si>
     <t>Test WiDaF</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS3551</t>
   </si>
   <si>
     <t>Formation civile et civique</t>
   </si>
   <si>
     <t>RS3807</t>
   </si>
   <si>
     <t>Pix</t>
   </si>
   <si>
     <t>RS5404</t>
@@ -1436,50 +1478,62 @@
     <t>CLES B2 Russe - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS6703</t>
   </si>
   <si>
     <t>CLES C1 Russe - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>19/07/2027</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
+  </si>
+  <si>
+    <t>RS7013</t>
+  </si>
+  <si>
+    <t>Certification en langue française Le Robert</t>
+  </si>
+  <si>
+    <t>31/01/2030</t>
+  </si>
+  <si>
+    <t>31/01/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -1813,51 +1867,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H247"/>
+  <dimension ref="A1:H257"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -7040,520 +7094,750 @@
       </c>
       <c r="D226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F226" s="2" t="s">
         <v>268</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B227" s="2" t="s">
         <v>419</v>
       </c>
       <c r="C227" s="2" t="s">
         <v>420</v>
       </c>
       <c r="D227" s="2" t="s">
-        <v>421</v>
+        <v>9</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>422</v>
+        <v>384</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>423</v>
+        <v>421</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>424</v>
+        <v>422</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>422</v>
+        <v>384</v>
       </c>
       <c r="G228" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>425</v>
+        <v>423</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="D229" s="2" t="s">
-        <v>421</v>
+        <v>9</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>422</v>
+        <v>384</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>427</v>
+        <v>425</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>428</v>
+        <v>260</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>430</v>
+        <v>11</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>432</v>
+        <v>92</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>430</v>
+        <v>11</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>434</v>
+        <v>258</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>430</v>
+        <v>11</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>436</v>
+        <v>262</v>
       </c>
       <c r="D233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>429</v>
+        <v>426</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>430</v>
+        <v>11</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>437</v>
+        <v>430</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>438</v>
+        <v>256</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>439</v>
+        <v>426</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>440</v>
+        <v>11</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>442</v>
+        <v>246</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>443</v>
+        <v>432</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>444</v>
+        <v>11</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>445</v>
+        <v>433</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="D236" s="2" t="s">
-        <v>9</v>
+        <v>435</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>444</v>
+        <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>446</v>
+        <v>437</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>444</v>
+        <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="C238" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="E238" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F238" s="2" t="s">
         <v>436</v>
       </c>
-      <c r="D238" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G238" s="2" t="s">
-        <v>444</v>
+        <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>448</v>
+        <v>441</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>449</v>
+        <v>442</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>452</v>
+        <v>445</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>453</v>
+        <v>446</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>454</v>
+        <v>447</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>455</v>
+        <v>448</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>456</v>
+        <v>449</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>457</v>
+        <v>450</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>450</v>
+        <v>443</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>451</v>
+        <v>444</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>458</v>
+        <v>451</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>459</v>
+        <v>452</v>
       </c>
       <c r="D243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>465</v>
+        <v>442</v>
       </c>
       <c r="D245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>466</v>
+        <v>460</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>467</v>
+        <v>448</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>468</v>
+        <v>457</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>469</v>
+        <v>458</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1">
         <v>19974478000016</v>
       </c>
       <c r="B247" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E247" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F247" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>458</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" s="1">
+        <v>19974478000016</v>
+      </c>
+      <c r="B248" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="C248" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E248" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="249" spans="1:8">
+      <c r="A249" s="1">
+        <v>19974478000016</v>
+      </c>
+      <c r="B249" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="C249" s="2" t="s">
+        <v>467</v>
+      </c>
+      <c r="D249" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E249" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F249" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="G249" s="2" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="250" spans="1:8">
+      <c r="A250" s="1">
+        <v>19974478000016</v>
+      </c>
+      <c r="B250" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="C250" s="2" t="s">
+        <v>469</v>
+      </c>
+      <c r="D250" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E250" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F250" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="G250" s="2" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="251" spans="1:8">
+      <c r="A251" s="1">
+        <v>19974478000016</v>
+      </c>
+      <c r="B251" s="2" t="s">
         <v>470</v>
       </c>
-      <c r="C247" s="2" t="s">
+      <c r="C251" s="2" t="s">
         <v>471</v>
       </c>
-      <c r="D247" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F247" s="2" t="s">
+      <c r="D251" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E251" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F251" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="G251" s="2" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="252" spans="1:8">
+      <c r="A252" s="1">
+        <v>19974478000016</v>
+      </c>
+      <c r="B252" s="2" t="s">
         <v>472</v>
       </c>
-      <c r="G247" s="2" t="s">
+      <c r="C252" s="2" t="s">
         <v>473</v>
+      </c>
+      <c r="D252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E252" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F252" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="G252" s="2" t="s">
+        <v>465</v>
+      </c>
+    </row>
+    <row r="253" spans="1:8">
+      <c r="A253" s="1">
+        <v>19974478000016</v>
+      </c>
+      <c r="B253" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="C253" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="D253" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E253" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F253" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="G253" s="2" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="254" spans="1:8">
+      <c r="A254" s="1">
+        <v>19974478000016</v>
+      </c>
+      <c r="B254" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="C254" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="D254" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E254" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F254" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="G254" s="2" t="s">
+        <v>477</v>
+      </c>
+    </row>
+    <row r="255" spans="1:8">
+      <c r="A255" s="1">
+        <v>19974478000016</v>
+      </c>
+      <c r="B255" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="C255" s="2" t="s">
+        <v>481</v>
+      </c>
+      <c r="D255" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E255" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F255" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="G255" s="2" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="256" spans="1:8">
+      <c r="A256" s="1">
+        <v>19974478000016</v>
+      </c>
+      <c r="B256" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="C256" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="D256" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="E256" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F256" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="G256" s="2" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="257" spans="1:8">
+      <c r="A257" s="1">
+        <v>19974478000016</v>
+      </c>
+      <c r="B257" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="C257" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D257" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E257" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F257" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="G257" s="2" t="s">
+        <v>491</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -7566,31 +7850,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/29/2026 23:35:27</dc:description>
+  <dc:description>Export en date du 03/31/2026 05:03:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>