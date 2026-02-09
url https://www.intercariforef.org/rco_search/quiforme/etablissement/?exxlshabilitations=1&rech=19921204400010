--- v0 (2025-12-07)
+++ v1 (2026-02-09)
@@ -9482,51 +9482,51 @@
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>592</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>593</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>594</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>595</v>
       </c>
       <c r="D317" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>596</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>597</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
@@ -9548,31 +9548,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/07/2025 14:38:32</dc:description>
+  <dc:description>Export en date du 02/09/2026 04:15:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>