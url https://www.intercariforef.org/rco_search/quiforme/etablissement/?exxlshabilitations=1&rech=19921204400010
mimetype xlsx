--- v1 (2026-02-09)
+++ v2 (2026-03-26)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="598">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="609">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP14529</t>
   </si>
   <si>
@@ -1675,50 +1675,71 @@
   <si>
     <t>BUT Génie mécanique et productique : Simulation numérique et réalité virtuelle</t>
   </si>
   <si>
     <t>RNCP41604</t>
   </si>
   <si>
     <t>BUT Métiers de la transition et de l'efficacité énergétiques : Management de l’énergie pour le bâtiment et l’industrie</t>
   </si>
   <si>
     <t>RNCP41605</t>
   </si>
   <si>
     <t>BUT Métiers de la transition et de l'efficacité énergétiques : Optimisation énergétique pour le bâtiment et l’industrie</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
+    <t>RNCP41945</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41946</t>
+  </si>
+  <si>
+    <t>RNCP41947</t>
+  </si>
+  <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
     <t>RS1831</t>
   </si>
   <si>
     <t>Test de Connaissance du Français « tout public » (TCF « tout public » ou TCF TP)</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS5404</t>
   </si>
   <si>
     <t>CLES B2 Anglais - Certificat de compétences en langues de l'enseignement supérieur</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5405</t>
   </si>
   <si>
     <t>CLES B1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
@@ -1808,50 +1829,62 @@
     <t>CLES B2 Russe - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS6703</t>
   </si>
   <si>
     <t>CLES C1 Russe - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>19/07/2027</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
+  </si>
+  <si>
+    <t>RS7491</t>
+  </si>
+  <si>
+    <t>Interventions en prévention et protection de l’enfance</t>
+  </si>
+  <si>
+    <t>28/01/2029</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2185,51 +2218,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H317"/>
+  <dimension ref="A1:H324"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -9088,454 +9121,615 @@
       </c>
       <c r="C299" s="2" t="s">
         <v>320</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F299" s="2" t="s">
         <v>530</v>
       </c>
       <c r="G299" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B300" s="2" t="s">
         <v>553</v>
       </c>
       <c r="C300" s="2" t="s">
+        <v>114</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E300" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F300" s="2" t="s">
         <v>554</v>
-      </c>
-[...7 lines deleted...]
-        <v>555</v>
       </c>
       <c r="G300" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>556</v>
+        <v>555</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>557</v>
+        <v>112</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>559</v>
+        <v>11</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>561</v>
+        <v>360</v>
       </c>
       <c r="D302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>559</v>
+        <v>11</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>563</v>
+        <v>362</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="G303" s="2" t="s">
-        <v>559</v>
+        <v>11</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>564</v>
+        <v>558</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>565</v>
+        <v>366</v>
       </c>
       <c r="D304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="G304" s="2" t="s">
-        <v>559</v>
+        <v>11</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>567</v>
+        <v>358</v>
       </c>
       <c r="D305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>558</v>
+        <v>554</v>
       </c>
       <c r="G305" s="2" t="s">
-        <v>559</v>
+        <v>11</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>568</v>
+        <v>560</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>569</v>
+        <v>561</v>
       </c>
       <c r="D306" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>558</v>
+        <v>562</v>
       </c>
       <c r="G306" s="2" t="s">
-        <v>559</v>
+        <v>11</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>570</v>
+        <v>563</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>571</v>
+        <v>564</v>
       </c>
       <c r="D307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>572</v>
+        <v>565</v>
       </c>
       <c r="G307" s="2" t="s">
-        <v>573</v>
+        <v>566</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>574</v>
+        <v>567</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>575</v>
+        <v>568</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>576</v>
+        <v>565</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>577</v>
+        <v>566</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>578</v>
+        <v>569</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>557</v>
+        <v>570</v>
       </c>
       <c r="D309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>576</v>
+        <v>565</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>577</v>
+        <v>566</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="C310" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E310" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F310" s="2" t="s">
         <v>565</v>
       </c>
-      <c r="D310" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G310" s="2" t="s">
-        <v>577</v>
+        <v>566</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>580</v>
+        <v>573</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>576</v>
+        <v>565</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>577</v>
+        <v>566</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>563</v>
+        <v>576</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>576</v>
+        <v>565</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>577</v>
+        <v>566</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>582</v>
+        <v>577</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>569</v>
+        <v>578</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B314" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="C314" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="D314" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E314" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F314" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="G314" s="2" t="s">
         <v>584</v>
-      </c>
-[...13 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>589</v>
+        <v>564</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="G315" s="2" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>591</v>
+        <v>572</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>592</v>
+        <v>583</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>593</v>
+        <v>584</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>19921204400010</v>
       </c>
       <c r="B317" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="C317" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F317" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" s="1">
+        <v>19921204400010</v>
+      </c>
+      <c r="B318" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="C318" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="D318" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E318" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F318" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="G318" s="2" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" s="1">
+        <v>19921204400010</v>
+      </c>
+      <c r="B319" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="C319" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E319" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F319" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="G319" s="2" t="s">
+        <v>584</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" s="1">
+        <v>19921204400010</v>
+      </c>
+      <c r="B320" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="C320" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="D320" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E320" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="G320" s="2" t="s">
         <v>594</v>
       </c>
-      <c r="C317" s="2" t="s">
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="1">
+        <v>19921204400010</v>
+      </c>
+      <c r="B321" s="2" t="s">
         <v>595</v>
       </c>
-      <c r="D317" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F317" s="2" t="s">
+      <c r="C321" s="2" t="s">
         <v>596</v>
       </c>
-      <c r="G317" s="2" t="s">
+      <c r="D321" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E321" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F321" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="G321" s="2" t="s">
+        <v>594</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" s="1">
+        <v>19921204400010</v>
+      </c>
+      <c r="B322" s="2" t="s">
         <v>597</v>
+      </c>
+      <c r="C322" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="D322" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E322" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F322" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="G322" s="2" t="s">
+        <v>600</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" s="1">
+        <v>19921204400010</v>
+      </c>
+      <c r="B323" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="C323" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="D323" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E323" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F323" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="G323" s="2" t="s">
+        <v>604</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" s="1">
+        <v>19921204400010</v>
+      </c>
+      <c r="B324" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="C324" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="D324" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E324" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F324" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="G324" s="2" t="s">
+        <v>608</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -9548,31 +9742,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/09/2026 04:15:34</dc:description>
+  <dc:description>Export en date du 03/26/2026 07:20:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>