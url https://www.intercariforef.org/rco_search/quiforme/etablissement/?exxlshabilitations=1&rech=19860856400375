--- v0 (2025-12-14)
+++ v1 (2026-02-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="714">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="720">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP15159</t>
   </si>
   <si>
@@ -1996,50 +1996,56 @@
   <si>
     <t>BUT Science des données : Visualisation, conception d'outils décisionnels</t>
   </si>
   <si>
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
+  </si>
+  <si>
     <t>RS3807</t>
   </si>
   <si>
     <t>Pix</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS5399</t>
   </si>
   <si>
     <t>Organisation des activités et des évènements d’une structure sportive</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5404</t>
   </si>
   <si>
     <t>CLES B2 Anglais - Certificat de compétences en langues de l'enseignement supérieur</t>
@@ -2156,50 +2162,62 @@
     <t>RS6596</t>
   </si>
   <si>
     <t>RS6597</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS7244</t>
   </si>
   <si>
     <t>Signaler des collections en bibliothèque</t>
   </si>
   <si>
     <t>24/09/2030</t>
+  </si>
+  <si>
+    <t>RS7495</t>
+  </si>
+  <si>
+    <t>Concevoir et délivrer à l'officine des dispositifs orthopédiques (DU)</t>
+  </si>
+  <si>
+    <t>28/01/2031</t>
+  </si>
+  <si>
+    <t>28/01/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2533,51 +2551,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H374"/>
+  <dimension ref="A1:H376"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -10540,661 +10558,707 @@
       </c>
       <c r="C347" s="2" t="s">
         <v>358</v>
       </c>
       <c r="D347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F347" s="2" t="s">
         <v>452</v>
       </c>
       <c r="G347" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B348" s="2" t="s">
         <v>660</v>
       </c>
       <c r="C348" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="D348" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E348" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F348" s="2" t="s">
         <v>661</v>
-      </c>
-[...7 lines deleted...]
-        <v>662</v>
       </c>
       <c r="G348" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B349" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="C349" s="2" t="s">
         <v>663</v>
       </c>
-      <c r="C349" s="2" t="s">
+      <c r="D349" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E349" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F349" s="2" t="s">
         <v>664</v>
       </c>
-      <c r="D349" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G349" s="2" t="s">
-        <v>666</v>
+        <v>12</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B350" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="C350" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="D350" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E350" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F350" s="2" t="s">
         <v>667</v>
       </c>
-      <c r="C350" s="2" t="s">
+      <c r="G350" s="2" t="s">
         <v>668</v>
-      </c>
-[...10 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>669</v>
       </c>
       <c r="C351" s="2" t="s">
         <v>670</v>
       </c>
       <c r="D351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G351" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>671</v>
       </c>
       <c r="C352" s="2" t="s">
         <v>672</v>
       </c>
       <c r="D352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G352" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B353" s="2" t="s">
         <v>673</v>
       </c>
       <c r="C353" s="2" t="s">
         <v>674</v>
       </c>
       <c r="D353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G353" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>675</v>
       </c>
       <c r="C354" s="2" t="s">
         <v>676</v>
       </c>
       <c r="D354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G354" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>677</v>
       </c>
       <c r="C355" s="2" t="s">
         <v>678</v>
       </c>
       <c r="D355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G355" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>679</v>
       </c>
       <c r="C356" s="2" t="s">
         <v>680</v>
       </c>
       <c r="D356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G356" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B357" s="2" t="s">
         <v>681</v>
       </c>
       <c r="C357" s="2" t="s">
         <v>682</v>
       </c>
       <c r="D357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G357" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>683</v>
       </c>
       <c r="C358" s="2" t="s">
         <v>684</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>685</v>
       </c>
       <c r="C359" s="2" t="s">
         <v>686</v>
       </c>
       <c r="D359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G359" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>687</v>
       </c>
       <c r="C360" s="2" t="s">
         <v>688</v>
       </c>
       <c r="D360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>689</v>
       </c>
       <c r="C361" s="2" t="s">
         <v>690</v>
       </c>
       <c r="D361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>691</v>
+        <v>667</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>692</v>
+        <v>668</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B362" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="C362" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="D362" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E362" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F362" s="2" t="s">
         <v>693</v>
       </c>
-      <c r="C362" s="2" t="s">
+      <c r="G362" s="2" t="s">
         <v>694</v>
-      </c>
-[...10 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B363" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="C363" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="D363" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E363" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F363" s="2" t="s">
         <v>697</v>
       </c>
-      <c r="C363" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G363" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B364" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="C364" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="D364" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E364" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F364" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="G364" s="2" t="s">
         <v>698</v>
-      </c>
-[...13 lines deleted...]
-        <v>696</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="C365" s="2" t="s">
         <v>676</v>
       </c>
       <c r="D365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G365" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="D366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G366" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="D367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G367" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B368" s="2" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>678</v>
+        <v>686</v>
       </c>
       <c r="D368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G368" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="D369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>672</v>
+        <v>684</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G370" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>686</v>
+        <v>674</v>
       </c>
       <c r="D371" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G371" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C372" s="2" t="s">
         <v>688</v>
       </c>
       <c r="D372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>695</v>
+        <v>697</v>
       </c>
       <c r="G372" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>708</v>
+        <v>690</v>
       </c>
       <c r="D373" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>709</v>
+        <v>697</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>710</v>
+        <v>698</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1">
         <v>19860856400375</v>
       </c>
       <c r="B374" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="C374" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="D374" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E374" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F374" s="2" t="s">
         <v>711</v>
       </c>
-      <c r="C374" s="2" t="s">
+      <c r="G374" s="2" t="s">
         <v>712</v>
       </c>
-      <c r="D374" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E374" s="2" t="s">
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" s="1">
+        <v>19860856400375</v>
+      </c>
+      <c r="B375" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="C375" s="2" t="s">
+        <v>714</v>
+      </c>
+      <c r="D375" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E375" s="2" t="s">
         <v>10</v>
       </c>
-      <c r="F374" s="2" t="s">
-[...2 lines deleted...]
-      <c r="G374" s="2" t="s">
+      <c r="F375" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="G375" s="2" t="s">
         <v>610</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" s="1">
+        <v>19860856400375</v>
+      </c>
+      <c r="B376" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="C376" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="D376" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E376" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F376" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="G376" s="2" t="s">
+        <v>719</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -11207,31 +11271,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/14/2025 12:55:46</dc:description>
+  <dc:description>Export en date du 02/13/2026 16:08:51</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>