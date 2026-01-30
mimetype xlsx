--- v0 (2025-10-16)
+++ v1 (2026-01-30)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="480">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="490">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -1276,50 +1276,62 @@
   <si>
     <t>RS6201</t>
   </si>
   <si>
     <t>RS6202</t>
   </si>
   <si>
     <t>RS6203</t>
   </si>
   <si>
     <t>RS6204</t>
   </si>
   <si>
     <t>RS6205</t>
   </si>
   <si>
     <t>RS6206</t>
   </si>
   <si>
     <t>RS6207</t>
   </si>
   <si>
     <t>RS6208</t>
   </si>
   <si>
+    <t>RS6289</t>
+  </si>
+  <si>
+    <t>Certification bureautique Excel</t>
+  </si>
+  <si>
+    <t>27/03/2026</t>
+  </si>
+  <si>
+    <t>27/03/2023</t>
+  </si>
+  <si>
     <t>RS6866</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 489 catégorie 1A : transpalettes à conducteur porté sans élévation du poste de conduite</t>
   </si>
   <si>
     <t>31/10/2029</t>
   </si>
   <si>
     <t>31/10/2024</t>
   </si>
   <si>
     <t>RS6869</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 489 catégorie 3 – chariots élévateurs frontaux en porte-à-faux</t>
   </si>
   <si>
     <t>RS6870</t>
   </si>
   <si>
     <t>Certificat d'aptitude à conduire en sécurité (CACES) - recommandation 489 catégorie 5 : chariots élévateurs à mat rétractable</t>
   </si>
   <si>
     <t>RS6893</t>
@@ -1393,105 +1405,123 @@
   <si>
     <t>RS6962</t>
   </si>
   <si>
     <t>Programmer et automatiser des tâches avec Python (Tosa)</t>
   </si>
   <si>
     <t>RS6963</t>
   </si>
   <si>
     <t>Automatiser des processus dans les applications Microsoft Office avec VBA (Tosa)</t>
   </si>
   <si>
     <t>RS6964</t>
   </si>
   <si>
     <t>Rédiger et mettre en forme des documents professionnels avec Word (Tosa)</t>
   </si>
   <si>
     <t>RS6965</t>
   </si>
   <si>
     <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
   </si>
   <si>
+    <t>RS7000</t>
+  </si>
+  <si>
+    <t>Certificat d'aptitude à conduire en sécurité (CACES) Recommandation 486A catégorie A : PEMP à élévation verticale</t>
+  </si>
+  <si>
+    <t>18/12/2029</t>
+  </si>
+  <si>
     <t>RS7003</t>
   </si>
   <si>
     <t>Certification socle de compétences et de connaissances professionnelles (CléA)</t>
   </si>
   <si>
-    <t>18/12/2029</t>
-[...1 lines deleted...]
-  <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
     <t>RS715</t>
   </si>
   <si>
     <t>Certificat de sauveteur secouriste du travail</t>
   </si>
   <si>
     <t>RS720</t>
   </si>
   <si>
     <t>Certificat de formateur en sauvetage secourisme du travail</t>
   </si>
   <si>
     <t>RS723</t>
   </si>
   <si>
     <t>Maintien et actualisation de ses compétences (MAC) de formateur SST</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RS727</t>
   </si>
   <si>
     <t>Maintenir et actualiser ses compétences de sauveteur secouriste du travail</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1831,51 +1861,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H188"/>
+  <dimension ref="A1:H191"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5635,585 +5665,654 @@
       </c>
       <c r="E164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F164" s="2" t="s">
         <v>401</v>
       </c>
       <c r="G164" s="2" t="s">
         <v>402</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B165" s="2" t="s">
         <v>420</v>
       </c>
       <c r="C165" s="2" t="s">
         <v>421</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E165" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F165" s="2" t="s">
         <v>422</v>
       </c>
       <c r="G165" s="2" t="s">
         <v>423</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B166" s="2" t="s">
         <v>424</v>
       </c>
       <c r="C166" s="2" t="s">
         <v>425</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>422</v>
+        <v>426</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>423</v>
+        <v>427</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B167" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F167" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="C167" s="2" t="s">
+      <c r="G167" s="2" t="s">
         <v>427</v>
-      </c>
-[...10 lines deleted...]
-        <v>423</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>429</v>
+        <v>431</v>
       </c>
       <c r="D168" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B169" s="2" t="s">
         <v>432</v>
       </c>
       <c r="C169" s="2" t="s">
         <v>433</v>
       </c>
       <c r="D169" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F169" s="2" t="s">
         <v>434</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>431</v>
+        <v>435</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B170" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="C170" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="D170" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E170" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F170" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="G170" s="2" t="s">
         <v>435</v>
-      </c>
-[...13 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B171" s="2" t="s">
         <v>439</v>
       </c>
       <c r="C171" s="2" t="s">
         <v>440</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B172" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="C172" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="D172" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E172" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F172" s="2" t="s">
         <v>441</v>
       </c>
-      <c r="C172" s="2" t="s">
+      <c r="G172" s="2" t="s">
         <v>442</v>
-      </c>
-[...10 lines deleted...]
-        <v>438</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B174" s="2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="C174" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="D174" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G174" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>457</v>
+        <v>459</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>458</v>
+        <v>460</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>459</v>
+        <v>461</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>460</v>
+        <v>462</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>461</v>
+        <v>441</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>438</v>
+        <v>442</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>465</v>
+        <v>442</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>466</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>467</v>
       </c>
       <c r="D183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>276</v>
+        <v>465</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>11</v>
+        <v>442</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B184" s="2" t="s">
         <v>468</v>
       </c>
       <c r="C184" s="2" t="s">
         <v>469</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>276</v>
+        <v>470</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>11</v>
+        <v>471</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F185" s="2" t="s">
         <v>276</v>
       </c>
       <c r="G185" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>473</v>
+        <v>475</v>
       </c>
       <c r="D186" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>474</v>
+        <v>276</v>
       </c>
       <c r="G186" s="2" t="s">
-        <v>475</v>
+        <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>476</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>477</v>
       </c>
       <c r="D187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F187" s="2" t="s">
         <v>276</v>
       </c>
       <c r="G187" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>19860037100043</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>478</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>479</v>
       </c>
       <c r="D188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F188" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="G188" s="2" t="s">
+        <v>481</v>
+      </c>
+    </row>
+    <row r="189" spans="1:8">
+      <c r="A189" s="1">
+        <v>19860037100043</v>
+      </c>
+      <c r="B189" s="2" t="s">
+        <v>482</v>
+      </c>
+      <c r="C189" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="D189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E189" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F189" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="G188" s="2" t="s">
+      <c r="G189" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" s="1">
+        <v>19860037100043</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>485</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>486</v>
+      </c>
+      <c r="G190" s="2" t="s">
+        <v>487</v>
+      </c>
+    </row>
+    <row r="191" spans="1:8">
+      <c r="A191" s="1">
+        <v>19860037100043</v>
+      </c>
+      <c r="B191" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="C191" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E191" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F191" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="G191" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -6227,31 +6326,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/16/2025 17:23:49</dc:description>
+  <dc:description>Export en date du 01/30/2026 10:37:07</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>