--- v0 (2025-11-25)
+++ v1 (2026-01-30)
@@ -97,51 +97,51 @@
   <si>
     <t>31/12/2028</t>
   </si>
   <si>
     <t>RNCP38343</t>
   </si>
   <si>
     <t>DEEA DEEA - Diplôme d'études en architecture</t>
   </si>
   <si>
     <t>RNCP39558</t>
   </si>
   <si>
     <t>Grade_Licence Concepteur en modélisation des informations du bâtiment (« building information modeling ») en sciences et techniques pour l’architecture</t>
   </si>
   <si>
     <t>31/08/2029</t>
   </si>
   <si>
     <t>RNCP41539</t>
   </si>
   <si>
     <t>Grade_Licence Technicien, coordinateur et accompagnateur à la rénovation énergétique</t>
   </si>
   <si>
-    <t>31/08/2031</t>
+    <t>31/08/2030</t>
   </si>
   <si>
     <t>RS6331</t>
   </si>
   <si>
     <t>Programmation stratégique en architecture, urbanisme, génie urbain</t>
   </si>
   <si>
     <t>19/07/2026</t>
   </si>
   <si>
     <t>19/07/2023</t>
   </si>
   <si>
     <t>RS6535</t>
   </si>
   <si>
     <t>Habilitation à l'exercice de la maîtrise d'œuvre en son nom propre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -795,31 +795,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/25/2025 03:58:31</dc:description>
+  <dc:description>Export en date du 01/30/2026 15:48:10</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>