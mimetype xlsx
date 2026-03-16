--- v1 (2026-01-30)
+++ v2 (2026-03-16)
@@ -795,31 +795,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/30/2026 15:48:10</dc:description>
+  <dc:description>Export en date du 03/16/2026 21:25:35</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>