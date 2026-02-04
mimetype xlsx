--- v0 (2025-11-03)
+++ v1 (2026-02-04)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="364">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="378">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP24240</t>
   </si>
   <si>
@@ -974,50 +974,92 @@
     <t>RNCP40740</t>
   </si>
   <si>
     <t>RNCP40794</t>
   </si>
   <si>
     <t>MASTER Histoire (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>RNCP40982</t>
   </si>
   <si>
     <t>MASTER Géomatique (fiche nationale)</t>
   </si>
   <si>
     <t>30/06/2030</t>
   </si>
   <si>
     <t>RNCP41258</t>
   </si>
   <si>
     <t>31/08/2030</t>
+  </si>
+  <si>
+    <t>RNCP41543</t>
+  </si>
+  <si>
+    <t>31/08/2027</t>
+  </si>
+  <si>
+    <t>RNCP41544</t>
+  </si>
+  <si>
+    <t>RNCP41548</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Administration et justice</t>
+  </si>
+  <si>
+    <t>RNCP41549</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Entreprise et association</t>
+  </si>
+  <si>
+    <t>RNCP41550</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Patrimoine et finance</t>
+  </si>
+  <si>
+    <t>RNCP41560</t>
+  </si>
+  <si>
+    <t>RNCP41561</t>
+  </si>
+  <si>
+    <t>RNCP41598</t>
+  </si>
+  <si>
+    <t>RNCP41599</t>
+  </si>
+  <si>
+    <t>BUT Gestion administrative et commerciale des organisations : Management responsable de projet et entrepreneuriat</t>
   </si>
   <si>
     <t>RS3551</t>
   </si>
   <si>
     <t>Formation civile et civique</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS3807</t>
   </si>
   <si>
     <t>Pix</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>RS5404</t>
   </si>
   <si>
     <t>CLES B2 Anglais - Certificat de compétences en langues de l'enseignement supérieur</t>
   </si>
@@ -1483,51 +1525,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H198"/>
+  <dimension ref="A1:H207"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5580,523 +5622,730 @@
       </c>
       <c r="C177" s="2" t="s">
         <v>173</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F177" s="2" t="s">
         <v>319</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C178" s="2" t="s">
+        <v>187</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F178" s="2" t="s">
         <v>321</v>
-      </c>
-[...7 lines deleted...]
-        <v>322</v>
       </c>
       <c r="G178" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>323</v>
+        <v>322</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>324</v>
+        <v>184</v>
       </c>
       <c r="D179" s="2" t="s">
-        <v>325</v>
+        <v>9</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>322</v>
+        <v>321</v>
       </c>
       <c r="G179" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B180" s="2" t="s">
-        <v>326</v>
+        <v>323</v>
       </c>
       <c r="C180" s="2" t="s">
-        <v>327</v>
+        <v>324</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>334</v>
+        <v>329</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>335</v>
+        <v>195</v>
       </c>
       <c r="D183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>337</v>
+        <v>191</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>338</v>
+        <v>331</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>339</v>
+        <v>193</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="D186" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>328</v>
+        <v>321</v>
       </c>
       <c r="G186" s="2" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>343</v>
+        <v>335</v>
       </c>
       <c r="D187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>344</v>
+        <v>337</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>345</v>
+        <v>338</v>
       </c>
       <c r="D188" s="2" t="s">
-        <v>9</v>
+        <v>339</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>328</v>
+        <v>336</v>
       </c>
       <c r="G188" s="2" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="D189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="G189" s="2" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>327</v>
+        <v>345</v>
       </c>
       <c r="D190" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="G190" s="2" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>353</v>
+        <v>346</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>335</v>
+        <v>347</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="G191" s="2" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>337</v>
+        <v>349</v>
       </c>
       <c r="D192" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="G192" s="2" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>341</v>
+        <v>351</v>
       </c>
       <c r="D193" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>345</v>
+        <v>353</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="G194" s="2" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="G195" s="2" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>358</v>
+        <v>356</v>
       </c>
       <c r="C196" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="D196" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E196" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F196" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="G196" s="2" t="s">
         <v>343</v>
-      </c>
-[...10 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B197" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="C197" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="C197" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D197" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>351</v>
+        <v>342</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>352</v>
+        <v>343</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1">
         <v>19692437700282</v>
       </c>
       <c r="B198" s="2" t="s">
         <v>360</v>
       </c>
       <c r="C198" s="2" t="s">
         <v>361</v>
       </c>
       <c r="D198" s="2" t="s">
-        <v>325</v>
+        <v>9</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>362</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>363</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" s="1">
+        <v>19692437700282</v>
+      </c>
+      <c r="B199" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="C199" s="2" t="s">
+        <v>341</v>
+      </c>
+      <c r="D199" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E199" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F199" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="G199" s="2" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" s="1">
+        <v>19692437700282</v>
+      </c>
+      <c r="B200" s="2" t="s">
+        <v>367</v>
+      </c>
+      <c r="C200" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="D200" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E200" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F200" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="G200" s="2" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" s="1">
+        <v>19692437700282</v>
+      </c>
+      <c r="B201" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="C201" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="D201" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E201" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F201" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="G201" s="2" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" s="1">
+        <v>19692437700282</v>
+      </c>
+      <c r="B202" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="C202" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="D202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F202" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="G202" s="2" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" s="1">
+        <v>19692437700282</v>
+      </c>
+      <c r="B203" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="C203" s="2" t="s">
+        <v>359</v>
+      </c>
+      <c r="D203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F203" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="G203" s="2" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" s="1">
+        <v>19692437700282</v>
+      </c>
+      <c r="B204" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="C204" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="D204" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E204" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F204" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="G204" s="2" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" s="1">
+        <v>19692437700282</v>
+      </c>
+      <c r="B205" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="C205" s="2" t="s">
+        <v>357</v>
+      </c>
+      <c r="D205" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E205" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F205" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="G205" s="2" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" s="1">
+        <v>19692437700282</v>
+      </c>
+      <c r="B206" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="C206" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D206" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E206" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F206" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="G206" s="2" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" s="1">
+        <v>19692437700282</v>
+      </c>
+      <c r="B207" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="C207" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="D207" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="E207" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F207" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="G207" s="2" t="s">
+        <v>377</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -6109,31 +6358,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/03/2025 10:11:14</dc:description>
+  <dc:description>Export en date du 02/04/2026 15:21:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>