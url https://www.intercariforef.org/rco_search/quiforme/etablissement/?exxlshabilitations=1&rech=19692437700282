--- v1 (2026-02-04)
+++ v2 (2026-03-22)
@@ -6358,31 +6358,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/04/2026 15:21:46</dc:description>
+  <dc:description>Export en date du 03/22/2026 08:24:32</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>