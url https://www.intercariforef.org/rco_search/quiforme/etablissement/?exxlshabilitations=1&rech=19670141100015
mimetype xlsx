--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="36">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP36248</t>
   </si>
   <si>
@@ -67,87 +67,84 @@
   <si>
     <t>VRAI</t>
   </si>
   <si>
     <t>01/01/2027</t>
   </si>
   <si>
     <t>Non renseignée</t>
   </si>
   <si>
     <t>RNCP36252</t>
   </si>
   <si>
     <t>DEJEPS Diplôme d’Etat de la jeunesse, de l’éducation populaire et du sport spécialité « perfectionnement sportif » mention « badminton »</t>
   </si>
   <si>
     <t>28/02/2027</t>
   </si>
   <si>
     <t>RNCP37106</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l'éducation populaire et du sportspécialité « éducateur sportif » mention « activités de la forme »</t>
   </si>
   <si>
-    <t>08/11/2027</t>
+    <t>01/11/2027</t>
   </si>
   <si>
     <t>RNCP37191</t>
   </si>
   <si>
     <t>BPJEPS Brevet professionnel de la jeunesse, de l’éducation populaire et du sport spécialité « éducateur sportif » mention « activités physiques pour tous »</t>
   </si>
   <si>
-    <t>01/03/2028</t>
+    <t>31/12/2026</t>
   </si>
   <si>
     <t>RNCP40480</t>
   </si>
   <si>
     <t>BPJEPS Spécialité Educateur sportif mention Multi activités physiques ou sportives pour tous</t>
   </si>
   <si>
     <t>01/12/2029</t>
   </si>
   <si>
     <t>RS1812</t>
   </si>
   <si>
     <t>Certificat d'aptitude à l'exercice professionnel de maître-nageur-sauveteur - CAEPMNS</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS5719</t>
   </si>
   <si>
     <t>Premiers secours en équipe de niveau 1</t>
-  </si>
-[...1 lines deleted...]
-    <t>31/12/2026</t>
   </si>
   <si>
     <t>RS5928</t>
   </si>
   <si>
     <t>Certificat d'aptitude à l'exercice de la profession de maître-nageur-sauveteur- CAEP-MNS</t>
   </si>
   <si>
     <t>15/02/2024</t>
   </si>
   <si>
     <t>RS6533</t>
   </si>
   <si>
     <t>Certificat d'aptitude à l'exercice de la profession de maître-nageur-sauveteur (CAEP-MNS)</t>
   </si>
   <si>
     <t>15/02/2029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
@@ -695,97 +692,97 @@
       </c>
       <c r="F7" s="2" t="s">
         <v>26</v>
       </c>
       <c r="G7" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>19670141100015</v>
       </c>
       <c r="B8" s="2" t="s">
         <v>27</v>
       </c>
       <c r="C8" s="2" t="s">
         <v>28</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F8" s="2" t="s">
-        <v>29</v>
+        <v>20</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>19670141100015</v>
       </c>
       <c r="B9" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="C9" s="2" t="s">
         <v>30</v>
       </c>
-      <c r="C9" s="2" t="s">
+      <c r="D9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E9" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F9" s="2" t="s">
         <v>31</v>
-      </c>
-[...7 lines deleted...]
-        <v>32</v>
       </c>
       <c r="G9" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>19670141100015</v>
       </c>
       <c r="B10" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="C10" s="2" t="s">
         <v>33</v>
       </c>
-      <c r="C10" s="2" t="s">
+      <c r="D10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E10" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F10" s="2" t="s">
         <v>34</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
       <c r="G10" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -801,31 +798,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/05/2025 00:23:38</dc:description>
+  <dc:description>Export en date du 12/20/2025 08:08:16</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>