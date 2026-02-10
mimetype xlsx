--- v1 (2025-12-20)
+++ v2 (2026-02-10)
@@ -798,31 +798,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/20/2025 08:08:16</dc:description>
+  <dc:description>Export en date du 02/10/2026 08:11:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>