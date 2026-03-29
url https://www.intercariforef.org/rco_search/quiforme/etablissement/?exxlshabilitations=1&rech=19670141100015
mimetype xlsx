--- v2 (2026-02-10)
+++ v3 (2026-03-29)
@@ -798,31 +798,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/10/2026 08:11:34</dc:description>
+  <dc:description>Export en date du 03/29/2026 04:53:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>