--- v3 (2026-03-29)
+++ v4 (2026-03-29)
@@ -798,31 +798,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 03/29/2026 04:53:20</dc:description>
+  <dc:description>Export en date du 03/29/2026 05:58:18</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>