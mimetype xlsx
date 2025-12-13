--- v0 (2025-10-21)
+++ v1 (2025-12-13)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="512">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="561">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP24426</t>
   </si>
   <si>
@@ -1229,50 +1229,197 @@
     <t>RNCP40509</t>
   </si>
   <si>
     <t>RNCP40525</t>
   </si>
   <si>
     <t>DOCTORAT Doctorat (Fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40539</t>
   </si>
   <si>
     <t>RNCP40740</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>RNCP40980</t>
   </si>
   <si>
     <t>RNCP41263</t>
   </si>
   <si>
     <t>30/06/2030</t>
+  </si>
+  <si>
+    <t>RNCP41497</t>
+  </si>
+  <si>
+    <t>31/08/2028</t>
+  </si>
+  <si>
+    <t>RNCP41545</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Création numérique</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41547</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Stratégie de communication numérique et design d’expérience</t>
+  </si>
+  <si>
+    <t>RNCP41556</t>
+  </si>
+  <si>
+    <t>RNCP41557</t>
+  </si>
+  <si>
+    <t>RNCP41558</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41585</t>
+  </si>
+  <si>
+    <t>RNCP41586</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41607</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la production</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41615</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Réseaux opérateurs et multimédia</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP4709</t>
   </si>
   <si>
     <t>DEUST Animation et gestion des activités physiques, sportives ou culturelles</t>
   </si>
   <si>
     <t>RS137</t>
   </si>
   <si>
     <t>PCIE - Passeport de Compétences Informatique Européen</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS2117</t>
   </si>
   <si>
     <t>Diplôme de français professionnel - Relations internationales B1</t>
   </si>
   <si>
     <t>RS2118</t>
   </si>
@@ -1927,51 +2074,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H265"/>
+  <dimension ref="A1:H293"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -6990,1098 +7137,1742 @@
       </c>
       <c r="C219" s="2" t="s">
         <v>221</v>
       </c>
       <c r="D219" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F219" s="2" t="s">
         <v>404</v>
       </c>
       <c r="G219" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B220" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C220" s="2" t="s">
+        <v>342</v>
+      </c>
+      <c r="D220" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E220" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F220" s="2" t="s">
         <v>406</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G220" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B221" s="2" t="s">
         <v>407</v>
       </c>
       <c r="C221" s="2" t="s">
         <v>408</v>
       </c>
       <c r="D221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G221" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B222" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="C222" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="C222" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B223" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="C223" s="2" t="s">
         <v>412</v>
       </c>
-      <c r="C223" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>414</v>
+        <v>413</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>415</v>
+        <v>267</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G224" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>416</v>
+        <v>414</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>417</v>
+        <v>271</v>
       </c>
       <c r="D225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G225" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>418</v>
+        <v>415</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>419</v>
+        <v>269</v>
       </c>
       <c r="D226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G226" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="D227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G227" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G228" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="D229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G229" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G230" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G231" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>431</v>
+        <v>427</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G232" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>433</v>
+        <v>429</v>
       </c>
       <c r="D233" s="2" t="s">
-        <v>434</v>
+        <v>9</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G233" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G234" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>409</v>
+        <v>296</v>
       </c>
       <c r="G235" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>441</v>
+        <v>296</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>442</v>
+        <v>11</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>443</v>
+        <v>436</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>444</v>
+        <v>437</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>441</v>
+        <v>296</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>442</v>
+        <v>11</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>445</v>
+        <v>438</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>446</v>
+        <v>259</v>
       </c>
       <c r="D238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>441</v>
+        <v>296</v>
       </c>
       <c r="G238" s="2" t="s">
-        <v>442</v>
+        <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>447</v>
+        <v>439</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>448</v>
+        <v>257</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>441</v>
+        <v>296</v>
       </c>
       <c r="G239" s="2" t="s">
-        <v>442</v>
+        <v>11</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B240" s="2" t="s">
-        <v>449</v>
+        <v>440</v>
       </c>
       <c r="C240" s="2" t="s">
-        <v>450</v>
+        <v>255</v>
       </c>
       <c r="D240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F240" s="2" t="s">
-        <v>441</v>
+        <v>296</v>
       </c>
       <c r="G240" s="2" t="s">
-        <v>442</v>
+        <v>11</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B241" s="2" t="s">
-        <v>451</v>
+        <v>441</v>
       </c>
       <c r="C241" s="2" t="s">
-        <v>452</v>
+        <v>442</v>
       </c>
       <c r="D241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>441</v>
+        <v>296</v>
       </c>
       <c r="G241" s="2" t="s">
-        <v>442</v>
+        <v>11</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B242" s="2" t="s">
-        <v>453</v>
+        <v>443</v>
       </c>
       <c r="C242" s="2" t="s">
-        <v>454</v>
+        <v>444</v>
       </c>
       <c r="D242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E242" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F242" s="2" t="s">
-        <v>455</v>
+        <v>296</v>
       </c>
       <c r="G242" s="2" t="s">
-        <v>456</v>
+        <v>11</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B243" s="2" t="s">
-        <v>457</v>
+        <v>445</v>
       </c>
       <c r="C243" s="2" t="s">
-        <v>458</v>
+        <v>446</v>
       </c>
       <c r="D243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>459</v>
+        <v>296</v>
       </c>
       <c r="G243" s="2" t="s">
-        <v>460</v>
+        <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B244" s="2" t="s">
-        <v>461</v>
+        <v>447</v>
       </c>
       <c r="C244" s="2" t="s">
-        <v>462</v>
+        <v>448</v>
       </c>
       <c r="D244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E244" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F244" s="2" t="s">
-        <v>459</v>
+        <v>296</v>
       </c>
       <c r="G244" s="2" t="s">
-        <v>460</v>
+        <v>11</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B245" s="2" t="s">
-        <v>463</v>
+        <v>449</v>
       </c>
       <c r="C245" s="2" t="s">
-        <v>464</v>
+        <v>450</v>
       </c>
       <c r="D245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>459</v>
+        <v>296</v>
       </c>
       <c r="G245" s="2" t="s">
-        <v>460</v>
+        <v>11</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B246" s="2" t="s">
-        <v>465</v>
+        <v>451</v>
       </c>
       <c r="C246" s="2" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
       <c r="D246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E246" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F246" s="2" t="s">
-        <v>459</v>
+        <v>296</v>
       </c>
       <c r="G246" s="2" t="s">
-        <v>460</v>
+        <v>11</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B247" s="2" t="s">
-        <v>467</v>
+        <v>453</v>
       </c>
       <c r="C247" s="2" t="s">
-        <v>468</v>
+        <v>233</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F247" s="2" t="s">
-        <v>459</v>
+        <v>296</v>
       </c>
       <c r="G247" s="2" t="s">
-        <v>460</v>
+        <v>11</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B248" s="2" t="s">
-        <v>469</v>
+        <v>454</v>
       </c>
       <c r="C248" s="2" t="s">
-        <v>470</v>
+        <v>455</v>
       </c>
       <c r="D248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E248" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F248" s="2" t="s">
-        <v>459</v>
+        <v>14</v>
       </c>
       <c r="G248" s="2" t="s">
-        <v>460</v>
+        <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B249" s="2" t="s">
-        <v>471</v>
+        <v>456</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>472</v>
+        <v>457</v>
       </c>
       <c r="D249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>356</v>
+        <v>458</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>473</v>
+        <v>459</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>474</v>
+        <v>460</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>475</v>
+        <v>458</v>
       </c>
       <c r="G250" s="2" t="s">
-        <v>476</v>
+        <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>477</v>
+        <v>461</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>478</v>
+        <v>462</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
       <c r="G251" s="2" t="s">
-        <v>480</v>
+        <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>481</v>
+        <v>463</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>482</v>
+        <v>464</v>
       </c>
       <c r="D252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
       <c r="G252" s="2" t="s">
-        <v>480</v>
+        <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>483</v>
+        <v>465</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>484</v>
+        <v>466</v>
       </c>
       <c r="D253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
       <c r="G253" s="2" t="s">
-        <v>480</v>
+        <v>11</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>485</v>
+        <v>467</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>486</v>
+        <v>468</v>
       </c>
       <c r="D254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
       <c r="G254" s="2" t="s">
-        <v>480</v>
+        <v>11</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>487</v>
+        <v>469</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>488</v>
+        <v>470</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
       <c r="G255" s="2" t="s">
-        <v>480</v>
+        <v>11</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>489</v>
+        <v>471</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>490</v>
+        <v>472</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>479</v>
+        <v>458</v>
       </c>
       <c r="G256" s="2" t="s">
-        <v>480</v>
+        <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>491</v>
+        <v>473</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>492</v>
+        <v>474</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>493</v>
+        <v>458</v>
       </c>
       <c r="G257" s="2" t="s">
-        <v>494</v>
+        <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>495</v>
+        <v>475</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>440</v>
+        <v>476</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>493</v>
+        <v>458</v>
       </c>
       <c r="G258" s="2" t="s">
-        <v>494</v>
+        <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>496</v>
+        <v>477</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>446</v>
+        <v>478</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>493</v>
+        <v>458</v>
       </c>
       <c r="G259" s="2" t="s">
-        <v>494</v>
+        <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>497</v>
+        <v>479</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>448</v>
+        <v>480</v>
       </c>
       <c r="D260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>493</v>
+        <v>458</v>
       </c>
       <c r="G260" s="2" t="s">
-        <v>494</v>
+        <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>498</v>
+        <v>481</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>452</v>
+        <v>482</v>
       </c>
       <c r="D261" s="2" t="s">
-        <v>9</v>
+        <v>483</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>493</v>
+        <v>458</v>
       </c>
       <c r="G261" s="2" t="s">
-        <v>494</v>
+        <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>499</v>
+        <v>484</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>450</v>
+        <v>485</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>493</v>
+        <v>458</v>
       </c>
       <c r="G262" s="2" t="s">
-        <v>494</v>
+        <v>11</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>500</v>
+        <v>486</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>501</v>
+        <v>487</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>502</v>
+        <v>458</v>
       </c>
       <c r="G263" s="2" t="s">
-        <v>503</v>
+        <v>11</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>504</v>
+        <v>488</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>505</v>
+        <v>489</v>
       </c>
       <c r="D264" s="2" t="s">
-        <v>434</v>
+        <v>9</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>506</v>
+        <v>490</v>
       </c>
       <c r="G264" s="2" t="s">
-        <v>507</v>
+        <v>491</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B265" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="C265" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="D265" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E265" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F265" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="G265" s="2" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="266" spans="1:8">
+      <c r="A266" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B266" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="C266" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D266" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E266" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F266" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="G266" s="2" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="267" spans="1:8">
+      <c r="A267" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B267" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="C267" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="D267" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E267" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F267" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="G267" s="2" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="268" spans="1:8">
+      <c r="A268" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B268" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="C268" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="D268" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E268" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F268" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="G268" s="2" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="269" spans="1:8">
+      <c r="A269" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B269" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="C269" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="D269" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E269" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F269" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="G269" s="2" t="s">
+        <v>491</v>
+      </c>
+    </row>
+    <row r="270" spans="1:8">
+      <c r="A270" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B270" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="C270" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="D270" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E270" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F270" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="G270" s="2" t="s">
+        <v>505</v>
+      </c>
+    </row>
+    <row r="271" spans="1:8">
+      <c r="A271" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B271" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="C271" s="2" t="s">
+        <v>507</v>
+      </c>
+      <c r="D271" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E271" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F271" s="2" t="s">
         <v>508</v>
       </c>
-      <c r="C265" s="2" t="s">
+      <c r="G271" s="2" t="s">
         <v>509</v>
       </c>
-      <c r="D265" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F265" s="2" t="s">
+    </row>
+    <row r="272" spans="1:8">
+      <c r="A272" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B272" s="2" t="s">
         <v>510</v>
       </c>
-      <c r="G265" s="2" t="s">
+      <c r="C272" s="2" t="s">
         <v>511</v>
+      </c>
+      <c r="D272" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E272" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F272" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="G272" s="2" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="273" spans="1:8">
+      <c r="A273" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B273" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="C273" s="2" t="s">
+        <v>513</v>
+      </c>
+      <c r="D273" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E273" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F273" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="G273" s="2" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="274" spans="1:8">
+      <c r="A274" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B274" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="C274" s="2" t="s">
+        <v>515</v>
+      </c>
+      <c r="D274" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E274" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F274" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="G274" s="2" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="275" spans="1:8">
+      <c r="A275" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B275" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="C275" s="2" t="s">
+        <v>517</v>
+      </c>
+      <c r="D275" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E275" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F275" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="G275" s="2" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="276" spans="1:8">
+      <c r="A276" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B276" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="C276" s="2" t="s">
+        <v>519</v>
+      </c>
+      <c r="D276" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E276" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F276" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="G276" s="2" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="277" spans="1:8">
+      <c r="A277" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B277" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="C277" s="2" t="s">
+        <v>521</v>
+      </c>
+      <c r="D277" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E277" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F277" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="G277" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="278" spans="1:8">
+      <c r="A278" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B278" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="C278" s="2" t="s">
+        <v>523</v>
+      </c>
+      <c r="D278" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E278" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F278" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="G278" s="2" t="s">
+        <v>525</v>
+      </c>
+    </row>
+    <row r="279" spans="1:8">
+      <c r="A279" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B279" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="C279" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="D279" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E279" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F279" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="G279" s="2" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="280" spans="1:8">
+      <c r="A280" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B280" s="2" t="s">
+        <v>530</v>
+      </c>
+      <c r="C280" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="D280" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E280" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F280" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="G280" s="2" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="281" spans="1:8">
+      <c r="A281" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B281" s="2" t="s">
+        <v>532</v>
+      </c>
+      <c r="C281" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="D281" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E281" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F281" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="G281" s="2" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="282" spans="1:8">
+      <c r="A282" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B282" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="C282" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="D282" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E282" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F282" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="G282" s="2" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="283" spans="1:8">
+      <c r="A283" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B283" s="2" t="s">
+        <v>536</v>
+      </c>
+      <c r="C283" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="D283" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E283" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F283" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="G283" s="2" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="284" spans="1:8">
+      <c r="A284" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B284" s="2" t="s">
+        <v>538</v>
+      </c>
+      <c r="C284" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="D284" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E284" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F284" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="G284" s="2" t="s">
+        <v>529</v>
+      </c>
+    </row>
+    <row r="285" spans="1:8">
+      <c r="A285" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B285" s="2" t="s">
+        <v>540</v>
+      </c>
+      <c r="C285" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="D285" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E285" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F285" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="G285" s="2" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="286" spans="1:8">
+      <c r="A286" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B286" s="2" t="s">
+        <v>544</v>
+      </c>
+      <c r="C286" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D286" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E286" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F286" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="G286" s="2" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="287" spans="1:8">
+      <c r="A287" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B287" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="C287" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D287" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E287" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F287" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="G287" s="2" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="288" spans="1:8">
+      <c r="A288" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B288" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="C288" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="D288" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E288" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F288" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="G288" s="2" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="289" spans="1:8">
+      <c r="A289" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B289" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="C289" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="D289" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E289" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F289" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="G289" s="2" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="290" spans="1:8">
+      <c r="A290" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B290" s="2" t="s">
+        <v>548</v>
+      </c>
+      <c r="C290" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E290" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F290" s="2" t="s">
+        <v>542</v>
+      </c>
+      <c r="G290" s="2" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="291" spans="1:8">
+      <c r="A291" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B291" s="2" t="s">
+        <v>549</v>
+      </c>
+      <c r="C291" s="2" t="s">
+        <v>550</v>
+      </c>
+      <c r="D291" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E291" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F291" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="G291" s="2" t="s">
+        <v>552</v>
+      </c>
+    </row>
+    <row r="292" spans="1:8">
+      <c r="A292" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B292" s="2" t="s">
+        <v>553</v>
+      </c>
+      <c r="C292" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="E292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F292" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="G292" s="2" t="s">
+        <v>556</v>
+      </c>
+    </row>
+    <row r="293" spans="1:8">
+      <c r="A293" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B293" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="C293" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="D293" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E293" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F293" s="2" t="s">
+        <v>559</v>
+      </c>
+      <c r="G293" s="2" t="s">
+        <v>560</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -8094,31 +8885,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/21/2025 05:37:17</dc:description>
+  <dc:description>Export en date du 12/13/2025 12:00:43</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>