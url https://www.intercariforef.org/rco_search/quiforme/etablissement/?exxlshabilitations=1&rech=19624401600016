--- v1 (2025-12-13)
+++ v2 (2026-02-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="561">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="577">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP24426</t>
   </si>
   <si>
@@ -1636,50 +1636,80 @@
   <si>
     <t>RS6163</t>
   </si>
   <si>
     <t>ICDL - Utilisation d'un logiciel de présentation (Powerpoint, Impress, Google Slides)</t>
   </si>
   <si>
     <t>RS6164</t>
   </si>
   <si>
     <t>ICDL - Outils collaboratifs</t>
   </si>
   <si>
     <t>RS6165</t>
   </si>
   <si>
     <t>ICDL - Édition d'images</t>
   </si>
   <si>
     <t>RS6166</t>
   </si>
   <si>
     <t>ICDL - Édition de sites web</t>
   </si>
   <si>
+    <t>RS6559</t>
+  </si>
+  <si>
+    <t>ICDL - Traitement de Texte (Word, Writer, Google Docs)</t>
+  </si>
+  <si>
+    <t>27/03/2026</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>RS6560</t>
+  </si>
+  <si>
+    <t>RS6561</t>
+  </si>
+  <si>
+    <t>RS6562</t>
+  </si>
+  <si>
+    <t>RS6563</t>
+  </si>
+  <si>
+    <t>RS6564</t>
+  </si>
+  <si>
+    <t>ICDL - Présentation Assistée par Ordinateur PréAO (Powerpoint, Impress, Google Slides)</t>
+  </si>
+  <si>
     <t>RS6586</t>
   </si>
   <si>
     <t>CLES B1 Anglais - Certificat de compétences en langues de l'enseignement supérieur</t>
   </si>
   <si>
     <t>26/04/2027</t>
   </si>
   <si>
     <t>26/04/2024</t>
   </si>
   <si>
     <t>RS6587</t>
   </si>
   <si>
     <t>RS6588</t>
   </si>
   <si>
     <t>RS6589</t>
   </si>
   <si>
     <t>RS6592</t>
   </si>
   <si>
     <t>RS6593</t>
@@ -1697,50 +1727,68 @@
     <t>01/10/2024</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
+  </si>
+  <si>
+    <t>RS7249</t>
+  </si>
+  <si>
+    <t>ICDL - Concevoir des projets techniques avec des outils et logiciels de CAO 3D</t>
+  </si>
+  <si>
+    <t>24/09/2027</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7250</t>
+  </si>
+  <si>
+    <t>ICDL - Utiliser des outils et logiciels de PAO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2074,51 +2122,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H293"/>
+  <dimension ref="A1:H301"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -8655,224 +8703,408 @@
       </c>
       <c r="C285" s="2" t="s">
         <v>541</v>
       </c>
       <c r="D285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F285" s="2" t="s">
         <v>542</v>
       </c>
       <c r="G285" s="2" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B286" s="2" t="s">
         <v>544</v>
       </c>
       <c r="C286" s="2" t="s">
-        <v>489</v>
+        <v>539</v>
       </c>
       <c r="D286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F286" s="2" t="s">
         <v>542</v>
       </c>
       <c r="G286" s="2" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B287" s="2" t="s">
         <v>545</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>495</v>
+        <v>537</v>
       </c>
       <c r="D287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F287" s="2" t="s">
         <v>542</v>
       </c>
       <c r="G287" s="2" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B288" s="2" t="s">
         <v>546</v>
       </c>
       <c r="C288" s="2" t="s">
-        <v>497</v>
+        <v>535</v>
       </c>
       <c r="D288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E288" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F288" s="2" t="s">
         <v>542</v>
       </c>
       <c r="G288" s="2" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B289" s="2" t="s">
         <v>547</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>501</v>
+        <v>531</v>
       </c>
       <c r="D289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F289" s="2" t="s">
         <v>542</v>
       </c>
       <c r="G289" s="2" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B290" s="2" t="s">
         <v>548</v>
       </c>
       <c r="C290" s="2" t="s">
-        <v>499</v>
+        <v>549</v>
       </c>
       <c r="D290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E290" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F290" s="2" t="s">
         <v>542</v>
       </c>
       <c r="G290" s="2" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B291" s="2" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="G291" s="2" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B292" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="C292" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F292" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="G292" s="2" t="s">
         <v>553</v>
-      </c>
-[...13 lines deleted...]
-        <v>556</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B293" s="2" t="s">
+        <v>555</v>
+      </c>
+      <c r="C293" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D293" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E293" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F293" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="G293" s="2" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="294" spans="1:8">
+      <c r="A294" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B294" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="C294" s="2" t="s">
+        <v>497</v>
+      </c>
+      <c r="D294" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E294" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F294" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="G294" s="2" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="295" spans="1:8">
+      <c r="A295" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B295" s="2" t="s">
         <v>557</v>
       </c>
-      <c r="C293" s="2" t="s">
+      <c r="C295" s="2" t="s">
+        <v>501</v>
+      </c>
+      <c r="D295" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E295" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F295" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="G295" s="2" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="296" spans="1:8">
+      <c r="A296" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B296" s="2" t="s">
         <v>558</v>
       </c>
-      <c r="D293" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F293" s="2" t="s">
+      <c r="C296" s="2" t="s">
+        <v>499</v>
+      </c>
+      <c r="D296" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E296" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F296" s="2" t="s">
+        <v>552</v>
+      </c>
+      <c r="G296" s="2" t="s">
+        <v>553</v>
+      </c>
+    </row>
+    <row r="297" spans="1:8">
+      <c r="A297" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B297" s="2" t="s">
         <v>559</v>
       </c>
-      <c r="G293" s="2" t="s">
+      <c r="C297" s="2" t="s">
         <v>560</v>
+      </c>
+      <c r="D297" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E297" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F297" s="2" t="s">
+        <v>561</v>
+      </c>
+      <c r="G297" s="2" t="s">
+        <v>562</v>
+      </c>
+    </row>
+    <row r="298" spans="1:8">
+      <c r="A298" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B298" s="2" t="s">
+        <v>563</v>
+      </c>
+      <c r="C298" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="D298" s="2" t="s">
+        <v>483</v>
+      </c>
+      <c r="E298" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F298" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="G298" s="2" t="s">
+        <v>566</v>
+      </c>
+    </row>
+    <row r="299" spans="1:8">
+      <c r="A299" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B299" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="C299" s="2" t="s">
+        <v>568</v>
+      </c>
+      <c r="D299" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E299" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F299" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="G299" s="2" t="s">
+        <v>570</v>
+      </c>
+    </row>
+    <row r="300" spans="1:8">
+      <c r="A300" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B300" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="C300" s="2" t="s">
+        <v>572</v>
+      </c>
+      <c r="D300" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E300" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F300" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="G300" s="2" t="s">
+        <v>574</v>
+      </c>
+    </row>
+    <row r="301" spans="1:8">
+      <c r="A301" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B301" s="2" t="s">
+        <v>575</v>
+      </c>
+      <c r="C301" s="2" t="s">
+        <v>576</v>
+      </c>
+      <c r="D301" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E301" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F301" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="G301" s="2" t="s">
+        <v>574</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -8885,31 +9117,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/13/2025 12:00:43</dc:description>
+  <dc:description>Export en date du 02/02/2026 03:46:30</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>