--- v2 (2026-02-02)
+++ v3 (2026-03-29)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="577">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="597">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP24426</t>
   </si>
   <si>
@@ -1378,50 +1378,68 @@
   <si>
     <t>BUT Réseaux &amp; télécommunications : Réseaux opérateurs et multimédia</t>
   </si>
   <si>
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
+    <t>RNCP41927</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41935</t>
+  </si>
+  <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
     <t>RNCP4709</t>
   </si>
   <si>
     <t>DEUST Animation et gestion des activités physiques, sportives ou culturelles</t>
   </si>
   <si>
     <t>RS137</t>
   </si>
   <si>
     <t>PCIE - Passeport de Compétences Informatique Européen</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS2117</t>
   </si>
   <si>
     <t>Diplôme de français professionnel - Relations internationales B1</t>
   </si>
   <si>
     <t>RS2118</t>
   </si>
   <si>
     <t>Diplôme de français professionnel – Tourisme-Hôtellerie-Restauration B2</t>
@@ -1745,50 +1763,92 @@
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RS7249</t>
   </si>
   <si>
     <t>ICDL - Concevoir des projets techniques avec des outils et logiciels de CAO 3D</t>
   </si>
   <si>
     <t>24/09/2027</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RS7250</t>
   </si>
   <si>
     <t>ICDL - Utiliser des outils et logiciels de PAO</t>
+  </si>
+  <si>
+    <t>RS7524</t>
+  </si>
+  <si>
+    <t>ICDL - Créer des présentations visuelles et animées avec un logiciel de PréAO</t>
+  </si>
+  <si>
+    <t>27/02/2029</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>RS7525</t>
+  </si>
+  <si>
+    <t>ICDL - Concevoir, structurer, et gérer un site web avec un outil d’édition de site web</t>
+  </si>
+  <si>
+    <t>RS7526</t>
+  </si>
+  <si>
+    <t>ICDL - Créer, retoucher et préparer des visuels à l’aide d’un logiciel d’édition d’images</t>
+  </si>
+  <si>
+    <t>RS7527</t>
+  </si>
+  <si>
+    <t>ICDL - Travailler en équipe à l’aide d'outils collaboratifs en ligne</t>
+  </si>
+  <si>
+    <t>RS7528</t>
+  </si>
+  <si>
+    <t>ICDL - Organiser, analyser et présenter des données chiffrées avec un logiciel de tableur</t>
+  </si>
+  <si>
+    <t>RS7529</t>
+  </si>
+  <si>
+    <t>ICDL - Rédiger, structurer et présenter des documents professionnels avec un logiciel de traitement de texte</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2122,51 +2182,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H301"/>
+  <dimension ref="A1:H312"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -7829,1282 +7889,1535 @@
       </c>
       <c r="C247" s="2" t="s">
         <v>233</v>
       </c>
       <c r="D247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E247" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F247" s="2" t="s">
         <v>296</v>
       </c>
       <c r="G247" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B248" s="2" t="s">
         <v>454</v>
       </c>
       <c r="C248" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E248" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F248" s="2" t="s">
         <v>455</v>
-      </c>
-[...7 lines deleted...]
-        <v>14</v>
       </c>
       <c r="G248" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B249" s="2" t="s">
         <v>456</v>
       </c>
       <c r="C249" s="2" t="s">
-        <v>457</v>
+        <v>95</v>
       </c>
       <c r="D249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E249" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F249" s="2" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="G249" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B250" s="2" t="s">
-        <v>459</v>
+        <v>457</v>
       </c>
       <c r="C250" s="2" t="s">
-        <v>460</v>
+        <v>288</v>
       </c>
       <c r="D250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E250" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F250" s="2" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="G250" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B251" s="2" t="s">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="C251" s="2" t="s">
-        <v>462</v>
+        <v>293</v>
       </c>
       <c r="D251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E251" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F251" s="2" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="G251" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B252" s="2" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="C252" s="2" t="s">
-        <v>464</v>
+        <v>286</v>
       </c>
       <c r="D252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E252" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F252" s="2" t="s">
-        <v>458</v>
+        <v>455</v>
       </c>
       <c r="G252" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B253" s="2" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="C253" s="2" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="D253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E253" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F253" s="2" t="s">
-        <v>458</v>
+        <v>14</v>
       </c>
       <c r="G253" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B254" s="2" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="C254" s="2" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
       <c r="D254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E254" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F254" s="2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G254" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B255" s="2" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C255" s="2" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="D255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E255" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F255" s="2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G255" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B256" s="2" t="s">
-        <v>471</v>
+        <v>467</v>
       </c>
       <c r="C256" s="2" t="s">
-        <v>472</v>
+        <v>468</v>
       </c>
       <c r="D256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E256" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F256" s="2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G256" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B257" s="2" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C257" s="2" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="D257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E257" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F257" s="2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G257" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B258" s="2" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="C258" s="2" t="s">
-        <v>476</v>
+        <v>472</v>
       </c>
       <c r="D258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E258" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F258" s="2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G258" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B259" s="2" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="C259" s="2" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
       <c r="D259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E259" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F259" s="2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G259" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B260" s="2" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="C260" s="2" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="D260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E260" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F260" s="2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G260" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B261" s="2" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="C261" s="2" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="D261" s="2" t="s">
-        <v>483</v>
+        <v>9</v>
       </c>
       <c r="E261" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F261" s="2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G261" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B262" s="2" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
       <c r="C262" s="2" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="D262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E262" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F262" s="2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G262" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B263" s="2" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="C263" s="2" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="D263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E263" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F263" s="2" t="s">
-        <v>458</v>
+        <v>464</v>
       </c>
       <c r="G263" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B264" s="2" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="C264" s="2" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="D264" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E264" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F264" s="2" t="s">
-        <v>490</v>
+        <v>464</v>
       </c>
       <c r="G264" s="2" t="s">
-        <v>491</v>
+        <v>11</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B265" s="2" t="s">
-        <v>492</v>
+        <v>485</v>
       </c>
       <c r="C265" s="2" t="s">
-        <v>493</v>
+        <v>486</v>
       </c>
       <c r="D265" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E265" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F265" s="2" t="s">
-        <v>490</v>
+        <v>464</v>
       </c>
       <c r="G265" s="2" t="s">
-        <v>491</v>
+        <v>11</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B266" s="2" t="s">
-        <v>494</v>
+        <v>487</v>
       </c>
       <c r="C266" s="2" t="s">
-        <v>495</v>
+        <v>488</v>
       </c>
       <c r="D266" s="2" t="s">
-        <v>9</v>
+        <v>489</v>
       </c>
       <c r="E266" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F266" s="2" t="s">
-        <v>490</v>
+        <v>464</v>
       </c>
       <c r="G266" s="2" t="s">
-        <v>491</v>
+        <v>11</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B267" s="2" t="s">
-        <v>496</v>
+        <v>490</v>
       </c>
       <c r="C267" s="2" t="s">
-        <v>497</v>
+        <v>491</v>
       </c>
       <c r="D267" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E267" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F267" s="2" t="s">
-        <v>490</v>
+        <v>464</v>
       </c>
       <c r="G267" s="2" t="s">
-        <v>491</v>
+        <v>11</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B268" s="2" t="s">
-        <v>498</v>
+        <v>492</v>
       </c>
       <c r="C268" s="2" t="s">
-        <v>499</v>
+        <v>493</v>
       </c>
       <c r="D268" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E268" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F268" s="2" t="s">
-        <v>490</v>
+        <v>464</v>
       </c>
       <c r="G268" s="2" t="s">
-        <v>491</v>
+        <v>11</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B269" s="2" t="s">
-        <v>500</v>
+        <v>494</v>
       </c>
       <c r="C269" s="2" t="s">
-        <v>501</v>
+        <v>495</v>
       </c>
       <c r="D269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E269" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F269" s="2" t="s">
-        <v>490</v>
+        <v>496</v>
       </c>
       <c r="G269" s="2" t="s">
-        <v>491</v>
+        <v>497</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B270" s="2" t="s">
-        <v>502</v>
+        <v>498</v>
       </c>
       <c r="C270" s="2" t="s">
-        <v>503</v>
+        <v>499</v>
       </c>
       <c r="D270" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E270" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F270" s="2" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="G270" s="2" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B271" s="2" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="C271" s="2" t="s">
-        <v>507</v>
+        <v>501</v>
       </c>
       <c r="D271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E271" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F271" s="2" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="G271" s="2" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B272" s="2" t="s">
-        <v>510</v>
+        <v>502</v>
       </c>
       <c r="C272" s="2" t="s">
-        <v>511</v>
+        <v>503</v>
       </c>
       <c r="D272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E272" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F272" s="2" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="G272" s="2" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B273" s="2" t="s">
-        <v>512</v>
+        <v>504</v>
       </c>
       <c r="C273" s="2" t="s">
-        <v>513</v>
+        <v>505</v>
       </c>
       <c r="D273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E273" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F273" s="2" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="G273" s="2" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B274" s="2" t="s">
-        <v>514</v>
+        <v>506</v>
       </c>
       <c r="C274" s="2" t="s">
-        <v>515</v>
+        <v>507</v>
       </c>
       <c r="D274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E274" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F274" s="2" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="G274" s="2" t="s">
-        <v>509</v>
+        <v>497</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B275" s="2" t="s">
-        <v>516</v>
+        <v>508</v>
       </c>
       <c r="C275" s="2" t="s">
-        <v>517</v>
+        <v>509</v>
       </c>
       <c r="D275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E275" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F275" s="2" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="G275" s="2" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B276" s="2" t="s">
-        <v>518</v>
+        <v>512</v>
       </c>
       <c r="C276" s="2" t="s">
-        <v>519</v>
+        <v>513</v>
       </c>
       <c r="D276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E276" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F276" s="2" t="s">
-        <v>508</v>
+        <v>514</v>
       </c>
       <c r="G276" s="2" t="s">
-        <v>509</v>
+        <v>515</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B277" s="2" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="C277" s="2" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="D277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E277" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F277" s="2" t="s">
-        <v>356</v>
+        <v>514</v>
       </c>
       <c r="G277" s="2" t="s">
-        <v>11</v>
+        <v>515</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B278" s="2" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="C278" s="2" t="s">
-        <v>523</v>
+        <v>519</v>
       </c>
       <c r="D278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E278" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F278" s="2" t="s">
-        <v>524</v>
+        <v>514</v>
       </c>
       <c r="G278" s="2" t="s">
-        <v>525</v>
+        <v>515</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B279" s="2" t="s">
-        <v>526</v>
+        <v>520</v>
       </c>
       <c r="C279" s="2" t="s">
-        <v>527</v>
+        <v>521</v>
       </c>
       <c r="D279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E279" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F279" s="2" t="s">
-        <v>528</v>
+        <v>514</v>
       </c>
       <c r="G279" s="2" t="s">
-        <v>529</v>
+        <v>515</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B280" s="2" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="C280" s="2" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="D280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E280" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F280" s="2" t="s">
-        <v>528</v>
+        <v>514</v>
       </c>
       <c r="G280" s="2" t="s">
-        <v>529</v>
+        <v>515</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B281" s="2" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="C281" s="2" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="D281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E281" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F281" s="2" t="s">
-        <v>528</v>
+        <v>514</v>
       </c>
       <c r="G281" s="2" t="s">
-        <v>529</v>
+        <v>515</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B282" s="2" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="C282" s="2" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="D282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E282" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F282" s="2" t="s">
-        <v>528</v>
+        <v>356</v>
       </c>
       <c r="G282" s="2" t="s">
-        <v>529</v>
+        <v>11</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B283" s="2" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="C283" s="2" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="D283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E283" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F283" s="2" t="s">
-        <v>528</v>
+        <v>530</v>
       </c>
       <c r="G283" s="2" t="s">
-        <v>529</v>
+        <v>531</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B284" s="2" t="s">
-        <v>538</v>
+        <v>532</v>
       </c>
       <c r="C284" s="2" t="s">
-        <v>539</v>
+        <v>533</v>
       </c>
       <c r="D284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E284" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F284" s="2" t="s">
-        <v>528</v>
+        <v>534</v>
       </c>
       <c r="G284" s="2" t="s">
-        <v>529</v>
+        <v>535</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B285" s="2" t="s">
-        <v>540</v>
+        <v>536</v>
       </c>
       <c r="C285" s="2" t="s">
-        <v>541</v>
+        <v>537</v>
       </c>
       <c r="D285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E285" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F285" s="2" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="G285" s="2" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B286" s="2" t="s">
-        <v>544</v>
+        <v>538</v>
       </c>
       <c r="C286" s="2" t="s">
         <v>539</v>
       </c>
       <c r="D286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E286" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F286" s="2" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="G286" s="2" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B287" s="2" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="C287" s="2" t="s">
-        <v>537</v>
+        <v>541</v>
       </c>
       <c r="D287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E287" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F287" s="2" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="G287" s="2" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B288" s="2" t="s">
-        <v>546</v>
+        <v>542</v>
       </c>
       <c r="C288" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="D288" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E288" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F288" s="2" t="s">
+        <v>534</v>
+      </c>
+      <c r="G288" s="2" t="s">
         <v>535</v>
-      </c>
-[...10 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B289" s="2" t="s">
-        <v>547</v>
+        <v>544</v>
       </c>
       <c r="C289" s="2" t="s">
-        <v>531</v>
+        <v>545</v>
       </c>
       <c r="D289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E289" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F289" s="2" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="G289" s="2" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B290" s="2" t="s">
+        <v>546</v>
+      </c>
+      <c r="C290" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="D290" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E290" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F290" s="2" t="s">
         <v>548</v>
       </c>
-      <c r="C290" s="2" t="s">
+      <c r="G290" s="2" t="s">
         <v>549</v>
-      </c>
-[...10 lines deleted...]
-        <v>543</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B291" s="2" t="s">
         <v>550</v>
       </c>
       <c r="C291" s="2" t="s">
-        <v>551</v>
+        <v>545</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F291" s="2" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="G291" s="2" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B292" s="2" t="s">
-        <v>554</v>
+        <v>551</v>
       </c>
       <c r="C292" s="2" t="s">
-        <v>489</v>
+        <v>543</v>
       </c>
       <c r="D292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E292" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F292" s="2" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="G292" s="2" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>555</v>
+        <v>552</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>495</v>
+        <v>541</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="G293" s="2" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>556</v>
+        <v>553</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>497</v>
+        <v>537</v>
       </c>
       <c r="D294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="G294" s="2" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>557</v>
+        <v>554</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>501</v>
+        <v>555</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>552</v>
+        <v>548</v>
       </c>
       <c r="G295" s="2" t="s">
-        <v>553</v>
+        <v>549</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B296" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="C296" s="2" t="s">
+        <v>557</v>
+      </c>
+      <c r="D296" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E296" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F296" s="2" t="s">
         <v>558</v>
       </c>
-      <c r="C296" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G296" s="2" t="s">
-        <v>553</v>
+        <v>559</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B297" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="C297" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="D297" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E297" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F297" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="G297" s="2" t="s">
         <v>559</v>
-      </c>
-[...13 lines deleted...]
-        <v>562</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>564</v>
+        <v>501</v>
       </c>
       <c r="D298" s="2" t="s">
-        <v>483</v>
+        <v>9</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>565</v>
+        <v>558</v>
       </c>
       <c r="G298" s="2" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>568</v>
+        <v>503</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>569</v>
+        <v>558</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>570</v>
+        <v>559</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>571</v>
+        <v>563</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>572</v>
+        <v>507</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>573</v>
+        <v>558</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>574</v>
+        <v>559</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>19624401600016</v>
       </c>
       <c r="B301" s="2" t="s">
+        <v>564</v>
+      </c>
+      <c r="C301" s="2" t="s">
+        <v>505</v>
+      </c>
+      <c r="D301" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E301" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F301" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="G301" s="2" t="s">
+        <v>559</v>
+      </c>
+    </row>
+    <row r="302" spans="1:8">
+      <c r="A302" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B302" s="2" t="s">
+        <v>565</v>
+      </c>
+      <c r="C302" s="2" t="s">
+        <v>566</v>
+      </c>
+      <c r="D302" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E302" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F302" s="2" t="s">
+        <v>567</v>
+      </c>
+      <c r="G302" s="2" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="303" spans="1:8">
+      <c r="A303" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B303" s="2" t="s">
+        <v>569</v>
+      </c>
+      <c r="C303" s="2" t="s">
+        <v>570</v>
+      </c>
+      <c r="D303" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="E303" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F303" s="2" t="s">
+        <v>571</v>
+      </c>
+      <c r="G303" s="2" t="s">
+        <v>572</v>
+      </c>
+    </row>
+    <row r="304" spans="1:8">
+      <c r="A304" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B304" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="C304" s="2" t="s">
+        <v>574</v>
+      </c>
+      <c r="D304" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E304" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F304" s="2" t="s">
         <v>575</v>
       </c>
-      <c r="C301" s="2" t="s">
+      <c r="G304" s="2" t="s">
         <v>576</v>
       </c>
-      <c r="D301" s="2" t="s">
-[...9 lines deleted...]
-        <v>574</v>
+    </row>
+    <row r="305" spans="1:8">
+      <c r="A305" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B305" s="2" t="s">
+        <v>577</v>
+      </c>
+      <c r="C305" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="D305" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E305" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F305" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="G305" s="2" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="306" spans="1:8">
+      <c r="A306" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B306" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="C306" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="D306" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E306" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F306" s="2" t="s">
+        <v>579</v>
+      </c>
+      <c r="G306" s="2" t="s">
+        <v>580</v>
+      </c>
+    </row>
+    <row r="307" spans="1:8">
+      <c r="A307" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B307" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="C307" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="D307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E307" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F307" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="G307" s="2" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="308" spans="1:8">
+      <c r="A308" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B308" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="C308" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="D308" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E308" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F308" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="G308" s="2" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="309" spans="1:8">
+      <c r="A309" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B309" s="2" t="s">
+        <v>589</v>
+      </c>
+      <c r="C309" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="D309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E309" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F309" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="G309" s="2" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="310" spans="1:8">
+      <c r="A310" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B310" s="2" t="s">
+        <v>591</v>
+      </c>
+      <c r="C310" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="D310" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E310" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F310" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="G310" s="2" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="311" spans="1:8">
+      <c r="A311" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B311" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="C311" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="D311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F311" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="G311" s="2" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="312" spans="1:8">
+      <c r="A312" s="1">
+        <v>19624401600016</v>
+      </c>
+      <c r="B312" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="C312" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E312" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F312" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="G312" s="2" t="s">
+        <v>586</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -9117,31 +9430,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/02/2026 03:46:30</dc:description>
+  <dc:description>Export en date du 03/29/2026 09:45:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>