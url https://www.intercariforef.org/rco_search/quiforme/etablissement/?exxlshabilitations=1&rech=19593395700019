--- v0 (2025-10-28)
+++ v1 (2025-12-16)
@@ -1416,31 +1416,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/28/2025 05:22:49</dc:description>
+  <dc:description>Export en date du 12/16/2025 08:00:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>