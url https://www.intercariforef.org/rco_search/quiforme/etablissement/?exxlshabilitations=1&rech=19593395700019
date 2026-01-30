--- v1 (2025-12-16)
+++ v2 (2026-01-30)
@@ -1416,31 +1416,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/16/2025 08:00:40</dc:description>
+  <dc:description>Export en date du 01/30/2026 13:51:23</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>