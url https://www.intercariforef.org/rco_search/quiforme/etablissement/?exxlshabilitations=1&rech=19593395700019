--- v2 (2026-01-30)
+++ v3 (2026-03-16)
@@ -190,56 +190,50 @@
   <si>
     <t>BTSA Métiers du végétal : alimentation, ornement et environnement</t>
   </si>
   <si>
     <t>31/08/2028</t>
   </si>
   <si>
     <t>RNCP37875</t>
   </si>
   <si>
     <t>TP Ouvrier paysagiste</t>
   </si>
   <si>
     <t>28/10/2028</t>
   </si>
   <si>
     <t>RNCP38093</t>
   </si>
   <si>
     <t>01/01/2029</t>
   </si>
   <si>
     <t>RNCP38314</t>
   </si>
   <si>
-    <t>RNCP38349</t>
-[...4 lines deleted...]
-  <si>
     <t>RNCP38386</t>
   </si>
   <si>
     <t>CAPA Jardinier-paysagiste</t>
   </si>
   <si>
     <t>31/12/2028</t>
   </si>
   <si>
     <t>RNCP38855</t>
   </si>
   <si>
     <t>31/08/2025</t>
   </si>
   <si>
     <t>RNCP38857</t>
   </si>
   <si>
     <t>RNCP38881</t>
   </si>
   <si>
     <t>BAC PRO Conduite de productions horticoles (arbres, arbustes, fruits, fleurs, légumes)</t>
   </si>
   <si>
     <t>RNCP39674</t>
@@ -248,50 +242,56 @@
     <t>CS Jardinier de golf et entretien des sols sportifs engazonnés</t>
   </si>
   <si>
     <t>01/01/2030</t>
   </si>
   <si>
     <t>RNCP39898</t>
   </si>
   <si>
     <t>CS Arboriste élagueur</t>
   </si>
   <si>
     <t>RNCP399</t>
   </si>
   <si>
     <t>TP Ouvrier du paysage</t>
   </si>
   <si>
     <t>28/10/2023</t>
   </si>
   <si>
     <t>RNCP40523</t>
   </si>
   <si>
     <t>31/08/2030</t>
+  </si>
+  <si>
+    <t>RNCP41901</t>
+  </si>
+  <si>
+    <t>31/03/2031</t>
   </si>
   <si>
     <t>RNCP5831</t>
   </si>
   <si>
     <t>BPA option Travaux des productions horticoles, spécialité Arboriculture fruitière, spécialité Horticulture ornementale et légumière</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -1140,235 +1140,235 @@
       </c>
       <c r="C21" s="2" t="s">
         <v>40</v>
       </c>
       <c r="D21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F21" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G21" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="22" spans="1:8">
       <c r="A22" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B22" s="2" t="s">
         <v>58</v>
       </c>
       <c r="C22" s="2" t="s">
-        <v>16</v>
+        <v>59</v>
       </c>
       <c r="D22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E22" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F22" s="2" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="G22" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="23" spans="1:8">
       <c r="A23" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B23" s="2" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C23" s="2" t="s">
-        <v>61</v>
+        <v>25</v>
       </c>
       <c r="D23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E23" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F23" s="2" t="s">
         <v>62</v>
       </c>
       <c r="G23" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B24" s="2" t="s">
         <v>63</v>
       </c>
       <c r="C24" s="2" t="s">
-        <v>25</v>
+        <v>36</v>
       </c>
       <c r="D24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E24" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F24" s="2" t="s">
-        <v>64</v>
+        <v>56</v>
       </c>
       <c r="G24" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B25" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="C25" s="2" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="D25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E25" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F25" s="2" t="s">
         <v>56</v>
       </c>
       <c r="G25" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B26" s="2" t="s">
         <v>66</v>
       </c>
       <c r="C26" s="2" t="s">
         <v>67</v>
       </c>
       <c r="D26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F26" s="2" t="s">
-        <v>56</v>
+        <v>68</v>
       </c>
       <c r="G26" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B27" s="2" t="s">
+        <v>69</v>
+      </c>
+      <c r="C27" s="2" t="s">
+        <v>70</v>
+      </c>
+      <c r="D27" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E27" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F27" s="2" t="s">
         <v>68</v>
-      </c>
-[...10 lines deleted...]
-        <v>70</v>
       </c>
       <c r="G27" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B28" s="2" t="s">
         <v>71</v>
       </c>
       <c r="C28" s="2" t="s">
         <v>72</v>
       </c>
       <c r="D28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F28" s="2" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="G28" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B29" s="2" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C29" s="2" t="s">
-        <v>74</v>
+        <v>25</v>
       </c>
       <c r="D29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F29" s="2" t="s">
         <v>75</v>
       </c>
       <c r="G29" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B30" s="2" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="2" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
       <c r="D30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F30" s="2" t="s">
         <v>77</v>
       </c>
       <c r="G30" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="1">
         <v>19593395700019</v>
       </c>
       <c r="B31" s="2" t="s">
         <v>78</v>
       </c>
       <c r="C31" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D31" s="2" t="s">
@@ -1416,31 +1416,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/30/2026 13:51:23</dc:description>
+  <dc:description>Export en date du 03/16/2026 17:24:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>