--- v0 (2025-12-17)
+++ v1 (2026-02-01)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="785">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="787">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP12909</t>
   </si>
   <si>
@@ -2192,50 +2192,56 @@
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
   </si>
   <si>
     <t>RS1686</t>
   </si>
   <si>
     <t>DELF B2 tout public</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS1696</t>
   </si>
   <si>
     <t>DELF B1 tout public</t>
   </si>
   <si>
     <t>RS1697</t>
   </si>
   <si>
     <t>DELF A1 tout public</t>
   </si>
   <si>
     <t>RS1699</t>
   </si>
@@ -2746,51 +2752,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H413"/>
+  <dimension ref="A1:H414"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -11696,615 +11702,638 @@
       </c>
       <c r="C388" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>463</v>
       </c>
       <c r="G388" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B389" s="2" t="s">
         <v>726</v>
       </c>
       <c r="C389" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="D389" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E389" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F389" s="2" t="s">
         <v>727</v>
-      </c>
-[...7 lines deleted...]
-        <v>728</v>
       </c>
       <c r="G389" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B390" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="C390" s="2" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
       <c r="D390" s="2" t="s">
         <v>560</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="G390" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B391" s="2" t="s">
         <v>731</v>
       </c>
       <c r="C391" s="2" t="s">
         <v>732</v>
       </c>
       <c r="D391" s="2" t="s">
         <v>560</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="G391" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B392" s="2" t="s">
         <v>733</v>
       </c>
       <c r="C392" s="2" t="s">
         <v>734</v>
       </c>
       <c r="D392" s="2" t="s">
         <v>560</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B393" s="2" t="s">
         <v>735</v>
       </c>
       <c r="C393" s="2" t="s">
         <v>736</v>
       </c>
       <c r="D393" s="2" t="s">
         <v>560</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B394" s="2" t="s">
         <v>737</v>
       </c>
       <c r="C394" s="2" t="s">
         <v>738</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>560</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B395" s="2" t="s">
         <v>739</v>
       </c>
       <c r="C395" s="2" t="s">
         <v>740</v>
       </c>
       <c r="D395" s="2" t="s">
         <v>560</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>728</v>
+        <v>730</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B396" s="2" t="s">
         <v>741</v>
       </c>
       <c r="C396" s="2" t="s">
         <v>742</v>
       </c>
       <c r="D396" s="2" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>743</v>
+        <v>730</v>
       </c>
       <c r="G396" s="2" t="s">
-        <v>744</v>
+        <v>11</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B397" s="2" t="s">
+        <v>743</v>
+      </c>
+      <c r="C397" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="D397" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E397" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F397" s="2" t="s">
         <v>745</v>
       </c>
-      <c r="C397" s="2" t="s">
+      <c r="G397" s="2" t="s">
         <v>746</v>
-      </c>
-[...10 lines deleted...]
-        <v>744</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>747</v>
       </c>
       <c r="C398" s="2" t="s">
         <v>748</v>
       </c>
       <c r="D398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B399" s="2" t="s">
         <v>749</v>
       </c>
       <c r="C399" s="2" t="s">
         <v>750</v>
       </c>
       <c r="D399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>751</v>
       </c>
       <c r="C400" s="2" t="s">
         <v>752</v>
       </c>
       <c r="D400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B401" s="2" t="s">
         <v>753</v>
       </c>
       <c r="C401" s="2" t="s">
         <v>754</v>
       </c>
       <c r="D401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>743</v>
+        <v>745</v>
       </c>
       <c r="G401" s="2" t="s">
-        <v>744</v>
+        <v>746</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B402" s="2" t="s">
         <v>755</v>
       </c>
       <c r="C402" s="2" t="s">
         <v>756</v>
       </c>
       <c r="D402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>757</v>
+        <v>745</v>
       </c>
       <c r="G402" s="2" t="s">
-        <v>758</v>
+        <v>746</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B403" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="C403" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="D403" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E403" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F403" s="2" t="s">
         <v>759</v>
       </c>
-      <c r="C403" s="2" t="s">
+      <c r="G403" s="2" t="s">
         <v>760</v>
-      </c>
-[...10 lines deleted...]
-        <v>762</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B404" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="C404" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="D404" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E404" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F404" s="2" t="s">
         <v>763</v>
       </c>
-      <c r="C404" s="2" t="s">
+      <c r="G404" s="2" t="s">
         <v>764</v>
-      </c>
-[...10 lines deleted...]
-        <v>766</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B405" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="C405" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="D405" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E405" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F405" s="2" t="s">
         <v>767</v>
       </c>
-      <c r="C405" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F405" s="2" t="s">
+      <c r="G405" s="2" t="s">
         <v>768</v>
-      </c>
-[...1 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B406" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="C406" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="D406" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E406" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F406" s="2" t="s">
         <v>770</v>
       </c>
-      <c r="C406" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G406" s="2" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B407" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="C407" s="2" t="s">
+        <v>748</v>
+      </c>
+      <c r="D407" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E407" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F407" s="2" t="s">
+        <v>770</v>
+      </c>
+      <c r="G407" s="2" t="s">
         <v>771</v>
-      </c>
-[...13 lines deleted...]
-        <v>769</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>748</v>
+        <v>752</v>
       </c>
       <c r="D408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>768</v>
+        <v>770</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="D409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>775</v>
       </c>
       <c r="C410" s="2" t="s">
         <v>754</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>774</v>
+        <v>776</v>
       </c>
       <c r="G410" s="2" t="s">
-        <v>769</v>
+        <v>771</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B411" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="C411" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="D411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F411" s="2" t="s">
         <v>776</v>
       </c>
-      <c r="C411" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G411" s="2" t="s">
-        <v>779</v>
+        <v>771</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B412" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="C412" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="D412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E412" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="F412" s="2" t="s">
         <v>780</v>
       </c>
-      <c r="C412" s="2" t="s">
+      <c r="G412" s="2" t="s">
         <v>781</v>
-      </c>
-[...10 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>782</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>777</v>
+        <v>783</v>
       </c>
       <c r="D413" s="2" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="E413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="G413" s="2" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" s="1">
+        <v>19511296600799</v>
+      </c>
+      <c r="B414" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="D414" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E414" s="2" t="s">
         <v>560</v>
       </c>
-      <c r="F413" s="2" t="s">
-[...3 lines deleted...]
-        <v>784</v>
+      <c r="F414" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="G414" s="2" t="s">
+        <v>786</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -12317,31 +12346,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/18/2025 00:51:21</dc:description>
+  <dc:description>Export en date du 02/01/2026 15:00:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>