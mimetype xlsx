--- v1 (2026-02-01)
+++ v2 (2026-03-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="787">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="797">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP12909</t>
   </si>
   <si>
@@ -2198,50 +2198,80 @@
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP41851</t>
   </si>
   <si>
     <t>30/06/2031</t>
+  </si>
+  <si>
+    <t>RNCP41925</t>
+  </si>
+  <si>
+    <t>28/02/2031</t>
+  </si>
+  <si>
+    <t>RNCP41930</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41931</t>
+  </si>
+  <si>
+    <t>RNCP41947</t>
+  </si>
+  <si>
+    <t>RNCP41948</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP42014</t>
+  </si>
+  <si>
+    <t>14/07/2031</t>
   </si>
   <si>
     <t>RS1686</t>
   </si>
   <si>
     <t>DELF B2 tout public</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS1696</t>
   </si>
   <si>
     <t>DELF B1 tout public</t>
   </si>
   <si>
     <t>RS1697</t>
   </si>
   <si>
     <t>DELF A1 tout public</t>
   </si>
   <si>
     <t>RS1699</t>
   </si>
@@ -2752,51 +2782,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H414"/>
+  <dimension ref="A1:H421"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -11725,615 +11755,776 @@
       </c>
       <c r="C389" s="2" t="s">
         <v>415</v>
       </c>
       <c r="D389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>727</v>
       </c>
       <c r="G389" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>728</v>
       </c>
       <c r="C390" s="2" t="s">
+        <v>108</v>
+      </c>
+      <c r="D390" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E390" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F390" s="2" t="s">
         <v>729</v>
-      </c>
-[...7 lines deleted...]
-        <v>730</v>
       </c>
       <c r="G390" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B391" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="C391" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="D391" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E391" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F391" s="2" t="s">
         <v>731</v>
-      </c>
-[...10 lines deleted...]
-        <v>730</v>
       </c>
       <c r="G391" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>733</v>
+        <v>732</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>734</v>
+        <v>104</v>
       </c>
       <c r="D392" s="2" t="s">
-        <v>560</v>
+        <v>9</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>735</v>
+        <v>733</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>736</v>
+        <v>434</v>
       </c>
       <c r="D393" s="2" t="s">
-        <v>560</v>
+        <v>9</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>737</v>
+        <v>734</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>738</v>
+        <v>441</v>
       </c>
       <c r="D394" s="2" t="s">
-        <v>560</v>
+        <v>9</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>740</v>
+        <v>439</v>
       </c>
       <c r="D395" s="2" t="s">
-        <v>560</v>
+        <v>9</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>742</v>
+        <v>421</v>
       </c>
       <c r="D396" s="2" t="s">
-        <v>560</v>
+        <v>9</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>730</v>
+        <v>737</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>743</v>
+        <v>738</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>744</v>
+        <v>739</v>
       </c>
       <c r="D397" s="2" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>747</v>
+        <v>741</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>748</v>
+        <v>742</v>
       </c>
       <c r="D398" s="2" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>749</v>
+        <v>743</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>750</v>
+        <v>744</v>
       </c>
       <c r="D399" s="2" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>751</v>
+        <v>745</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>752</v>
+        <v>746</v>
       </c>
       <c r="D400" s="2" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>753</v>
+        <v>747</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>754</v>
+        <v>748</v>
       </c>
       <c r="D401" s="2" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="G401" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>755</v>
+        <v>749</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="D402" s="2" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="G402" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>757</v>
+        <v>751</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>758</v>
+        <v>752</v>
       </c>
       <c r="D403" s="2" t="s">
-        <v>9</v>
+        <v>560</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>759</v>
+        <v>740</v>
       </c>
       <c r="G403" s="2" t="s">
-        <v>760</v>
+        <v>11</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>762</v>
+        <v>754</v>
       </c>
       <c r="D404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>763</v>
+        <v>755</v>
       </c>
       <c r="G404" s="2" t="s">
-        <v>764</v>
+        <v>756</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>765</v>
+        <v>757</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="D405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>767</v>
+        <v>755</v>
       </c>
       <c r="G405" s="2" t="s">
-        <v>768</v>
+        <v>756</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>769</v>
+        <v>759</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>744</v>
+        <v>760</v>
       </c>
       <c r="D406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="G406" s="2" t="s">
-        <v>771</v>
+        <v>756</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>772</v>
+        <v>761</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>748</v>
+        <v>762</v>
       </c>
       <c r="D407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="G407" s="2" t="s">
-        <v>771</v>
+        <v>756</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>773</v>
+        <v>763</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>752</v>
+        <v>764</v>
       </c>
       <c r="D408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>771</v>
+        <v>756</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>774</v>
+        <v>765</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>750</v>
+        <v>766</v>
       </c>
       <c r="D409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>770</v>
+        <v>755</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>771</v>
+        <v>756</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>775</v>
+        <v>767</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>754</v>
+        <v>768</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="G410" s="2" t="s">
-        <v>771</v>
+        <v>770</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>777</v>
+        <v>771</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>756</v>
+        <v>772</v>
       </c>
       <c r="D411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>776</v>
+        <v>773</v>
       </c>
       <c r="G411" s="2" t="s">
-        <v>771</v>
+        <v>774</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B412" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="C412" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="D412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F412" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="G412" s="2" t="s">
         <v>778</v>
-      </c>
-[...13 lines deleted...]
-        <v>781</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>782</v>
+        <v>779</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>783</v>
+        <v>754</v>
       </c>
       <c r="D413" s="2" t="s">
-        <v>560</v>
+        <v>9</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>596</v>
+        <v>780</v>
       </c>
       <c r="G413" s="2" t="s">
-        <v>597</v>
+        <v>781</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1">
         <v>19511296600799</v>
       </c>
       <c r="B414" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="D414" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E414" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="G414" s="2" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" s="1">
+        <v>19511296600799</v>
+      </c>
+      <c r="B415" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="C415" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="D415" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E415" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F415" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="G415" s="2" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" s="1">
+        <v>19511296600799</v>
+      </c>
+      <c r="B416" s="2" t="s">
         <v>784</v>
       </c>
-      <c r="C414" s="2" t="s">
-[...5 lines deleted...]
-      <c r="E414" s="2" t="s">
+      <c r="C416" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="D416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F416" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="G416" s="2" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" s="1">
+        <v>19511296600799</v>
+      </c>
+      <c r="B417" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="C417" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="D417" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E417" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F417" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="G417" s="2" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" s="1">
+        <v>19511296600799</v>
+      </c>
+      <c r="B418" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="C418" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="D418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F418" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="G418" s="2" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" s="1">
+        <v>19511296600799</v>
+      </c>
+      <c r="B419" s="2" t="s">
+        <v>788</v>
+      </c>
+      <c r="C419" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="D419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E419" s="2" t="s">
         <v>560</v>
       </c>
-      <c r="F414" s="2" t="s">
-[...3 lines deleted...]
-        <v>786</v>
+      <c r="F419" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="G419" s="2" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" s="1">
+        <v>19511296600799</v>
+      </c>
+      <c r="B420" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="C420" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="D420" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="E420" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F420" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="G420" s="2" t="s">
+        <v>597</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" s="1">
+        <v>19511296600799</v>
+      </c>
+      <c r="B421" s="2" t="s">
+        <v>794</v>
+      </c>
+      <c r="C421" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="D421" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E421" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="G421" s="2" t="s">
+        <v>796</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -12346,31 +12537,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/01/2026 15:00:53</dc:description>
+  <dc:description>Export en date du 03/18/2026 21:33:58</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>