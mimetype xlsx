--- v0 (2025-10-26)
+++ v1 (2026-02-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="617">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="637">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -427,50 +427,59 @@
   <si>
     <t>18/11/2023</t>
   </si>
   <si>
     <t>18/11/2020</t>
   </si>
   <si>
     <t>RNCP35161</t>
   </si>
   <si>
     <t>Assistant PME/TPE d’administration et de communication commerciales</t>
   </si>
   <si>
     <t>16/12/2023</t>
   </si>
   <si>
     <t>16/12/2020</t>
   </si>
   <si>
     <t>RNCP35171</t>
   </si>
   <si>
     <t>CQP Chaudronnier d'atelier</t>
   </si>
   <si>
+    <t>RNCP35182</t>
+  </si>
+  <si>
+    <t>TP Technicien en usinage assisté par ordinateur</t>
+  </si>
+  <si>
+    <t>08/12/2025</t>
+  </si>
+  <si>
     <t>RNCP35216</t>
   </si>
   <si>
     <t>CQP Concepteur modélisateur numérique de produits ou de systèmes mécaniques</t>
   </si>
   <si>
     <t>20/01/2024</t>
   </si>
   <si>
     <t>20/01/2021</t>
   </si>
   <si>
     <t>RNCP35281</t>
   </si>
   <si>
     <t>CQP Inspecteur en vérification périodique d’installations électriques</t>
   </si>
   <si>
     <t>10/02/2024</t>
   </si>
   <si>
     <t>10/02/2021</t>
   </si>
   <si>
     <t>RNCP35282</t>
@@ -604,1073 +613,1109 @@
   <si>
     <t>CQP Opérateur orthoprothésiste</t>
   </si>
   <si>
     <t>RNCP36303</t>
   </si>
   <si>
     <t>CQP Responsable d'équipe</t>
   </si>
   <si>
     <t>RNCP36310</t>
   </si>
   <si>
     <t>CQP Opérateur matériaux composites hautes performances</t>
   </si>
   <si>
     <t>RNCP36339</t>
   </si>
   <si>
     <t>CAP Accordeur de pianos</t>
   </si>
   <si>
     <t>31/08/2027</t>
   </si>
   <si>
-    <t>RNCP36648</t>
+    <t>RNCP36736</t>
+  </si>
+  <si>
+    <t>Monteur-câbleur de circuit imprimé équipé</t>
+  </si>
+  <si>
+    <t>23/05/2025</t>
+  </si>
+  <si>
+    <t>20/07/2022</t>
+  </si>
+  <si>
+    <t>RNCP36737</t>
+  </si>
+  <si>
+    <t>CQP Ajusteur-monteur industriel</t>
+  </si>
+  <si>
+    <t>20/07/2027</t>
+  </si>
+  <si>
+    <t>RNCP36803</t>
+  </si>
+  <si>
+    <t>01/03/2026</t>
+  </si>
+  <si>
+    <t>RNCP36804</t>
+  </si>
+  <si>
+    <t>28/02/2026</t>
+  </si>
+  <si>
+    <t>RNCP36805</t>
+  </si>
+  <si>
+    <t>TP Secrétaire assistant médico-social</t>
+  </si>
+  <si>
+    <t>01/09/2025</t>
+  </si>
+  <si>
+    <t>RNCP36869</t>
+  </si>
+  <si>
+    <t>CQP Monteur câbleur en équipements électriques</t>
+  </si>
+  <si>
+    <t>29/09/2027</t>
+  </si>
+  <si>
+    <t>29/09/2022</t>
+  </si>
+  <si>
+    <t>RNCP36979</t>
+  </si>
+  <si>
+    <t>CQP Peintre aéronautique et spatial</t>
+  </si>
+  <si>
+    <t>24/10/2027</t>
+  </si>
+  <si>
+    <t>24/10/2022</t>
+  </si>
+  <si>
+    <t>RNCP37035</t>
   </si>
   <si>
     <t>Agent de prévention et de sécurité</t>
   </si>
   <si>
-    <t>01/07/2027</t>
+    <t>23/11/2025</t>
+  </si>
+  <si>
+    <t>23/11/2022</t>
+  </si>
+  <si>
+    <t>RNCP37049</t>
+  </si>
+  <si>
+    <t>CQP Technicien supérieur en machines tournantes sous pression</t>
+  </si>
+  <si>
+    <t>23/11/2024</t>
+  </si>
+  <si>
+    <t>RNCP37098</t>
+  </si>
+  <si>
+    <t>TP Conseiller de vente</t>
+  </si>
+  <si>
+    <t>25/01/2028</t>
+  </si>
+  <si>
+    <t>RNCP37099</t>
+  </si>
+  <si>
+    <t>TP Employé commercial</t>
+  </si>
+  <si>
+    <t>15/12/2027</t>
+  </si>
+  <si>
+    <t>RNCP37120</t>
+  </si>
+  <si>
+    <t>TP Menuisier installateur</t>
+  </si>
+  <si>
+    <t>26/02/2028</t>
+  </si>
+  <si>
+    <t>RNCP37121</t>
+  </si>
+  <si>
+    <t>TP Comptable assistant</t>
+  </si>
+  <si>
+    <t>01/03/2028</t>
+  </si>
+  <si>
+    <t>RNCP37122</t>
+  </si>
+  <si>
+    <t>TP Plaquiste</t>
+  </si>
+  <si>
+    <t>05/03/2028</t>
+  </si>
+  <si>
+    <t>RNCP37138</t>
+  </si>
+  <si>
+    <t>CQP Responsable de secteur d’activités industrielles</t>
+  </si>
+  <si>
+    <t>14/12/2024</t>
+  </si>
+  <si>
+    <t>14/12/2022</t>
+  </si>
+  <si>
+    <t>RNCP37396</t>
+  </si>
+  <si>
+    <t>TP Chargé d'accueil touristique et de loisirs</t>
+  </si>
+  <si>
+    <t>01/08/2028</t>
+  </si>
+  <si>
+    <t>RNCP37397</t>
+  </si>
+  <si>
+    <t>TP Agent de fabrication industrielle</t>
+  </si>
+  <si>
+    <t>12/04/2028</t>
+  </si>
+  <si>
+    <t>RNCP37398</t>
+  </si>
+  <si>
+    <t>TP Conducteur d'installation et de machines automatisées</t>
+  </si>
+  <si>
+    <t>13/04/2028</t>
+  </si>
+  <si>
+    <t>RNCP37442</t>
+  </si>
+  <si>
+    <t>TP Electricien d'équipement du bâtiment</t>
+  </si>
+  <si>
+    <t>02/09/2028</t>
+  </si>
+  <si>
+    <t>RNCP37674</t>
+  </si>
+  <si>
+    <t>TP Développeur web et web mobile</t>
+  </si>
+  <si>
+    <t>01/09/2028</t>
+  </si>
+  <si>
+    <t>RNCP37680</t>
+  </si>
+  <si>
+    <t>TP Administrateur d'infrastructures sécurisées</t>
+  </si>
+  <si>
+    <t>01/09/2026</t>
+  </si>
+  <si>
+    <t>RNCP37681</t>
+  </si>
+  <si>
+    <t>TP Technicien d'assistance en informatique</t>
+  </si>
+  <si>
+    <t>RNCP37682</t>
+  </si>
+  <si>
+    <t>TP Technicien supérieur systèmes et réseaux</t>
+  </si>
+  <si>
+    <t>RNCP37715</t>
+  </si>
+  <si>
+    <t>05/07/2028</t>
+  </si>
+  <si>
+    <t>RNCP37718</t>
+  </si>
+  <si>
+    <t>TP Piqueur préparateur en maroquinerie</t>
+  </si>
+  <si>
+    <t>09/06/2028</t>
+  </si>
+  <si>
+    <t>RNCP37827</t>
+  </si>
+  <si>
+    <t>Développeur en intelligence artificielle</t>
+  </si>
+  <si>
+    <t>19/07/2028</t>
+  </si>
+  <si>
+    <t>19/07/2023</t>
+  </si>
+  <si>
+    <t>RNCP37872</t>
+  </si>
+  <si>
+    <t>TP Agent de propreté et d'hygiène</t>
+  </si>
+  <si>
+    <t>13/08/2028</t>
+  </si>
+  <si>
+    <t>RNCP37873</t>
+  </si>
+  <si>
+    <t>TP Concepteur développeur d'applications</t>
+  </si>
+  <si>
+    <t>18/12/2028</t>
+  </si>
+  <si>
+    <t>RNCP37943</t>
+  </si>
+  <si>
+    <t>TP Infographiste metteur en page</t>
+  </si>
+  <si>
+    <t>01/12/2024</t>
+  </si>
+  <si>
+    <t>RNCP37948</t>
+  </si>
+  <si>
+    <t>29/12/2028</t>
+  </si>
+  <si>
+    <t>RNCP37949</t>
+  </si>
+  <si>
+    <t>01/12/2028</t>
+  </si>
+  <si>
+    <t>RNCP38506</t>
+  </si>
+  <si>
+    <t>Assistant de comptabilité et d'administration en PME/TPE</t>
+  </si>
+  <si>
+    <t>21/12/2028</t>
+  </si>
+  <si>
+    <t>21/12/2023</t>
+  </si>
+  <si>
+    <t>RNCP38547</t>
+  </si>
+  <si>
+    <t>TP Employé d'étage hôtellerie et hôtellerie de plein air</t>
+  </si>
+  <si>
+    <t>25/05/2029</t>
+  </si>
+  <si>
+    <t>RNCP38561</t>
+  </si>
+  <si>
+    <t>TP Electricien d'installation et de maintenance des systèmes automatisés</t>
+  </si>
+  <si>
+    <t>21/03/2029</t>
+  </si>
+  <si>
+    <t>RNCP38575</t>
+  </si>
+  <si>
+    <t>TP Responsable de petite ou moyenne structure</t>
+  </si>
+  <si>
+    <t>08/02/2029</t>
+  </si>
+  <si>
+    <t>RNCP38625</t>
+  </si>
+  <si>
+    <t>Assistant d'administration commerciale (TPE/PME)</t>
+  </si>
+  <si>
+    <t>09/02/2028</t>
+  </si>
+  <si>
+    <t>09/02/2024</t>
+  </si>
+  <si>
+    <t>RNCP38663</t>
+  </si>
+  <si>
+    <t>TP Employé polyvalent en restauration</t>
+  </si>
+  <si>
+    <t>04/06/2029</t>
+  </si>
+  <si>
+    <t>RNCP38667</t>
+  </si>
+  <si>
+    <t>29/07/2029</t>
+  </si>
+  <si>
+    <t>RNCP38722</t>
+  </si>
+  <si>
+    <t>TP Commis de cuisine</t>
+  </si>
+  <si>
+    <t>05/06/2029</t>
+  </si>
+  <si>
+    <t>RNCP38790</t>
+  </si>
+  <si>
+    <t>Chaudronnier d'atelier</t>
+  </si>
+  <si>
+    <t>27/03/2027</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>RNCP38870</t>
+  </si>
+  <si>
+    <t>TP Réceptionniste hôtellerie et hôtellerie de plein air</t>
+  </si>
+  <si>
+    <t>02/08/2029</t>
+  </si>
+  <si>
+    <t>RNCP38871</t>
+  </si>
+  <si>
+    <t>TP Cuisinier en restauration collective</t>
+  </si>
+  <si>
+    <t>01/06/2029</t>
+  </si>
+  <si>
+    <t>RNCP38898</t>
+  </si>
+  <si>
+    <t>CQP Agent logistique (CQPI)</t>
+  </si>
+  <si>
+    <t>26/04/2027</t>
+  </si>
+  <si>
+    <t>26/04/2024</t>
+  </si>
+  <si>
+    <t>RNCP38900</t>
+  </si>
+  <si>
+    <t>CQP Ajusteur monteur d’outillages de production</t>
+  </si>
+  <si>
+    <t>26/04/2029</t>
+  </si>
+  <si>
+    <t>RNCP38901</t>
+  </si>
+  <si>
+    <t>CQP Contrôleur en métrologie dimensionnelle</t>
+  </si>
+  <si>
+    <t>26/04/2028</t>
+  </si>
+  <si>
+    <t>RNCP38904</t>
+  </si>
+  <si>
+    <t>RNCP39006</t>
+  </si>
+  <si>
+    <t>24/05/2029</t>
+  </si>
+  <si>
+    <t>RNCP39104</t>
+  </si>
+  <si>
+    <t>CQP Ajusteur outilleur en emboutissage</t>
+  </si>
+  <si>
+    <t>31/05/2029</t>
+  </si>
+  <si>
+    <t>31/05/2024</t>
+  </si>
+  <si>
+    <t>RNCP39132</t>
+  </si>
+  <si>
+    <t>TP Exploitant en transport routier de marchandises</t>
+  </si>
+  <si>
+    <t>24/08/2025</t>
+  </si>
+  <si>
+    <t>RNCP39181</t>
+  </si>
+  <si>
+    <t>TP Responsable d’espace de médiation numérique</t>
+  </si>
+  <si>
+    <t>12/07/2025</t>
+  </si>
+  <si>
+    <t>RNCP39210</t>
+  </si>
+  <si>
+    <t>Technicien en maintenance industrielle</t>
+  </si>
+  <si>
+    <t>27/06/2029</t>
+  </si>
+  <si>
+    <t>27/06/2024</t>
+  </si>
+  <si>
+    <t>RNCP39215</t>
+  </si>
+  <si>
+    <t>RNCP39228</t>
+  </si>
+  <si>
+    <t>CQP Technicien de maintenance des systèmes informatiques</t>
+  </si>
+  <si>
+    <t>27/06/2027</t>
+  </si>
+  <si>
+    <t>RNCP39239</t>
+  </si>
+  <si>
+    <t>Chargé d'intégration en robotique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP39243</t>
+  </si>
+  <si>
+    <t>Soudeur industriel</t>
+  </si>
+  <si>
+    <t>RNCP39349</t>
+  </si>
+  <si>
+    <t>Concepteur de systèmes automatisés et interfaces associées</t>
+  </si>
+  <si>
+    <t>19/07/2027</t>
+  </si>
+  <si>
+    <t>19/07/2024</t>
+  </si>
+  <si>
+    <t>RNCP39368</t>
+  </si>
+  <si>
+    <t>CQP Animateur du développement commercial de la PME/PMI par l’international</t>
+  </si>
+  <si>
+    <t>RNCP39534</t>
+  </si>
+  <si>
+    <t>07/01/2027</t>
+  </si>
+  <si>
+    <t>RNCP39640</t>
+  </si>
+  <si>
+    <t>Opérateur régleur sur machine-outil à commande numérique par enlèvement de matière</t>
+  </si>
+  <si>
+    <t>01/10/2029</t>
+  </si>
+  <si>
+    <t>01/10/2024</t>
+  </si>
+  <si>
+    <t>RNCP39641</t>
+  </si>
+  <si>
+    <t>Tuyauteur Industriel</t>
+  </si>
+  <si>
+    <t>RNCP39718</t>
+  </si>
+  <si>
+    <t>CQP Opérateur d'intervention en milieu sensible</t>
+  </si>
+  <si>
+    <t>31/10/2029</t>
+  </si>
+  <si>
+    <t>31/10/2024</t>
+  </si>
+  <si>
+    <t>RNCP39719</t>
+  </si>
+  <si>
+    <t>CQP Technicien d'intervention sur sites nucléaires</t>
+  </si>
+  <si>
+    <t>RNCP39722</t>
+  </si>
+  <si>
+    <t>Opérateur sur machines-outils conventionnelles de production</t>
+  </si>
+  <si>
+    <t>31/10/2027</t>
+  </si>
+  <si>
+    <t>RNCP39839</t>
+  </si>
+  <si>
+    <t>CQP Technicien monteur d'équipement industriel</t>
+  </si>
+  <si>
+    <t>28/11/2027</t>
+  </si>
+  <si>
+    <t>28/11/2024</t>
+  </si>
+  <si>
+    <t>RNCP39854</t>
+  </si>
+  <si>
+    <t>CQP Assembleur monteur pour l'aménagement de véhicules de transport</t>
+  </si>
+  <si>
+    <t>28/11/2029</t>
+  </si>
+  <si>
+    <t>RNCP39949</t>
+  </si>
+  <si>
+    <t>CQP Technicien logistique industrielle</t>
+  </si>
+  <si>
+    <t>18/12/2029</t>
+  </si>
+  <si>
+    <t>18/12/2024</t>
+  </si>
+  <si>
+    <t>RNCP40262</t>
+  </si>
+  <si>
+    <t>CQP Gardien d'immeubles</t>
+  </si>
+  <si>
+    <t>28/02/2028</t>
+  </si>
+  <si>
+    <t>28/02/2025</t>
+  </si>
+  <si>
+    <t>RNCP40799</t>
+  </si>
+  <si>
+    <t>TP Technicien informatique de proximité</t>
+  </si>
+  <si>
+    <t>01/09/2030</t>
+  </si>
+  <si>
+    <t>RNCP40800</t>
+  </si>
+  <si>
+    <t>TP Secrétaire assistant médico-administratif</t>
+  </si>
+  <si>
+    <t>RNCP41097</t>
+  </si>
+  <si>
+    <t>CQP Technicien en rectification industrielle</t>
+  </si>
+  <si>
+    <t>18/07/2030</t>
+  </si>
+  <si>
+    <t>18/07/2025</t>
+  </si>
+  <si>
+    <t>RNCP4113</t>
+  </si>
+  <si>
+    <t>29/12/2021</t>
+  </si>
+  <si>
+    <t>RNCP41239</t>
+  </si>
+  <si>
+    <t>TP Chargé d'accueil et de gestion administrative</t>
+  </si>
+  <si>
+    <t>30/09/2030</t>
+  </si>
+  <si>
+    <t>RNCP41288</t>
+  </si>
+  <si>
+    <t>CQP Opérateur en fabrication additive : poudre métallique ou polymères ou sables</t>
+  </si>
+  <si>
+    <t>24/09/2030</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RNCP41332</t>
+  </si>
+  <si>
+    <t>RNCP41366</t>
+  </si>
+  <si>
+    <t>04/11/2027</t>
+  </si>
+  <si>
+    <t>RNCP41763</t>
+  </si>
+  <si>
+    <t>CQP Opérateur régleur sur machines-outils à commande numérique de transformation de la tôle</t>
+  </si>
+  <si>
+    <t>18/12/2030</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>RNCP4821</t>
+  </si>
+  <si>
+    <t>TP Assistant(e) de vie aux familles</t>
+  </si>
+  <si>
+    <t>05/07/2021</t>
+  </si>
+  <si>
+    <t>RNCP5863</t>
+  </si>
+  <si>
+    <t>RNCP5881</t>
+  </si>
+  <si>
+    <t>RS1026</t>
+  </si>
+  <si>
+    <t>Certificat d’acteur prévention des risques liés à l’activité physique Secteur sanitaire et social (dénommé « acteur PRAP 2S »)</t>
+  </si>
+  <si>
+    <t>31/12/2021</t>
+  </si>
+  <si>
+    <t>RS1037</t>
+  </si>
+  <si>
+    <t>Certificat d’acteur prévention des risques liés à l’activité physique Secteur Industrie, Bâtiment, Commerce (dénommé « acteur PRAP IBC »)</t>
+  </si>
+  <si>
+    <t>RS1038</t>
+  </si>
+  <si>
+    <t>Maintenir et actualiser ses compétences d’acteur prap - industrie, BTP, commerce</t>
+  </si>
+  <si>
+    <t>RS1040</t>
+  </si>
+  <si>
+    <t>Maintenir et actualiser ses compétences d’acteur prap - sanitaire et social</t>
+  </si>
+  <si>
+    <t>RS1455</t>
+  </si>
+  <si>
+    <t>Préparation de la paye et des déclarations associées</t>
+  </si>
+  <si>
+    <t>RS1737</t>
+  </si>
+  <si>
+    <t>Certificat d'acteur prévention secours du secteur de l’aide et du soin à domicile</t>
+  </si>
+  <si>
+    <t>RS1787</t>
+  </si>
+  <si>
+    <t>Maintenir et actualiser ses compétences d'acteur prévention secours du secteur de l’aide et du soin à domicile (MAC APS ASD)</t>
+  </si>
+  <si>
+    <t>RS1806</t>
+  </si>
+  <si>
+    <t>Certificat d'animateur prévention du secteur de l’hébergement et de l’accueil des personnes âgées (Certificat AP-Hapa)</t>
+  </si>
+  <si>
+    <t>RS3130</t>
+  </si>
+  <si>
+    <t>Tests TOEIC® (Test of English for International Communication)</t>
+  </si>
+  <si>
+    <t>RS3807</t>
+  </si>
+  <si>
+    <t>Pix</t>
+  </si>
+  <si>
+    <t>RS46</t>
+  </si>
+  <si>
+    <t>DCL ANGLAIS - DIPLOME DE COMPETENCE EN LANGUE POUR L'ANGLAIS</t>
+  </si>
+  <si>
+    <t>03/09/2021</t>
+  </si>
+  <si>
+    <t>RS5080</t>
+  </si>
+  <si>
+    <t>Certification Socle de compétences et de connaissances professionnelles (CléA)</t>
+  </si>
+  <si>
+    <t>27/01/2025</t>
+  </si>
+  <si>
+    <t>27/01/2020</t>
+  </si>
+  <si>
+    <t>RS5454</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue Étrangère Professionnelle (DCLEP) - Français Langue Étrangère</t>
+  </si>
+  <si>
+    <t>17/06/2026</t>
+  </si>
+  <si>
+    <t>17/06/2021</t>
+  </si>
+  <si>
+    <t>RS5455</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue - Français professionnel de premier niveau (DCLFP)</t>
+  </si>
+  <si>
+    <t>RS5456</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Allemand</t>
+  </si>
+  <si>
+    <t>RS5457</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Anglais</t>
+  </si>
+  <si>
+    <t>RS5458</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Arabe</t>
+  </si>
+  <si>
+    <t>RS5459</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Chinois</t>
+  </si>
+  <si>
+    <t>RS5460</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue Etrangère professionnelle (DCLEP) - Espagnol</t>
+  </si>
+  <si>
+    <t>RS5461</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Portugais</t>
+  </si>
+  <si>
+    <t>RS5462</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Italien</t>
+  </si>
+  <si>
+    <t>RS5463</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue des Signes Française (DCLSF)</t>
+  </si>
+  <si>
+    <t>RS5466</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Russe</t>
+  </si>
+  <si>
+    <t>RS5550</t>
+  </si>
+  <si>
+    <t>Tests TOEIC (Test of English for International Communication)</t>
+  </si>
+  <si>
+    <t>10/11/2022</t>
+  </si>
+  <si>
+    <t>10/11/2021</t>
+  </si>
+  <si>
+    <t>RS5638</t>
+  </si>
+  <si>
+    <t>Attestation d'aptitude à la manipulation de fluides frigorigènes</t>
+  </si>
+  <si>
+    <t>31/12/2026</t>
+  </si>
+  <si>
+    <t>RS5641</t>
+  </si>
+  <si>
+    <t>Service de sécurité incendie et d'assistance aux personnes (SSIAP) niveau 1</t>
+  </si>
+  <si>
+    <t>RS5642</t>
+  </si>
+  <si>
+    <t>Service de sécurité incendie et d'assistance aux personnes (SSIAP) niveau 2</t>
+  </si>
+  <si>
+    <t>RS5643</t>
+  </si>
+  <si>
+    <t>Service de sécurité incendie et d'assistance aux personnes (SSIAP) niveau 3</t>
+  </si>
+  <si>
+    <t>RS5764</t>
+  </si>
+  <si>
+    <t>Hygiène alimentaire dans les établissements de restauration commerciale</t>
+  </si>
+  <si>
+    <t>31/12/2022</t>
+  </si>
+  <si>
+    <t>RS5784</t>
+  </si>
+  <si>
+    <t>Tosa Word</t>
+  </si>
+  <si>
+    <t>26/01/2023</t>
+  </si>
+  <si>
+    <t>26/01/2022</t>
+  </si>
+  <si>
+    <t>RS5785</t>
+  </si>
+  <si>
+    <t>Tosa PowerPoint</t>
+  </si>
+  <si>
+    <t>RS5786</t>
+  </si>
+  <si>
+    <t>Tosa Outlook</t>
+  </si>
+  <si>
+    <t>RS5787</t>
+  </si>
+  <si>
+    <t>Tosa Photoshop</t>
+  </si>
+  <si>
+    <t>RS5788</t>
+  </si>
+  <si>
+    <t>Tosa AutoCAD</t>
+  </si>
+  <si>
+    <t>RS5789</t>
+  </si>
+  <si>
+    <t>Tosa WordPress</t>
+  </si>
+  <si>
+    <t>RS5790</t>
+  </si>
+  <si>
+    <t>Tosa LibreOffice Calc</t>
+  </si>
+  <si>
+    <t>RS5791</t>
+  </si>
+  <si>
+    <t>Tosa Illustrator</t>
+  </si>
+  <si>
+    <t>RS5792</t>
+  </si>
+  <si>
+    <t>Tosa VBA</t>
+  </si>
+  <si>
+    <t>RS5793</t>
+  </si>
+  <si>
+    <t>Tosa InDesign</t>
+  </si>
+  <si>
+    <t>RS5794</t>
+  </si>
+  <si>
+    <t>Tosa Access</t>
+  </si>
+  <si>
+    <t>RS5795</t>
+  </si>
+  <si>
+    <t>Tosa Python</t>
+  </si>
+  <si>
+    <t>RS5801</t>
+  </si>
+  <si>
+    <t>Sauveteur Secouriste du Travail (SST)</t>
+  </si>
+  <si>
+    <t>RS585</t>
+  </si>
+  <si>
+    <t>DCL FP de 1er niveau - DIPLOME DE COMPETENCE EN LANGUE FRANCAISE PROFESSIONNELLE DE 1ER NIVEAU</t>
+  </si>
+  <si>
+    <t>RS587</t>
+  </si>
+  <si>
+    <t>DCL ALLEMAND - DIPLOME DE COMPETENCE EN LANGUE POUR L'ALLEMAND</t>
+  </si>
+  <si>
+    <t>RS5885</t>
+  </si>
+  <si>
+    <t>Former des Sauveteurs Secouristes du Travail</t>
+  </si>
+  <si>
+    <t>25/02/2023</t>
+  </si>
+  <si>
+    <t>RS589</t>
+  </si>
+  <si>
+    <t>DCL ARABE - DIPLOME DE COMPETENCE EN LANGUE POUR L'ARABE</t>
+  </si>
+  <si>
+    <t>RS590</t>
+  </si>
+  <si>
+    <t>DCL CHINOIS - DIPLOME DE COMPETENCE EN LANGUE POUR LE CHINOIS</t>
+  </si>
+  <si>
+    <t>RS591</t>
+  </si>
+  <si>
+    <t>DCL ESPAGNOL - DIPLOME DE COMPETENCE EN LANGUE POUR L'ESPAGNOL</t>
+  </si>
+  <si>
+    <t>RS593</t>
+  </si>
+  <si>
+    <t>DCL FLE - DIPLOME DE COMPETENCE EN LANGUE POUR LE FRANCAIS LANGUE ETRANGERE</t>
+  </si>
+  <si>
+    <t>RS5949</t>
+  </si>
+  <si>
+    <t>CCP Tutorat en entreprise (CCPI)</t>
+  </si>
+  <si>
+    <t>RS598</t>
+  </si>
+  <si>
+    <t>DCL ITALIEN - DIPLOME DE COMPETENCE EN LANGUE POUR L'ITALIEN</t>
+  </si>
+  <si>
+    <t>RS602</t>
+  </si>
+  <si>
+    <t>DCL PORTUGAIS - DIPLOME DE COMPETENCE EN LANGUE POUR LE PORTUGAIS</t>
+  </si>
+  <si>
+    <t>RS603</t>
+  </si>
+  <si>
+    <t>DCL RUSSE - DIPLOME DE COMPETENCE EN LANGUE POUR LE RUSSE</t>
+  </si>
+  <si>
+    <t>RS6062</t>
+  </si>
+  <si>
+    <t>Tosa DigComp</t>
+  </si>
+  <si>
+    <t>01/07/2024</t>
   </si>
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
-    <t>RNCP36736</t>
-[...1009 lines deleted...]
-  <si>
     <t>RS6151</t>
   </si>
   <si>
     <t>Test TOEIC (Test of English for International Communication)</t>
   </si>
   <si>
     <t>24/10/2025</t>
   </si>
   <si>
     <t>RS6184</t>
   </si>
   <si>
     <t>Tosa Sheets</t>
   </si>
   <si>
     <t>RS6185</t>
   </si>
   <si>
     <t>Tosa Slides</t>
   </si>
   <si>
     <t>RS6186</t>
   </si>
   <si>
     <t>Tosa Docs</t>
@@ -1705,68 +1750,62 @@
   <si>
     <t>RS6205</t>
   </si>
   <si>
     <t>RS6206</t>
   </si>
   <si>
     <t>RS6207</t>
   </si>
   <si>
     <t>RS6208</t>
   </si>
   <si>
     <t>RS6269</t>
   </si>
   <si>
     <t>Socle de connaissances et de compétences professionnelles du management (CléA Management)</t>
   </si>
   <si>
     <t>17/02/2028</t>
   </si>
   <si>
     <t>17/02/2023</t>
   </si>
   <si>
-    <t>RS6359</t>
-[...2 lines deleted...]
-    <t>Compléter sa pratique de l'activité de sécurité des grands événements pour exercer l'activité d'agent de prévention et de sécurité</t>
+    <t>RS6717</t>
+  </si>
+  <si>
+    <t>RS6718</t>
+  </si>
+  <si>
+    <t>Analyse de schémas en clapets logiques</t>
   </si>
   <si>
     <t>19/07/2026</t>
   </si>
   <si>
-    <t>RS6717</t>
-[...7 lines deleted...]
-  <si>
     <t>RS6893</t>
   </si>
   <si>
     <t>DigComp (Tosa)</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>RS6955</t>
   </si>
   <si>
     <t>Concevoir des dessins techniques et des plans avec AutoCAD (Tosa)</t>
   </si>
   <si>
     <t>18/12/2027</t>
   </si>
   <si>
     <t>RS6956</t>
   </si>
   <si>
     <t>Créer des illustrations vectorielles et des graphiques avec Illustrator (Tosa)</t>
@@ -1822,87 +1861,108 @@
   <si>
     <t>RS6965</t>
   </si>
   <si>
     <t>Créer et gérer des sites web avec WordPress (Tosa)</t>
   </si>
   <si>
     <t>RS7003</t>
   </si>
   <si>
     <t>Certification socle de compétences et de connaissances professionnelles (CléA)</t>
   </si>
   <si>
     <t>RS7096</t>
   </si>
   <si>
     <t>Développer des bases de données relationnelles avec Access (Tosa)</t>
   </si>
   <si>
     <t>28/03/2028</t>
   </si>
   <si>
     <t>28/03/2025</t>
   </si>
   <si>
+    <t>RS7113</t>
+  </si>
+  <si>
+    <t>Certificat Voltaire</t>
+  </si>
+  <si>
+    <t>28/03/2030</t>
+  </si>
+  <si>
     <t>RS715</t>
   </si>
   <si>
     <t>Certificat de sauveteur secouriste du travail</t>
   </si>
   <si>
     <t>RS720</t>
   </si>
   <si>
     <t>Certificat de formateur en sauvetage secourisme du travail</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>RS723</t>
   </si>
   <si>
     <t>Maintien et actualisation de ses compétences (MAC) de formateur SST</t>
   </si>
   <si>
     <t>RS7256</t>
   </si>
   <si>
     <t>Exploiter les fonctionnalités de Microsoft Excel pour la gestion et l'analyse des données (Tosa)</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>RS727</t>
   </si>
   <si>
     <t>Maintenir et actualiser ses compétences de sauveteur secouriste du travail</t>
+  </si>
+  <si>
+    <t>RS7373</t>
+  </si>
+  <si>
+    <t>Visualiser, analyser et optimiser les données avec Power BI (Tosa)</t>
+  </si>
+  <si>
+    <t>27/11/2030</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
   <si>
     <t>RS8</t>
   </si>
   <si>
     <t>TOSA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
@@ -2242,51 +2302,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H239"/>
+  <dimension ref="A1:H245"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -3384,120 +3444,120 @@
       </c>
       <c r="G48" s="2" t="s">
         <v>134</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B49" s="2" t="s">
         <v>137</v>
       </c>
       <c r="C49" s="2" t="s">
         <v>138</v>
       </c>
       <c r="D49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E49" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F49" s="2" t="s">
         <v>139</v>
       </c>
       <c r="G49" s="2" t="s">
-        <v>140</v>
+        <v>11</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B50" s="2" t="s">
+        <v>140</v>
+      </c>
+      <c r="C50" s="2" t="s">
         <v>141</v>
       </c>
-      <c r="C50" s="2" t="s">
+      <c r="D50" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E50" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F50" s="2" t="s">
         <v>142</v>
       </c>
-      <c r="D50" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F50" s="2" t="s">
+      <c r="G50" s="2" t="s">
         <v>143</v>
-      </c>
-[...1 lines deleted...]
-        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B51" s="2" t="s">
+        <v>144</v>
+      </c>
+      <c r="C51" s="2" t="s">
         <v>145</v>
       </c>
-      <c r="C51" s="2" t="s">
+      <c r="D51" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E51" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F51" s="2" t="s">
         <v>146</v>
       </c>
-      <c r="D51" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G51" s="2" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B52" s="2" t="s">
+        <v>148</v>
+      </c>
+      <c r="C52" s="2" t="s">
+        <v>149</v>
+      </c>
+      <c r="D52" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E52" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F52" s="2" t="s">
+        <v>146</v>
+      </c>
+      <c r="G52" s="2" t="s">
         <v>147</v>
-      </c>
-[...13 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B53" s="2" t="s">
         <v>150</v>
       </c>
       <c r="C53" s="2" t="s">
         <v>151</v>
       </c>
       <c r="D53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E53" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F53" s="2" t="s">
         <v>152</v>
       </c>
       <c r="G53" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -3611,456 +3671,456 @@
       </c>
       <c r="F58" s="2" t="s">
         <v>167</v>
       </c>
       <c r="G58" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>168</v>
       </c>
       <c r="C59" s="2" t="s">
         <v>169</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F59" s="2" t="s">
-        <v>75</v>
+        <v>170</v>
       </c>
       <c r="G59" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B60" s="2" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C60" s="2" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E60" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F60" s="2" t="s">
-        <v>172</v>
+        <v>75</v>
       </c>
       <c r="G60" s="2" t="s">
-        <v>173</v>
+        <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B61" s="2" t="s">
+        <v>173</v>
+      </c>
+      <c r="C61" s="2" t="s">
         <v>174</v>
       </c>
-      <c r="C61" s="2" t="s">
+      <c r="D61" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E61" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F61" s="2" t="s">
         <v>175</v>
       </c>
-      <c r="D61" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F61" s="2" t="s">
+      <c r="G61" s="2" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B62" s="2" t="s">
+        <v>177</v>
+      </c>
+      <c r="C62" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="C62" s="2" t="s">
+      <c r="D62" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E62" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F62" s="2" t="s">
         <v>179</v>
       </c>
-      <c r="D62" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F62" s="2" t="s">
+      <c r="G62" s="2" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B63" s="2" t="s">
         <v>181</v>
       </c>
       <c r="C63" s="2" t="s">
         <v>182</v>
       </c>
       <c r="D63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E63" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F63" s="2" t="s">
         <v>183</v>
       </c>
       <c r="G63" s="2" t="s">
-        <v>184</v>
+        <v>11</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B64" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C64" s="2" t="s">
         <v>185</v>
       </c>
-      <c r="C64" s="2" t="s">
+      <c r="D64" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E64" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F64" s="2" t="s">
         <v>186</v>
       </c>
-      <c r="D64" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G64" s="2" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B65" s="2" t="s">
+        <v>188</v>
+      </c>
+      <c r="C65" s="2" t="s">
+        <v>189</v>
+      </c>
+      <c r="D65" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E65" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F65" s="2" t="s">
+        <v>186</v>
+      </c>
+      <c r="G65" s="2" t="s">
         <v>187</v>
-      </c>
-[...13 lines deleted...]
-        <v>184</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B66" s="2" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C66" s="2" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E66" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F66" s="2" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="G66" s="2" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B67" s="2" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="C67" s="2" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F67" s="2" t="s">
-        <v>183</v>
+        <v>186</v>
       </c>
       <c r="G67" s="2" t="s">
-        <v>184</v>
+        <v>187</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B68" s="2" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="C68" s="2" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="D68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E68" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F68" s="2" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="G68" s="2" t="s">
-        <v>11</v>
+        <v>187</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>198</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>199</v>
+        <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B70" s="2" t="s">
+        <v>199</v>
+      </c>
+      <c r="C70" s="2" t="s">
         <v>200</v>
       </c>
-      <c r="C70" s="2" t="s">
+      <c r="D70" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F70" s="2" t="s">
         <v>201</v>
       </c>
-      <c r="D70" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F70" s="2" t="s">
+      <c r="G70" s="2" t="s">
         <v>202</v>
-      </c>
-[...1 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B71" s="2" t="s">
+        <v>203</v>
+      </c>
+      <c r="C71" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="C71" s="2" t="s">
+      <c r="D71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>205</v>
       </c>
-      <c r="D71" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G71" s="2" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B72" s="2" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="C72" s="2" t="s">
         <v>13</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F72" s="2" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B73" s="2" t="s">
-        <v>209</v>
+        <v>208</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>19</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>210</v>
+        <v>209</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B74" s="2" t="s">
+        <v>210</v>
+      </c>
+      <c r="C74" s="2" t="s">
         <v>211</v>
       </c>
-      <c r="C74" s="2" t="s">
+      <c r="D74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>212</v>
-      </c>
-[...7 lines deleted...]
-        <v>213</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B75" s="2" t="s">
+        <v>213</v>
+      </c>
+      <c r="C75" s="2" t="s">
         <v>214</v>
       </c>
-      <c r="C75" s="2" t="s">
+      <c r="D75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E75" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F75" s="2" t="s">
         <v>215</v>
       </c>
-      <c r="D75" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F75" s="2" t="s">
+      <c r="G75" s="2" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>217</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B76" s="2" t="s">
+        <v>217</v>
+      </c>
+      <c r="C76" s="2" t="s">
         <v>218</v>
       </c>
-      <c r="C76" s="2" t="s">
+      <c r="D76" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E76" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F76" s="2" t="s">
         <v>219</v>
       </c>
-      <c r="D76" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F76" s="2" t="s">
+      <c r="G76" s="2" t="s">
         <v>220</v>
-      </c>
-[...1 lines deleted...]
-        <v>221</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B77" s="2" t="s">
+        <v>221</v>
+      </c>
+      <c r="C77" s="2" t="s">
         <v>222</v>
-      </c>
-[...1 lines deleted...]
-        <v>197</v>
       </c>
       <c r="D77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E77" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F77" s="2" t="s">
         <v>223</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>224</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D78" s="2" t="s">
@@ -4166,74 +4226,74 @@
       </c>
       <c r="G82" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>242</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>243</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B84" s="2" t="s">
+        <v>243</v>
+      </c>
+      <c r="C84" s="2" t="s">
         <v>244</v>
       </c>
-      <c r="C84" s="2" t="s">
+      <c r="D84" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>245</v>
       </c>
-      <c r="D84" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F84" s="2" t="s">
+      <c r="G84" s="2" t="s">
         <v>246</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>248</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>249</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4324,169 +4384,169 @@
       </c>
       <c r="F89" s="2" t="s">
         <v>261</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>213</v>
+        <v>264</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B91" s="2" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C91" s="2" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>261</v>
+        <v>212</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B92" s="2" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C92" s="2" t="s">
-        <v>157</v>
+        <v>268</v>
       </c>
       <c r="D92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>269</v>
+        <v>160</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>270</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>272</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>273</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>274</v>
+        <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B95" s="2" t="s">
+        <v>274</v>
+      </c>
+      <c r="C95" s="2" t="s">
         <v>275</v>
       </c>
-      <c r="C95" s="2" t="s">
+      <c r="D95" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E95" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F95" s="2" t="s">
         <v>276</v>
       </c>
-      <c r="D95" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F95" s="2" t="s">
+      <c r="G95" s="2" t="s">
         <v>277</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4499,132 +4559,132 @@
       </c>
       <c r="C97" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>163</v>
+        <v>285</v>
       </c>
       <c r="D98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B99" s="2" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C99" s="2" t="s">
-        <v>65</v>
+        <v>166</v>
       </c>
       <c r="D99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E99" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F99" s="2" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B100" s="2" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
       <c r="C100" s="2" t="s">
-        <v>289</v>
+        <v>65</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>290</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>291</v>
+        <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B101" s="2" t="s">
+        <v>291</v>
+      </c>
+      <c r="C101" s="2" t="s">
         <v>292</v>
       </c>
-      <c r="C101" s="2" t="s">
+      <c r="D101" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E101" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F101" s="2" t="s">
         <v>293</v>
       </c>
-      <c r="D101" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F101" s="2" t="s">
+      <c r="G101" s="2" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>296</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>297</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4649,3155 +4709,3293 @@
       </c>
       <c r="G103" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>302</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>303</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>304</v>
+        <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B105" s="2" t="s">
+        <v>304</v>
+      </c>
+      <c r="C105" s="2" t="s">
         <v>305</v>
       </c>
-      <c r="C105" s="2" t="s">
+      <c r="D105" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E105" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F105" s="2" t="s">
         <v>306</v>
       </c>
-      <c r="D105" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F105" s="2" t="s">
+      <c r="G105" s="2" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C106" s="2" t="s">
-        <v>83</v>
+        <v>309</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B107" s="2" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
       <c r="C107" s="2" t="s">
-        <v>311</v>
+        <v>83</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>312</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>314</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>315</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>316</v>
+        <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B109" s="2" t="s">
+        <v>316</v>
+      </c>
+      <c r="C109" s="2" t="s">
         <v>317</v>
       </c>
-      <c r="C109" s="2" t="s">
+      <c r="D109" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E109" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F109" s="2" t="s">
         <v>318</v>
       </c>
-      <c r="D109" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F109" s="2" t="s">
+      <c r="G109" s="2" t="s">
         <v>319</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>321</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>322</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>325</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>326</v>
+        <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B112" s="2" t="s">
+        <v>326</v>
+      </c>
+      <c r="C112" s="2" t="s">
         <v>327</v>
       </c>
-      <c r="C112" s="2" t="s">
+      <c r="D112" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F112" s="2" t="s">
         <v>328</v>
       </c>
-      <c r="D112" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F112" s="2" t="s">
+      <c r="G112" s="2" t="s">
         <v>329</v>
-      </c>
-[...1 lines deleted...]
-        <v>326</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>331</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>332</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>186</v>
+        <v>334</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>325</v>
+        <v>335</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>326</v>
+        <v>329</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>80</v>
+        <v>189</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>11</v>
+        <v>329</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B116" s="2" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C116" s="2" t="s">
-        <v>337</v>
+        <v>80</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>338</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>339</v>
+        <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B117" s="2" t="s">
+        <v>339</v>
+      </c>
+      <c r="C117" s="2" t="s">
         <v>340</v>
       </c>
-      <c r="C117" s="2" t="s">
+      <c r="D117" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E117" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F117" s="2" t="s">
         <v>341</v>
       </c>
-      <c r="D117" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F117" s="2" t="s">
+      <c r="G117" s="2" t="s">
         <v>342</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>343</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>348</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>349</v>
+        <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B120" s="2" t="s">
+        <v>349</v>
+      </c>
+      <c r="C120" s="2" t="s">
         <v>350</v>
       </c>
-      <c r="C120" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="G120" s="2" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B121" s="2" t="s">
+        <v>353</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E121" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F121" s="2" t="s">
         <v>351</v>
       </c>
-      <c r="C121" s="2" t="s">
+      <c r="G121" s="2" t="s">
         <v>352</v>
-      </c>
-[...10 lines deleted...]
-        <v>349</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>355</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>348</v>
+        <v>356</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B123" s="2" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
       <c r="C123" s="2" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>348</v>
+        <v>351</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>349</v>
+        <v>352</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B124" s="2" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="C124" s="2" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>360</v>
+        <v>351</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>361</v>
+        <v>352</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B125" s="2" t="s">
+        <v>361</v>
+      </c>
+      <c r="C125" s="2" t="s">
         <v>362</v>
       </c>
-      <c r="C125" s="2" t="s">
+      <c r="D125" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F125" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="D125" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G125" s="2" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B126" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F126" s="2" t="s">
+        <v>276</v>
+      </c>
+      <c r="G126" s="2" t="s">
         <v>364</v>
-      </c>
-[...13 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>367</v>
+        <v>101</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>368</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>369</v>
+        <v>11</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B128" s="2" t="s">
+        <v>369</v>
+      </c>
+      <c r="C128" s="2" t="s">
         <v>370</v>
       </c>
-      <c r="C128" s="2" t="s">
+      <c r="D128" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E128" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F128" s="2" t="s">
         <v>371</v>
       </c>
-      <c r="D128" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G128" s="2" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B129" s="2" t="s">
+        <v>373</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F129" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="G129" s="2" t="s">
         <v>372</v>
-      </c>
-[...13 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B130" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="C130" s="2" t="s">
         <v>376</v>
       </c>
-      <c r="C130" s="2" t="s">
+      <c r="D130" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E130" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F130" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="D130" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G130" s="2" t="s">
-        <v>375</v>
+        <v>378</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B131" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="C131" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="D131" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E131" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F131" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="G131" s="2" t="s">
         <v>378</v>
-      </c>
-[...13 lines deleted...]
-        <v>375</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>382</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>384</v>
+        <v>378</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B133" s="2" t="s">
+        <v>384</v>
+      </c>
+      <c r="C133" s="2" t="s">
         <v>385</v>
       </c>
-      <c r="C133" s="2" t="s">
+      <c r="D133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F133" s="2" t="s">
         <v>386</v>
       </c>
-      <c r="D133" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F133" s="2" t="s">
+      <c r="G133" s="2" t="s">
         <v>387</v>
-      </c>
-[...1 lines deleted...]
-        <v>384</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>389</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>390</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B135" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="C135" s="2" t="s">
         <v>392</v>
       </c>
-      <c r="C135" s="2" t="s">
+      <c r="D135" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F135" s="2" t="s">
         <v>393</v>
       </c>
-      <c r="D135" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F135" s="2" t="s">
+      <c r="G135" s="2" t="s">
         <v>394</v>
-      </c>
-[...1 lines deleted...]
-        <v>395</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B136" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="C136" s="2" t="s">
         <v>396</v>
       </c>
-      <c r="C136" s="2" t="s">
+      <c r="D136" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E136" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F136" s="2" t="s">
         <v>397</v>
       </c>
-      <c r="D136" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F136" s="2" t="s">
+      <c r="G136" s="2" t="s">
         <v>398</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>399</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>400</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F137" s="2" t="s">
         <v>401</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>402</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B138" s="2" t="s">
+        <v>402</v>
+      </c>
+      <c r="C138" s="2" t="s">
         <v>403</v>
       </c>
-      <c r="C138" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D138" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>404</v>
+        <v>401</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B139" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="C139" s="2" t="s">
         <v>405</v>
       </c>
-      <c r="C139" s="2" t="s">
+      <c r="D139" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E139" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F139" s="2" t="s">
         <v>406</v>
       </c>
-      <c r="D139" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F139" s="2" t="s">
+      <c r="G139" s="2" t="s">
         <v>407</v>
-      </c>
-[...1 lines deleted...]
-        <v>408</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B140" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F140" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="C140" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G140" s="2" t="s">
-        <v>408</v>
+        <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B141" s="2" t="s">
         <v>410</v>
       </c>
       <c r="C141" s="2" t="s">
         <v>411</v>
       </c>
       <c r="D141" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E141" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F141" s="2" t="s">
         <v>412</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>413</v>
       </c>
       <c r="C142" s="2" t="s">
-        <v>212</v>
+        <v>414</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>10</v>
+        <v>415</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>11</v>
+        <v>416</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B143" s="2" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C143" s="2" t="s">
-        <v>235</v>
+        <v>178</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>10</v>
+        <v>415</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>11</v>
+        <v>416</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B144" s="2" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>416</v>
+        <v>122</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="G144" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B145" s="2" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C145" s="2" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D145" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>417</v>
+        <v>422</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>11</v>
+        <v>423</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B146" s="2" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="D146" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>417</v>
+        <v>426</v>
       </c>
       <c r="G146" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B147" s="2" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>423</v>
+        <v>211</v>
       </c>
       <c r="D147" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E147" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>417</v>
+        <v>10</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>424</v>
+        <v>428</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>425</v>
+        <v>238</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>417</v>
+        <v>10</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B149" s="2" t="s">
-        <v>426</v>
+        <v>429</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>427</v>
+        <v>430</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B150" s="2" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="C150" s="2" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B151" s="2" t="s">
-        <v>430</v>
+        <v>434</v>
       </c>
       <c r="C151" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="D151" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E151" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F151" s="2" t="s">
         <v>431</v>
-      </c>
-[...7 lines deleted...]
-        <v>417</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B152" s="2" t="s">
-        <v>432</v>
+        <v>436</v>
       </c>
       <c r="C152" s="2" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B153" s="2" t="s">
-        <v>434</v>
+        <v>438</v>
       </c>
       <c r="C153" s="2" t="s">
-        <v>435</v>
+        <v>439</v>
       </c>
       <c r="D153" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>436</v>
+        <v>440</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>437</v>
+        <v>441</v>
       </c>
       <c r="D154" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>438</v>
+        <v>431</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="D155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>441</v>
+        <v>431</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>442</v>
+        <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C156" s="2" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="G156" s="2" t="s">
-        <v>446</v>
+        <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B157" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="C157" s="2" t="s">
         <v>447</v>
       </c>
-      <c r="C157" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>446</v>
+        <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B158" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="C158" s="2" t="s">
         <v>449</v>
-      </c>
-[...1 lines deleted...]
-        <v>450</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>446</v>
+        <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B159" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="C159" s="2" t="s">
         <v>451</v>
-      </c>
-[...1 lines deleted...]
-        <v>452</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="G159" s="2" t="s">
-        <v>446</v>
+        <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>453</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>454</v>
       </c>
       <c r="D160" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>445</v>
+        <v>455</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>446</v>
+        <v>456</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B161" s="2" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="C161" s="2" t="s">
-        <v>456</v>
+        <v>458</v>
       </c>
       <c r="D161" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B162" s="2" t="s">
-        <v>457</v>
+        <v>461</v>
       </c>
       <c r="C162" s="2" t="s">
-        <v>458</v>
+        <v>462</v>
       </c>
       <c r="D162" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B163" s="2" t="s">
-        <v>459</v>
+        <v>463</v>
       </c>
       <c r="C163" s="2" t="s">
-        <v>460</v>
+        <v>464</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B164" s="2" t="s">
-        <v>461</v>
+        <v>465</v>
       </c>
       <c r="C164" s="2" t="s">
-        <v>462</v>
+        <v>466</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>463</v>
+        <v>467</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>464</v>
+        <v>468</v>
       </c>
       <c r="D165" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>465</v>
+        <v>469</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>466</v>
+        <v>470</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>445</v>
+        <v>459</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>446</v>
+        <v>460</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>467</v>
+        <v>471</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>468</v>
+        <v>472</v>
       </c>
       <c r="D167" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>469</v>
+        <v>459</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>470</v>
+        <v>460</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B168" s="2" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C168" s="2" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D168" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>473</v>
+        <v>459</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D169" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E169" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>473</v>
+        <v>459</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E170" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>473</v>
+        <v>459</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="D171" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E171" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>473</v>
+        <v>459</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>11</v>
+        <v>460</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>11</v>
+        <v>484</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B173" s="2" t="s">
-        <v>483</v>
+        <v>485</v>
       </c>
       <c r="C173" s="2" t="s">
-        <v>484</v>
+        <v>486</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>486</v>
+        <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B174" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="F174" s="2" t="s">
         <v>487</v>
       </c>
-      <c r="C174" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G174" s="2" t="s">
-        <v>486</v>
+        <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B175" s="2" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C175" s="2" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E175" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>486</v>
+        <v>11</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B176" s="2" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C176" s="2" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E176" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>485</v>
+        <v>487</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>486</v>
+        <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B177" s="2" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="C177" s="2" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>486</v>
+        <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B178" s="2" t="s">
-        <v>495</v>
+        <v>497</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>496</v>
+        <v>498</v>
       </c>
       <c r="D178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B179" s="2" t="s">
-        <v>497</v>
+        <v>501</v>
       </c>
       <c r="C179" s="2" t="s">
-        <v>498</v>
+        <v>502</v>
       </c>
       <c r="D179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F179" s="2" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="G179" s="2" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B180" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="C180" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="D180" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E180" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F180" s="2" t="s">
         <v>499</v>
       </c>
-      <c r="C180" s="2" t="s">
+      <c r="G180" s="2" t="s">
         <v>500</v>
-      </c>
-[...10 lines deleted...]
-        <v>486</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>501</v>
+        <v>505</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>502</v>
+        <v>506</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B182" s="2" t="s">
-        <v>503</v>
+        <v>507</v>
       </c>
       <c r="C182" s="2" t="s">
-        <v>504</v>
+        <v>508</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="G182" s="2" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B183" s="2" t="s">
-        <v>505</v>
+        <v>509</v>
       </c>
       <c r="C183" s="2" t="s">
-        <v>506</v>
+        <v>510</v>
       </c>
       <c r="D183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>507</v>
+        <v>511</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>508</v>
+        <v>512</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B185" s="2" t="s">
-        <v>509</v>
+        <v>513</v>
       </c>
       <c r="C185" s="2" t="s">
-        <v>510</v>
+        <v>514</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>485</v>
+        <v>499</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>486</v>
+        <v>500</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B186" s="2" t="s">
-        <v>511</v>
+        <v>515</v>
       </c>
       <c r="C186" s="2" t="s">
-        <v>512</v>
+        <v>516</v>
       </c>
       <c r="D186" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F186" s="2" t="s">
-        <v>438</v>
+        <v>499</v>
       </c>
       <c r="G186" s="2" t="s">
-        <v>11</v>
+        <v>500</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B187" s="2" t="s">
-        <v>513</v>
+        <v>517</v>
       </c>
       <c r="C187" s="2" t="s">
-        <v>514</v>
+        <v>518</v>
       </c>
       <c r="D187" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>438</v>
+        <v>499</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>11</v>
+        <v>500</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B188" s="2" t="s">
-        <v>515</v>
+        <v>519</v>
       </c>
       <c r="C188" s="2" t="s">
-        <v>516</v>
+        <v>520</v>
       </c>
       <c r="D188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>517</v>
+        <v>499</v>
       </c>
       <c r="G188" s="2" t="s">
-        <v>177</v>
+        <v>500</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B189" s="2" t="s">
-        <v>518</v>
+        <v>521</v>
       </c>
       <c r="C189" s="2" t="s">
-        <v>519</v>
+        <v>522</v>
       </c>
       <c r="D189" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>438</v>
+        <v>499</v>
       </c>
       <c r="G189" s="2" t="s">
-        <v>11</v>
+        <v>500</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B190" s="2" t="s">
-        <v>520</v>
+        <v>523</v>
       </c>
       <c r="C190" s="2" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="D190" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F190" s="2" t="s">
-        <v>438</v>
+        <v>499</v>
       </c>
       <c r="G190" s="2" t="s">
-        <v>11</v>
+        <v>500</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B191" s="2" t="s">
-        <v>522</v>
+        <v>525</v>
       </c>
       <c r="C191" s="2" t="s">
-        <v>523</v>
+        <v>526</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>438</v>
+        <v>452</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B192" s="2" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="C192" s="2" t="s">
-        <v>525</v>
+        <v>528</v>
       </c>
       <c r="D192" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>438</v>
+        <v>452</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B193" s="2" t="s">
-        <v>526</v>
+        <v>529</v>
       </c>
       <c r="C193" s="2" t="s">
-        <v>527</v>
+        <v>530</v>
       </c>
       <c r="D193" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E193" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F193" s="2" t="s">
-        <v>183</v>
+        <v>531</v>
       </c>
       <c r="G193" s="2" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B194" s="2" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="C194" s="2" t="s">
-        <v>529</v>
+        <v>533</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>438</v>
+        <v>452</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B195" s="2" t="s">
-        <v>530</v>
+        <v>534</v>
       </c>
       <c r="C195" s="2" t="s">
-        <v>531</v>
+        <v>535</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>438</v>
+        <v>452</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B196" s="2" t="s">
-        <v>532</v>
+        <v>536</v>
       </c>
       <c r="C196" s="2" t="s">
-        <v>533</v>
+        <v>537</v>
       </c>
       <c r="D196" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>438</v>
+        <v>452</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B197" s="2" t="s">
-        <v>534</v>
+        <v>538</v>
       </c>
       <c r="C197" s="2" t="s">
-        <v>535</v>
+        <v>539</v>
       </c>
       <c r="D197" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>536</v>
+        <v>452</v>
       </c>
       <c r="G197" s="2" t="s">
-        <v>199</v>
+        <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B198" s="2" t="s">
-        <v>537</v>
+        <v>540</v>
       </c>
       <c r="C198" s="2" t="s">
-        <v>538</v>
+        <v>541</v>
       </c>
       <c r="D198" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F198" s="2" t="s">
-        <v>539</v>
+        <v>186</v>
       </c>
       <c r="G198" s="2" t="s">
-        <v>221</v>
+        <v>187</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B199" s="2" t="s">
-        <v>540</v>
+        <v>542</v>
       </c>
       <c r="C199" s="2" t="s">
-        <v>541</v>
+        <v>543</v>
       </c>
       <c r="D199" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>242</v>
+        <v>452</v>
       </c>
       <c r="G199" s="2" t="s">
-        <v>243</v>
+        <v>11</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B200" s="2" t="s">
-        <v>542</v>
+        <v>544</v>
       </c>
       <c r="C200" s="2" t="s">
-        <v>543</v>
+        <v>545</v>
       </c>
       <c r="D200" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>242</v>
+        <v>452</v>
       </c>
       <c r="G200" s="2" t="s">
-        <v>243</v>
+        <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B201" s="2" t="s">
-        <v>544</v>
+        <v>546</v>
       </c>
       <c r="C201" s="2" t="s">
-        <v>545</v>
+        <v>547</v>
       </c>
       <c r="D201" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>242</v>
+        <v>452</v>
       </c>
       <c r="G201" s="2" t="s">
-        <v>243</v>
+        <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B202" s="2" t="s">
-        <v>546</v>
+        <v>548</v>
       </c>
       <c r="C202" s="2" t="s">
-        <v>547</v>
+        <v>549</v>
       </c>
       <c r="D202" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E202" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F202" s="2" t="s">
-        <v>242</v>
+        <v>550</v>
       </c>
       <c r="G202" s="2" t="s">
-        <v>243</v>
+        <v>551</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B203" s="2" t="s">
-        <v>548</v>
+        <v>552</v>
       </c>
       <c r="C203" s="2" t="s">
-        <v>484</v>
+        <v>553</v>
       </c>
       <c r="D203" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E203" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F203" s="2" t="s">
-        <v>242</v>
+        <v>554</v>
       </c>
       <c r="G203" s="2" t="s">
-        <v>243</v>
+        <v>220</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B204" s="2" t="s">
-        <v>549</v>
+        <v>555</v>
       </c>
       <c r="C204" s="2" t="s">
-        <v>488</v>
+        <v>556</v>
       </c>
       <c r="D204" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B205" s="2" t="s">
-        <v>550</v>
+        <v>557</v>
       </c>
       <c r="C205" s="2" t="s">
-        <v>506</v>
+        <v>558</v>
       </c>
       <c r="D205" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B206" s="2" t="s">
-        <v>551</v>
+        <v>559</v>
       </c>
       <c r="C206" s="2" t="s">
-        <v>502</v>
+        <v>560</v>
       </c>
       <c r="D206" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G206" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B207" s="2" t="s">
-        <v>552</v>
+        <v>561</v>
       </c>
       <c r="C207" s="2" t="s">
-        <v>508</v>
+        <v>562</v>
       </c>
       <c r="D207" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>490</v>
+        <v>498</v>
       </c>
       <c r="D208" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>492</v>
+        <v>502</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>555</v>
+        <v>565</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>500</v>
+        <v>520</v>
       </c>
       <c r="D210" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G210" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>556</v>
+        <v>566</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>504</v>
+        <v>516</v>
       </c>
       <c r="D211" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>557</v>
+        <v>567</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>494</v>
+        <v>522</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>558</v>
+        <v>568</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>496</v>
+        <v>504</v>
       </c>
       <c r="D213" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>242</v>
+        <v>245</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>243</v>
+        <v>246</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>559</v>
+        <v>569</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>560</v>
+        <v>506</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>561</v>
+        <v>245</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>562</v>
+        <v>246</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>564</v>
+        <v>514</v>
       </c>
       <c r="D215" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>565</v>
+        <v>245</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>274</v>
+        <v>246</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>566</v>
+        <v>571</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="D216" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>273</v>
+        <v>245</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>361</v>
+        <v>246</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>567</v>
+        <v>572</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>568</v>
+        <v>508</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>565</v>
+        <v>245</v>
       </c>
       <c r="G217" s="2" t="s">
-        <v>361</v>
+        <v>246</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>569</v>
+        <v>573</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>570</v>
+        <v>510</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>383</v>
+        <v>245</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>384</v>
+        <v>246</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B219" s="2" t="s">
-        <v>571</v>
+        <v>574</v>
       </c>
       <c r="C219" s="2" t="s">
-        <v>572</v>
+        <v>575</v>
       </c>
       <c r="D219" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E219" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F219" s="2" t="s">
-        <v>387</v>
+        <v>576</v>
       </c>
       <c r="G219" s="2" t="s">
-        <v>384</v>
+        <v>577</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>573</v>
+        <v>578</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>574</v>
+        <v>541</v>
       </c>
       <c r="D220" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>575</v>
+        <v>276</v>
       </c>
       <c r="G220" s="2" t="s">
-        <v>391</v>
+        <v>364</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B221" s="2" t="s">
-        <v>576</v>
+        <v>579</v>
       </c>
       <c r="C221" s="2" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="D221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E221" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F221" s="2" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="G221" s="2" t="s">
-        <v>391</v>
+        <v>364</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B222" s="2" t="s">
-        <v>578</v>
+        <v>582</v>
       </c>
       <c r="C222" s="2" t="s">
-        <v>579</v>
+        <v>583</v>
       </c>
       <c r="D222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>575</v>
+        <v>386</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B223" s="2" t="s">
-        <v>580</v>
+        <v>584</v>
       </c>
       <c r="C223" s="2" t="s">
-        <v>581</v>
+        <v>585</v>
       </c>
       <c r="D223" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>575</v>
+        <v>390</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>391</v>
+        <v>387</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>575</v>
+        <v>588</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="D225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>575</v>
+        <v>588</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>586</v>
+        <v>591</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>587</v>
+        <v>592</v>
       </c>
       <c r="D226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>575</v>
+        <v>588</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B227" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="C227" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="D227" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E227" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F227" s="2" t="s">
         <v>588</v>
       </c>
-      <c r="C227" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G227" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>590</v>
+        <v>595</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>591</v>
+        <v>596</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>575</v>
+        <v>588</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>592</v>
+        <v>597</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>593</v>
+        <v>598</v>
       </c>
       <c r="D229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>575</v>
+        <v>588</v>
       </c>
       <c r="G229" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B230" s="2" t="s">
-        <v>594</v>
+        <v>599</v>
       </c>
       <c r="C230" s="2" t="s">
-        <v>595</v>
+        <v>600</v>
       </c>
       <c r="D230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>575</v>
+        <v>588</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B231" s="2" t="s">
-        <v>596</v>
+        <v>601</v>
       </c>
       <c r="C231" s="2" t="s">
-        <v>597</v>
+        <v>602</v>
       </c>
       <c r="D231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>390</v>
+        <v>588</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>391</v>
+        <v>394</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B232" s="2" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="C232" s="2" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="D232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>600</v>
+        <v>588</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>601</v>
+        <v>394</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B233" s="2" t="s">
-        <v>602</v>
+        <v>605</v>
       </c>
       <c r="C233" s="2" t="s">
-        <v>603</v>
+        <v>606</v>
       </c>
       <c r="D233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>417</v>
+        <v>588</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B234" s="2" t="s">
-        <v>604</v>
+        <v>607</v>
       </c>
       <c r="C234" s="2" t="s">
-        <v>605</v>
+        <v>608</v>
       </c>
       <c r="D234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>417</v>
+        <v>588</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>11</v>
+        <v>394</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B235" s="2" t="s">
-        <v>606</v>
+        <v>609</v>
       </c>
       <c r="C235" s="2" t="s">
-        <v>607</v>
+        <v>610</v>
       </c>
       <c r="D235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B236" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="C236" s="2" t="s">
-        <v>609</v>
+        <v>612</v>
       </c>
       <c r="D236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E236" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F236" s="2" t="s">
-        <v>417</v>
+        <v>613</v>
       </c>
       <c r="G236" s="2" t="s">
-        <v>11</v>
+        <v>614</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B237" s="2" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="C237" s="2" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="D237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E237" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F237" s="2" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="G237" s="2" t="s">
-        <v>408</v>
+        <v>614</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B238" s="2" t="s">
-        <v>613</v>
+        <v>618</v>
       </c>
       <c r="C238" s="2" t="s">
-        <v>614</v>
+        <v>619</v>
       </c>
       <c r="D238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B239" s="2" t="s">
-        <v>615</v>
+        <v>620</v>
       </c>
       <c r="C239" s="2" t="s">
-        <v>616</v>
+        <v>621</v>
       </c>
       <c r="D239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>417</v>
+        <v>431</v>
       </c>
       <c r="G239" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" s="1">
+        <v>19450782800045</v>
+      </c>
+      <c r="B240" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="C240" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="D240" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E240" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F240" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>407</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" s="1">
+        <v>19450782800045</v>
+      </c>
+      <c r="B241" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="C241" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E241" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F241" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" s="1">
+        <v>19450782800045</v>
+      </c>
+      <c r="B242" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>416</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" s="1">
+        <v>19450782800045</v>
+      </c>
+      <c r="B243" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F243" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" s="1">
+        <v>19450782800045</v>
+      </c>
+      <c r="B244" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="C244" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E244" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F244" s="2" t="s">
+        <v>633</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" s="1">
+        <v>19450782800045</v>
+      </c>
+      <c r="B245" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="C245" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E245" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F245" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="G245" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -7811,31 +8009,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/26/2025 15:26:53</dc:description>
+  <dc:description>Export en date du 02/08/2026 14:47:27</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>