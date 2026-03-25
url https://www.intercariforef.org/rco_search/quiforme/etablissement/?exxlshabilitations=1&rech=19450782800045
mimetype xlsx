--- v1 (2026-02-08)
+++ v2 (2026-03-25)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="637">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="636">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP1212</t>
   </si>
   <si>
@@ -604,59 +604,50 @@
   <si>
     <t>RNCP36276</t>
   </si>
   <si>
     <t>CQP Conducteur régleur de presse à injecter les matériaux plastiques et métalliques sous pression</t>
   </si>
   <si>
     <t>RNCP36283</t>
   </si>
   <si>
     <t>CQP Opérateur orthoprothésiste</t>
   </si>
   <si>
     <t>RNCP36303</t>
   </si>
   <si>
     <t>CQP Responsable d'équipe</t>
   </si>
   <si>
     <t>RNCP36310</t>
   </si>
   <si>
     <t>CQP Opérateur matériaux composites hautes performances</t>
   </si>
   <si>
-    <t>RNCP36339</t>
-[...7 lines deleted...]
-  <si>
     <t>RNCP36736</t>
   </si>
   <si>
     <t>Monteur-câbleur de circuit imprimé équipé</t>
   </si>
   <si>
     <t>23/05/2025</t>
   </si>
   <si>
     <t>20/07/2022</t>
   </si>
   <si>
     <t>RNCP36737</t>
   </si>
   <si>
     <t>CQP Ajusteur-monteur industriel</t>
   </si>
   <si>
     <t>20/07/2027</t>
   </si>
   <si>
     <t>RNCP36803</t>
   </si>
   <si>
     <t>01/03/2026</t>
@@ -1213,92 +1204,104 @@
   <si>
     <t>RNCP39949</t>
   </si>
   <si>
     <t>CQP Technicien logistique industrielle</t>
   </si>
   <si>
     <t>18/12/2029</t>
   </si>
   <si>
     <t>18/12/2024</t>
   </si>
   <si>
     <t>RNCP40262</t>
   </si>
   <si>
     <t>CQP Gardien d'immeubles</t>
   </si>
   <si>
     <t>28/02/2028</t>
   </si>
   <si>
     <t>28/02/2025</t>
   </si>
   <si>
+    <t>RNCP40699</t>
+  </si>
+  <si>
+    <t>19/05/2030</t>
+  </si>
+  <si>
     <t>RNCP40799</t>
   </si>
   <si>
     <t>TP Technicien informatique de proximité</t>
   </si>
   <si>
     <t>01/09/2030</t>
   </si>
   <si>
     <t>RNCP40800</t>
   </si>
   <si>
     <t>TP Secrétaire assistant médico-administratif</t>
   </si>
   <si>
     <t>RNCP41097</t>
   </si>
   <si>
     <t>CQP Technicien en rectification industrielle</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
   </si>
   <si>
     <t>RNCP4113</t>
   </si>
   <si>
     <t>29/12/2021</t>
   </si>
   <si>
     <t>RNCP41239</t>
   </si>
   <si>
     <t>TP Chargé d'accueil et de gestion administrative</t>
   </si>
   <si>
     <t>30/09/2030</t>
   </si>
   <si>
+    <t>RNCP41254</t>
+  </si>
+  <si>
+    <t>28/10/2030</t>
+  </si>
+  <si>
     <t>RNCP41288</t>
   </si>
   <si>
     <t>CQP Opérateur en fabrication additive : poudre métallique ou polymères ou sables</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RNCP41332</t>
   </si>
   <si>
     <t>RNCP41366</t>
   </si>
   <si>
     <t>04/11/2027</t>
   </si>
   <si>
     <t>RNCP41763</t>
   </si>
   <si>
     <t>CQP Opérateur régleur sur machines-outils à commande numérique de transformation de la tôle</t>
@@ -1451,56 +1454,50 @@
     <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Chinois</t>
   </si>
   <si>
     <t>RS5460</t>
   </si>
   <si>
     <t>Diplôme de Compétence en Langue Etrangère professionnelle (DCLEP) - Espagnol</t>
   </si>
   <si>
     <t>RS5461</t>
   </si>
   <si>
     <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Portugais</t>
   </si>
   <si>
     <t>RS5462</t>
   </si>
   <si>
     <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Italien</t>
   </si>
   <si>
     <t>RS5463</t>
   </si>
   <si>
     <t>Diplôme de Compétence en Langue des Signes Française (DCLSF)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Russe</t>
   </si>
   <si>
     <t>RS5550</t>
   </si>
   <si>
     <t>Tests TOEIC (Test of English for International Communication)</t>
   </si>
   <si>
     <t>10/11/2022</t>
   </si>
   <si>
     <t>10/11/2021</t>
   </si>
   <si>
     <t>RS5638</t>
   </si>
   <si>
     <t>Attestation d'aptitude à la manipulation de fluides frigorigènes</t>
   </si>
   <si>
     <t>31/12/2026</t>
   </si>
   <si>
     <t>RS5641</t>
   </si>
@@ -3898,264 +3895,264 @@
       </c>
       <c r="E68" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F68" s="2" t="s">
         <v>186</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B69" s="2" t="s">
         <v>196</v>
       </c>
       <c r="C69" s="2" t="s">
         <v>197</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>198</v>
       </c>
       <c r="G69" s="2" t="s">
-        <v>11</v>
+        <v>199</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B70" s="2" t="s">
+        <v>200</v>
+      </c>
+      <c r="C70" s="2" t="s">
+        <v>201</v>
+      </c>
+      <c r="D70" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E70" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F70" s="2" t="s">
+        <v>202</v>
+      </c>
+      <c r="G70" s="2" t="s">
         <v>199</v>
-      </c>
-[...13 lines deleted...]
-        <v>202</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>203</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>204</v>
       </c>
-      <c r="D71" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G71" s="2" t="s">
-        <v>202</v>
+        <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B72" s="2" t="s">
+        <v>205</v>
+      </c>
+      <c r="C72" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="D72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E72" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F72" s="2" t="s">
         <v>206</v>
-      </c>
-[...10 lines deleted...]
-        <v>207</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B73" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="C73" s="2" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>19</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B74" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C74" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E74" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F74" s="2" t="s">
         <v>212</v>
       </c>
       <c r="G74" s="2" t="s">
-        <v>11</v>
+        <v>213</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B75" s="2" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="C75" s="2" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F75" s="2" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F76" s="2" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B77" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>223</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F77" s="2" t="s">
+        <v>224</v>
+      </c>
+      <c r="G77" s="2" t="s">
         <v>221</v>
-      </c>
-[...13 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B78" s="2" t="s">
         <v>225</v>
       </c>
       <c r="C78" s="2" t="s">
         <v>226</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>227</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>224</v>
+        <v>11</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B79" s="2" t="s">
         <v>228</v>
       </c>
       <c r="C79" s="2" t="s">
         <v>229</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F79" s="2" t="s">
         <v>230</v>
       </c>
       <c r="G79" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4226,74 +4223,74 @@
       </c>
       <c r="G82" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B83" s="2" t="s">
         <v>240</v>
       </c>
       <c r="C83" s="2" t="s">
         <v>241</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>242</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>11</v>
+        <v>243</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B84" s="2" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C84" s="2" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E84" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F84" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="G84" s="2" t="s">
-        <v>246</v>
+        <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B85" s="2" t="s">
         <v>247</v>
       </c>
       <c r="C85" s="2" t="s">
         <v>248</v>
       </c>
       <c r="D85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E85" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F85" s="2" t="s">
         <v>249</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4384,169 +4381,169 @@
       </c>
       <c r="F89" s="2" t="s">
         <v>261</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>262</v>
       </c>
       <c r="C90" s="2" t="s">
         <v>263</v>
       </c>
       <c r="D90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E90" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F90" s="2" t="s">
-        <v>264</v>
+        <v>209</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B91" s="2" t="s">
+        <v>264</v>
+      </c>
+      <c r="C91" s="2" t="s">
         <v>265</v>
       </c>
-      <c r="C91" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E91" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F91" s="2" t="s">
-        <v>212</v>
+        <v>261</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B92" s="2" t="s">
+        <v>266</v>
+      </c>
+      <c r="C92" s="2" t="s">
+        <v>160</v>
+      </c>
+      <c r="D92" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E92" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F92" s="2" t="s">
         <v>267</v>
-      </c>
-[...10 lines deleted...]
-        <v>264</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B93" s="2" t="s">
+        <v>268</v>
+      </c>
+      <c r="C93" s="2" t="s">
         <v>269</v>
-      </c>
-[...1 lines deleted...]
-        <v>160</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>270</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>271</v>
       </c>
       <c r="C94" s="2" t="s">
         <v>272</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>273</v>
       </c>
       <c r="G94" s="2" t="s">
-        <v>11</v>
+        <v>274</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B95" s="2" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="2" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
       <c r="G95" s="2" t="s">
-        <v>277</v>
+        <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>278</v>
       </c>
       <c r="C96" s="2" t="s">
         <v>279</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>280</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4559,132 +4556,132 @@
       </c>
       <c r="C97" s="2" t="s">
         <v>282</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F97" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B98" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C98" s="2" t="s">
+        <v>166</v>
+      </c>
+      <c r="D98" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E98" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F98" s="2" t="s">
         <v>285</v>
-      </c>
-[...7 lines deleted...]
-        <v>286</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B99" s="2" t="s">
+        <v>286</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>65</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E99" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F99" s="2" t="s">
         <v>287</v>
-      </c>
-[...10 lines deleted...]
-        <v>288</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B100" s="2" t="s">
+        <v>288</v>
+      </c>
+      <c r="C100" s="2" t="s">
         <v>289</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F100" s="2" t="s">
         <v>290</v>
       </c>
       <c r="G100" s="2" t="s">
-        <v>11</v>
+        <v>291</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B101" s="2" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
       <c r="C101" s="2" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="G101" s="2" t="s">
-        <v>294</v>
+        <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>295</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>296</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
         <v>297</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>11</v>
       </c>
     </row>
@@ -4709,3291 +4706,3291 @@
       </c>
       <c r="G103" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>301</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>302</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
         <v>303</v>
       </c>
       <c r="G104" s="2" t="s">
-        <v>11</v>
+        <v>304</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B105" s="2" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="C105" s="2" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="G105" s="2" t="s">
-        <v>307</v>
+        <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C106" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D106" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E106" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F106" s="2" t="s">
         <v>309</v>
-      </c>
-[...7 lines deleted...]
-        <v>310</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B107" s="2" t="s">
+        <v>310</v>
+      </c>
+      <c r="C107" s="2" t="s">
         <v>311</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F107" s="2" t="s">
         <v>312</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>313</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>314</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F108" s="2" t="s">
         <v>315</v>
       </c>
       <c r="G108" s="2" t="s">
-        <v>11</v>
+        <v>316</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B109" s="2" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C109" s="2" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="G109" s="2" t="s">
-        <v>319</v>
+        <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>320</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>321</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F110" s="2" t="s">
         <v>322</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F111" s="2" t="s">
         <v>325</v>
       </c>
       <c r="G111" s="2" t="s">
-        <v>11</v>
+        <v>326</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B112" s="2" t="s">
+        <v>327</v>
+      </c>
+      <c r="C112" s="2" t="s">
+        <v>328</v>
+      </c>
+      <c r="D112" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E112" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F112" s="2" t="s">
+        <v>329</v>
+      </c>
+      <c r="G112" s="2" t="s">
         <v>326</v>
-      </c>
-[...13 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>330</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>331</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F113" s="2" t="s">
         <v>332</v>
       </c>
       <c r="G113" s="2" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C114" s="2" t="s">
-        <v>334</v>
+        <v>189</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>335</v>
+        <v>325</v>
       </c>
       <c r="G114" s="2" t="s">
-        <v>329</v>
+        <v>326</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B115" s="2" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="C115" s="2" t="s">
-        <v>189</v>
+        <v>80</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>328</v>
+        <v>335</v>
       </c>
       <c r="G115" s="2" t="s">
-        <v>329</v>
+        <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B116" s="2" t="s">
+        <v>336</v>
+      </c>
+      <c r="C116" s="2" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="D116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F116" s="2" t="s">
         <v>338</v>
       </c>
       <c r="G116" s="2" t="s">
-        <v>11</v>
+        <v>339</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B117" s="2" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C117" s="2" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D117" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>342</v>
+        <v>11</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B118" s="2" t="s">
         <v>343</v>
       </c>
       <c r="C118" s="2" t="s">
         <v>344</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F118" s="2" t="s">
         <v>345</v>
       </c>
       <c r="G118" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>346</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>347</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F119" s="2" t="s">
         <v>348</v>
       </c>
       <c r="G119" s="2" t="s">
-        <v>11</v>
+        <v>349</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B120" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="C120" s="2" t="s">
+        <v>145</v>
+      </c>
+      <c r="D120" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E120" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F120" s="2" t="s">
+        <v>348</v>
+      </c>
+      <c r="G120" s="2" t="s">
         <v>349</v>
-      </c>
-[...13 lines deleted...]
-        <v>352</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B121" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="C121" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D121" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E121" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F121" s="2" t="s">
         <v>353</v>
       </c>
-      <c r="C121" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G121" s="2" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B122" s="2" t="s">
         <v>354</v>
       </c>
       <c r="C122" s="2" t="s">
         <v>355</v>
       </c>
       <c r="D122" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E122" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F122" s="2" t="s">
-        <v>356</v>
+        <v>348</v>
       </c>
       <c r="G122" s="2" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B123" s="2" t="s">
+        <v>356</v>
+      </c>
+      <c r="C123" s="2" t="s">
         <v>357</v>
       </c>
-      <c r="C123" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>351</v>
+        <v>348</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>352</v>
+        <v>349</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B124" s="2" t="s">
+        <v>358</v>
+      </c>
+      <c r="C124" s="2" t="s">
         <v>359</v>
       </c>
-      <c r="C124" s="2" t="s">
+      <c r="D124" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E124" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F124" s="2" t="s">
         <v>360</v>
       </c>
-      <c r="D124" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G124" s="2" t="s">
-        <v>352</v>
+        <v>361</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B125" s="2" t="s">
+        <v>362</v>
+      </c>
+      <c r="C125" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="D125" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E125" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F125" s="2" t="s">
+        <v>273</v>
+      </c>
+      <c r="G125" s="2" t="s">
         <v>361</v>
-      </c>
-[...13 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B126" s="2" t="s">
+        <v>364</v>
+      </c>
+      <c r="C126" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D126" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E126" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F126" s="2" t="s">
         <v>365</v>
       </c>
-      <c r="C126" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G126" s="2" t="s">
-        <v>364</v>
+        <v>11</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B127" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="C127" s="2" t="s">
         <v>367</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F127" s="2" t="s">
         <v>368</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>11</v>
+        <v>369</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B128" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="C128" s="2" t="s">
+        <v>371</v>
+      </c>
+      <c r="D128" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E128" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F128" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="G128" s="2" t="s">
         <v>369</v>
-      </c>
-[...13 lines deleted...]
-        <v>372</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B129" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="C129" s="2" t="s">
         <v>373</v>
       </c>
-      <c r="C129" s="2" t="s">
+      <c r="D129" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F129" s="2" t="s">
         <v>374</v>
       </c>
-      <c r="D129" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G129" s="2" t="s">
-        <v>372</v>
+        <v>375</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B130" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="C130" s="2" t="s">
+        <v>377</v>
+      </c>
+      <c r="D130" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E130" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F130" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="G130" s="2" t="s">
         <v>375</v>
-      </c>
-[...13 lines deleted...]
-        <v>378</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B131" s="2" t="s">
+        <v>378</v>
+      </c>
+      <c r="C131" s="2" t="s">
         <v>379</v>
       </c>
-      <c r="C131" s="2" t="s">
+      <c r="D131" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E131" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F131" s="2" t="s">
         <v>380</v>
       </c>
-      <c r="D131" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G131" s="2" t="s">
-        <v>378</v>
+        <v>375</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>381</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>382</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F132" s="2" t="s">
         <v>383</v>
       </c>
       <c r="G132" s="2" t="s">
-        <v>378</v>
+        <v>384</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B133" s="2" t="s">
+        <v>385</v>
+      </c>
+      <c r="C133" s="2" t="s">
+        <v>386</v>
+      </c>
+      <c r="D133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E133" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F133" s="2" t="s">
+        <v>387</v>
+      </c>
+      <c r="G133" s="2" t="s">
         <v>384</v>
-      </c>
-[...13 lines deleted...]
-        <v>387</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>388</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>389</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F134" s="2" t="s">
         <v>390</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>387</v>
+        <v>391</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B135" s="2" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="C135" s="2" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="D135" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E135" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F135" s="2" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="G135" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B136" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C136" s="2" t="s">
-        <v>396</v>
+        <v>110</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F136" s="2" t="s">
         <v>397</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>398</v>
+        <v>11</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B137" s="2" t="s">
+        <v>398</v>
+      </c>
+      <c r="C137" s="2" t="s">
         <v>399</v>
       </c>
-      <c r="C137" s="2" t="s">
+      <c r="D137" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E137" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F137" s="2" t="s">
         <v>400</v>
-      </c>
-[...7 lines deleted...]
-        <v>401</v>
       </c>
       <c r="G137" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B138" s="2" t="s">
+        <v>401</v>
+      </c>
+      <c r="C138" s="2" t="s">
         <v>402</v>
       </c>
-      <c r="C138" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D138" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>401</v>
+        <v>400</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B139" s="2" t="s">
+        <v>403</v>
+      </c>
+      <c r="C139" s="2" t="s">
         <v>404</v>
       </c>
-      <c r="C139" s="2" t="s">
+      <c r="D139" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E139" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F139" s="2" t="s">
         <v>405</v>
       </c>
-      <c r="D139" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F139" s="2" t="s">
+      <c r="G139" s="2" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>408</v>
+        <v>407</v>
       </c>
       <c r="C140" s="2" t="s">
         <v>166</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>409</v>
+        <v>408</v>
       </c>
       <c r="G140" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B141" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="C141" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="C141" s="2" t="s">
+      <c r="D141" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F141" s="2" t="s">
         <v>411</v>
-      </c>
-[...7 lines deleted...]
-        <v>412</v>
       </c>
       <c r="G141" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B142" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="C142" s="2" t="s">
+        <v>125</v>
+      </c>
+      <c r="D142" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E142" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F142" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="C142" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G142" s="2" t="s">
-        <v>416</v>
+        <v>11</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B143" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="C143" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="D143" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E143" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F143" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="G143" s="2" t="s">
         <v>417</v>
-      </c>
-[...13 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>418</v>
       </c>
       <c r="C144" s="2" t="s">
-        <v>122</v>
+        <v>178</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>419</v>
+        <v>416</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>11</v>
+        <v>417</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B145" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="C145" s="2" t="s">
+        <v>122</v>
+      </c>
+      <c r="D145" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E145" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F145" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="C145" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G145" s="2" t="s">
-        <v>423</v>
+        <v>11</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B146" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="C146" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F146" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="G146" s="2" t="s">
         <v>424</v>
-      </c>
-[...13 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B147" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="C147" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F147" s="2" t="s">
         <v>427</v>
-      </c>
-[...10 lines deleted...]
-        <v>10</v>
       </c>
       <c r="G147" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B148" s="2" t="s">
         <v>428</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>238</v>
+        <v>208</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F148" s="2" t="s">
         <v>10</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>429</v>
       </c>
       <c r="C149" s="2" t="s">
-        <v>430</v>
+        <v>235</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>431</v>
+        <v>10</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B150" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="C150" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="D150" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E150" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F150" s="2" t="s">
         <v>432</v>
-      </c>
-[...10 lines deleted...]
-        <v>431</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B151" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="C151" s="2" t="s">
         <v>434</v>
       </c>
-      <c r="C151" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B152" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="C152" s="2" t="s">
         <v>436</v>
       </c>
-      <c r="C152" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B153" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="C153" s="2" t="s">
         <v>438</v>
       </c>
-      <c r="C153" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D153" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B154" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="C154" s="2" t="s">
         <v>440</v>
       </c>
-      <c r="C154" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D154" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G154" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B155" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="C155" s="2" t="s">
         <v>442</v>
       </c>
-      <c r="C155" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G155" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B156" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="C156" s="2" t="s">
         <v>444</v>
       </c>
-      <c r="C156" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E156" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F156" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G156" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B157" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="C157" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="C157" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G157" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B158" s="2" t="s">
+        <v>447</v>
+      </c>
+      <c r="C158" s="2" t="s">
         <v>448</v>
       </c>
-      <c r="C158" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D158" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G158" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B159" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="C159" s="2" t="s">
         <v>450</v>
-      </c>
-[...1 lines deleted...]
-        <v>451</v>
       </c>
       <c r="D159" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E159" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F159" s="2" t="s">
-        <v>452</v>
+        <v>432</v>
       </c>
       <c r="G159" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B160" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="C160" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="D160" s="2" t="s">
+        <v>25</v>
+      </c>
+      <c r="E160" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F160" s="2" t="s">
         <v>453</v>
       </c>
-      <c r="C160" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G160" s="2" t="s">
-        <v>456</v>
+        <v>11</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B161" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="C161" s="2" t="s">
+        <v>455</v>
+      </c>
+      <c r="D161" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E161" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F161" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="G161" s="2" t="s">
         <v>457</v>
-      </c>
-[...13 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B162" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="C162" s="2" t="s">
+        <v>459</v>
+      </c>
+      <c r="D162" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E162" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F162" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="G162" s="2" t="s">
         <v>461</v>
-      </c>
-[...13 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B163" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="C163" s="2" t="s">
         <v>463</v>
       </c>
-      <c r="C163" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D163" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B164" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="C164" s="2" t="s">
         <v>465</v>
-      </c>
-[...1 lines deleted...]
-        <v>466</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B165" s="2" t="s">
+        <v>466</v>
+      </c>
+      <c r="C165" s="2" t="s">
         <v>467</v>
-      </c>
-[...1 lines deleted...]
-        <v>468</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B166" s="2" t="s">
+        <v>468</v>
+      </c>
+      <c r="C166" s="2" t="s">
         <v>469</v>
-      </c>
-[...1 lines deleted...]
-        <v>470</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B167" s="2" t="s">
+        <v>470</v>
+      </c>
+      <c r="C167" s="2" t="s">
         <v>471</v>
-      </c>
-[...1 lines deleted...]
-        <v>472</v>
       </c>
       <c r="D167" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B168" s="2" t="s">
+        <v>472</v>
+      </c>
+      <c r="C168" s="2" t="s">
         <v>473</v>
-      </c>
-[...1 lines deleted...]
-        <v>474</v>
       </c>
       <c r="D168" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E168" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F168" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G168" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B169" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="C169" s="2" t="s">
         <v>475</v>
-      </c>
-[...1 lines deleted...]
-        <v>476</v>
       </c>
       <c r="D169" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B170" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="C170" s="2" t="s">
         <v>477</v>
       </c>
-      <c r="C170" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D170" s="2" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B171" s="2" t="s">
+        <v>478</v>
+      </c>
+      <c r="C171" s="2" t="s">
         <v>479</v>
       </c>
-      <c r="C171" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D171" s="2" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B172" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="C172" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="C172" s="2" t="s">
+      <c r="D172" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E172" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F172" s="2" t="s">
         <v>482</v>
       </c>
-      <c r="D172" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F172" s="2" t="s">
+      <c r="G172" s="2" t="s">
         <v>483</v>
-      </c>
-[...1 lines deleted...]
-        <v>484</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B173" s="2" t="s">
+        <v>484</v>
+      </c>
+      <c r="C173" s="2" t="s">
         <v>485</v>
       </c>
-      <c r="C173" s="2" t="s">
+      <c r="D173" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E173" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F173" s="2" t="s">
         <v>486</v>
-      </c>
-[...7 lines deleted...]
-        <v>487</v>
       </c>
       <c r="G173" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B174" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="C174" s="2" t="s">
         <v>488</v>
-      </c>
-[...1 lines deleted...]
-        <v>489</v>
       </c>
       <c r="D174" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E174" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F174" s="2" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="G174" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B175" s="2" t="s">
+        <v>489</v>
+      </c>
+      <c r="C175" s="2" t="s">
         <v>490</v>
-      </c>
-[...1 lines deleted...]
-        <v>491</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="G175" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B176" s="2" t="s">
+        <v>491</v>
+      </c>
+      <c r="C176" s="2" t="s">
         <v>492</v>
-      </c>
-[...1 lines deleted...]
-        <v>493</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>25</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>487</v>
+        <v>486</v>
       </c>
       <c r="G176" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B177" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="C177" s="2" t="s">
         <v>494</v>
       </c>
-      <c r="C177" s="2" t="s">
+      <c r="D177" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E177" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F177" s="2" t="s">
         <v>495</v>
-      </c>
-[...7 lines deleted...]
-        <v>496</v>
       </c>
       <c r="G177" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B178" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="C178" s="2" t="s">
         <v>497</v>
       </c>
-      <c r="C178" s="2" t="s">
+      <c r="D178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F178" s="2" t="s">
         <v>498</v>
       </c>
-      <c r="D178" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F178" s="2" t="s">
+      <c r="G178" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B179" s="2" t="s">
+        <v>500</v>
+      </c>
+      <c r="C179" s="2" t="s">
         <v>501</v>
       </c>
-      <c r="C179" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E179" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F179" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G179" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B180" s="2" t="s">
+        <v>502</v>
+      </c>
+      <c r="C180" s="2" t="s">
         <v>503</v>
       </c>
-      <c r="C180" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G180" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B181" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="C181" s="2" t="s">
         <v>505</v>
       </c>
-      <c r="C181" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F181" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G181" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B182" s="2" t="s">
+        <v>506</v>
+      </c>
+      <c r="C182" s="2" t="s">
         <v>507</v>
       </c>
-      <c r="C182" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F182" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G182" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B183" s="2" t="s">
+        <v>508</v>
+      </c>
+      <c r="C183" s="2" t="s">
         <v>509</v>
       </c>
-      <c r="C183" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F183" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G183" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B184" s="2" t="s">
+        <v>510</v>
+      </c>
+      <c r="C184" s="2" t="s">
         <v>511</v>
       </c>
-      <c r="C184" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F184" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G184" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B185" s="2" t="s">
+        <v>512</v>
+      </c>
+      <c r="C185" s="2" t="s">
         <v>513</v>
       </c>
-      <c r="C185" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F185" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G185" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B186" s="2" t="s">
+        <v>514</v>
+      </c>
+      <c r="C186" s="2" t="s">
         <v>515</v>
       </c>
-      <c r="C186" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D186" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E186" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F186" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G186" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B187" s="2" t="s">
+        <v>516</v>
+      </c>
+      <c r="C187" s="2" t="s">
         <v>517</v>
       </c>
-      <c r="C187" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F187" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G187" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B188" s="2" t="s">
+        <v>518</v>
+      </c>
+      <c r="C188" s="2" t="s">
         <v>519</v>
       </c>
-      <c r="C188" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F188" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G188" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B189" s="2" t="s">
+        <v>520</v>
+      </c>
+      <c r="C189" s="2" t="s">
         <v>521</v>
       </c>
-      <c r="C189" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F189" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G189" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B190" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="C190" s="2" t="s">
         <v>523</v>
       </c>
-      <c r="C190" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D190" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E190" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F190" s="2" t="s">
+        <v>498</v>
+      </c>
+      <c r="G190" s="2" t="s">
         <v>499</v>
-      </c>
-[...1 lines deleted...]
-        <v>500</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B191" s="2" t="s">
+        <v>524</v>
+      </c>
+      <c r="C191" s="2" t="s">
         <v>525</v>
-      </c>
-[...1 lines deleted...]
-        <v>526</v>
       </c>
       <c r="D191" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E191" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F191" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G191" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B192" s="2" t="s">
+        <v>526</v>
+      </c>
+      <c r="C192" s="2" t="s">
         <v>527</v>
-      </c>
-[...1 lines deleted...]
-        <v>528</v>
       </c>
       <c r="D192" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E192" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F192" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G192" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B193" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="C193" s="2" t="s">
         <v>529</v>
       </c>
-      <c r="C193" s="2" t="s">
+      <c r="D193" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E193" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F193" s="2" t="s">
         <v>530</v>
-      </c>
-[...7 lines deleted...]
-        <v>531</v>
       </c>
       <c r="G193" s="2" t="s">
         <v>180</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B194" s="2" t="s">
+        <v>531</v>
+      </c>
+      <c r="C194" s="2" t="s">
         <v>532</v>
-      </c>
-[...1 lines deleted...]
-        <v>533</v>
       </c>
       <c r="D194" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E194" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F194" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G194" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B195" s="2" t="s">
+        <v>533</v>
+      </c>
+      <c r="C195" s="2" t="s">
         <v>534</v>
-      </c>
-[...1 lines deleted...]
-        <v>535</v>
       </c>
       <c r="D195" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E195" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F195" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G195" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B196" s="2" t="s">
+        <v>535</v>
+      </c>
+      <c r="C196" s="2" t="s">
         <v>536</v>
-      </c>
-[...1 lines deleted...]
-        <v>537</v>
       </c>
       <c r="D196" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E196" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F196" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G196" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B197" s="2" t="s">
+        <v>537</v>
+      </c>
+      <c r="C197" s="2" t="s">
         <v>538</v>
-      </c>
-[...1 lines deleted...]
-        <v>539</v>
       </c>
       <c r="D197" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E197" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F197" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G197" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B198" s="2" t="s">
+        <v>539</v>
+      </c>
+      <c r="C198" s="2" t="s">
         <v>540</v>
-      </c>
-[...1 lines deleted...]
-        <v>541</v>
       </c>
       <c r="D198" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E198" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F198" s="2" t="s">
         <v>186</v>
       </c>
       <c r="G198" s="2" t="s">
         <v>187</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B199" s="2" t="s">
+        <v>541</v>
+      </c>
+      <c r="C199" s="2" t="s">
         <v>542</v>
-      </c>
-[...1 lines deleted...]
-        <v>543</v>
       </c>
       <c r="D199" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E199" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F199" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G199" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B200" s="2" t="s">
+        <v>543</v>
+      </c>
+      <c r="C200" s="2" t="s">
         <v>544</v>
-      </c>
-[...1 lines deleted...]
-        <v>545</v>
       </c>
       <c r="D200" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E200" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F200" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G200" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B201" s="2" t="s">
+        <v>545</v>
+      </c>
+      <c r="C201" s="2" t="s">
         <v>546</v>
-      </c>
-[...1 lines deleted...]
-        <v>547</v>
       </c>
       <c r="D201" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E201" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F201" s="2" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="G201" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B202" s="2" t="s">
+        <v>547</v>
+      </c>
+      <c r="C202" s="2" t="s">
         <v>548</v>
       </c>
-      <c r="C202" s="2" t="s">
+      <c r="D202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E202" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F202" s="2" t="s">
         <v>549</v>
       </c>
-      <c r="D202" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F202" s="2" t="s">
+      <c r="G202" s="2" t="s">
         <v>550</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B203" s="2" t="s">
+        <v>551</v>
+      </c>
+      <c r="C203" s="2" t="s">
         <v>552</v>
       </c>
-      <c r="C203" s="2" t="s">
+      <c r="D203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E203" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F203" s="2" t="s">
         <v>553</v>
       </c>
-      <c r="D203" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G203" s="2" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B204" s="2" t="s">
+        <v>554</v>
+      </c>
+      <c r="C204" s="2" t="s">
         <v>555</v>
       </c>
-      <c r="C204" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D204" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E204" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F204" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G204" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B205" s="2" t="s">
+        <v>556</v>
+      </c>
+      <c r="C205" s="2" t="s">
         <v>557</v>
       </c>
-      <c r="C205" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D205" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E205" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F205" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G205" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B206" s="2" t="s">
+        <v>558</v>
+      </c>
+      <c r="C206" s="2" t="s">
         <v>559</v>
       </c>
-      <c r="C206" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D206" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E206" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F206" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G206" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B207" s="2" t="s">
+        <v>560</v>
+      </c>
+      <c r="C207" s="2" t="s">
         <v>561</v>
       </c>
-      <c r="C207" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D207" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E207" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F207" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G207" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B208" s="2" t="s">
-        <v>563</v>
+        <v>562</v>
       </c>
       <c r="C208" s="2" t="s">
-        <v>498</v>
+        <v>497</v>
       </c>
       <c r="D208" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E208" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F208" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G208" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B209" s="2" t="s">
-        <v>564</v>
+        <v>563</v>
       </c>
       <c r="C209" s="2" t="s">
-        <v>502</v>
+        <v>501</v>
       </c>
       <c r="D209" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E209" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F209" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G209" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B210" s="2" t="s">
-        <v>565</v>
+        <v>564</v>
       </c>
       <c r="C210" s="2" t="s">
-        <v>520</v>
+        <v>519</v>
       </c>
       <c r="D210" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E210" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F210" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G210" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B211" s="2" t="s">
-        <v>566</v>
+        <v>565</v>
       </c>
       <c r="C211" s="2" t="s">
-        <v>516</v>
+        <v>515</v>
       </c>
       <c r="D211" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E211" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F211" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G211" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B212" s="2" t="s">
-        <v>567</v>
+        <v>566</v>
       </c>
       <c r="C212" s="2" t="s">
-        <v>522</v>
+        <v>521</v>
       </c>
       <c r="D212" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E212" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F212" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G212" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B213" s="2" t="s">
-        <v>568</v>
+        <v>567</v>
       </c>
       <c r="C213" s="2" t="s">
-        <v>504</v>
+        <v>503</v>
       </c>
       <c r="D213" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E213" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F213" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G213" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B214" s="2" t="s">
-        <v>569</v>
+        <v>568</v>
       </c>
       <c r="C214" s="2" t="s">
-        <v>506</v>
+        <v>505</v>
       </c>
       <c r="D214" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E214" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F214" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G214" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B215" s="2" t="s">
-        <v>570</v>
+        <v>569</v>
       </c>
       <c r="C215" s="2" t="s">
-        <v>514</v>
+        <v>513</v>
       </c>
       <c r="D215" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E215" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F215" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G215" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B216" s="2" t="s">
-        <v>571</v>
+        <v>570</v>
       </c>
       <c r="C216" s="2" t="s">
-        <v>518</v>
+        <v>517</v>
       </c>
       <c r="D216" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E216" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F216" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G216" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B217" s="2" t="s">
-        <v>572</v>
+        <v>571</v>
       </c>
       <c r="C217" s="2" t="s">
-        <v>508</v>
+        <v>507</v>
       </c>
       <c r="D217" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E217" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F217" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G217" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B218" s="2" t="s">
-        <v>573</v>
+        <v>572</v>
       </c>
       <c r="C218" s="2" t="s">
-        <v>510</v>
+        <v>509</v>
       </c>
       <c r="D218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E218" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F218" s="2" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="G218" s="2" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B219" s="2" t="s">
+        <v>573</v>
+      </c>
+      <c r="C219" s="2" t="s">
         <v>574</v>
       </c>
-      <c r="C219" s="2" t="s">
+      <c r="D219" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E219" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F219" s="2" t="s">
         <v>575</v>
       </c>
-      <c r="D219" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F219" s="2" t="s">
+      <c r="G219" s="2" t="s">
         <v>576</v>
-      </c>
-[...1 lines deleted...]
-        <v>577</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B220" s="2" t="s">
-        <v>578</v>
+        <v>577</v>
       </c>
       <c r="C220" s="2" t="s">
-        <v>541</v>
+        <v>540</v>
       </c>
       <c r="D220" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E220" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F220" s="2" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="G220" s="2" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B221" s="2" t="s">
+        <v>578</v>
+      </c>
+      <c r="C221" s="2" t="s">
         <v>579</v>
       </c>
-      <c r="C221" s="2" t="s">
+      <c r="D221" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E221" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F221" s="2" t="s">
         <v>580</v>
       </c>
-      <c r="D221" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G221" s="2" t="s">
-        <v>364</v>
+        <v>361</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B222" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="C222" s="2" t="s">
         <v>582</v>
       </c>
-      <c r="C222" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F222" s="2" t="s">
-        <v>386</v>
+        <v>383</v>
       </c>
       <c r="G222" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B223" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="C223" s="2" t="s">
         <v>584</v>
-      </c>
-[...1 lines deleted...]
-        <v>585</v>
       </c>
       <c r="D223" s="2" t="s">
         <v>25</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>390</v>
+        <v>387</v>
       </c>
       <c r="G223" s="2" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B224" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="C224" s="2" t="s">
         <v>586</v>
       </c>
-      <c r="C224" s="2" t="s">
+      <c r="D224" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E224" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F224" s="2" t="s">
         <v>587</v>
       </c>
-      <c r="D224" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G224" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B225" s="2" t="s">
+        <v>588</v>
+      </c>
+      <c r="C225" s="2" t="s">
         <v>589</v>
       </c>
-      <c r="C225" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B226" s="2" t="s">
+        <v>590</v>
+      </c>
+      <c r="C226" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="C226" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B227" s="2" t="s">
+        <v>592</v>
+      </c>
+      <c r="C227" s="2" t="s">
         <v>593</v>
       </c>
-      <c r="C227" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B228" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="C228" s="2" t="s">
         <v>595</v>
       </c>
-      <c r="C228" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B229" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="C229" s="2" t="s">
         <v>597</v>
       </c>
-      <c r="C229" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="G229" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B230" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="C230" s="2" t="s">
         <v>599</v>
       </c>
-      <c r="C230" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E230" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F230" s="2" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="G230" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B231" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="C231" s="2" t="s">
         <v>601</v>
       </c>
-      <c r="C231" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E231" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F231" s="2" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="G231" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B232" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="C232" s="2" t="s">
         <v>603</v>
       </c>
-      <c r="C232" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E232" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F232" s="2" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="G232" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B233" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="C233" s="2" t="s">
         <v>605</v>
       </c>
-      <c r="C233" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E233" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F233" s="2" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="G233" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B234" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="C234" s="2" t="s">
         <v>607</v>
       </c>
-      <c r="C234" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E234" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F234" s="2" t="s">
-        <v>588</v>
+        <v>587</v>
       </c>
       <c r="G234" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B235" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="C235" s="2" t="s">
         <v>609</v>
       </c>
-      <c r="C235" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E235" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F235" s="2" t="s">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="G235" s="2" t="s">
-        <v>394</v>
+        <v>391</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B236" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="C236" s="2" t="s">
         <v>611</v>
       </c>
-      <c r="C236" s="2" t="s">
+      <c r="D236" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E236" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F236" s="2" t="s">
         <v>612</v>
       </c>
-      <c r="D236" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F236" s="2" t="s">
+      <c r="G236" s="2" t="s">
         <v>613</v>
-      </c>
-[...1 lines deleted...]
-        <v>614</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B237" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="C237" s="2" t="s">
         <v>615</v>
       </c>
-      <c r="C237" s="2" t="s">
+      <c r="D237" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E237" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F237" s="2" t="s">
         <v>616</v>
       </c>
-      <c r="D237" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G237" s="2" t="s">
-        <v>614</v>
+        <v>613</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B238" s="2" t="s">
+        <v>617</v>
+      </c>
+      <c r="C238" s="2" t="s">
         <v>618</v>
       </c>
-      <c r="C238" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E238" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F238" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G238" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B239" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="C239" s="2" t="s">
         <v>620</v>
       </c>
-      <c r="C239" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E239" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F239" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G239" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B240" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="C240" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="C240" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E240" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F240" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="G240" s="2" t="s">
         <v>406</v>
-      </c>
-[...1 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B241" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="C241" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="C241" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E241" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F241" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G241" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B242" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="C242" s="2" t="s">
         <v>626</v>
       </c>
-      <c r="C242" s="2" t="s">
+      <c r="D242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F242" s="2" t="s">
         <v>627</v>
       </c>
-      <c r="D242" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G242" s="2" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B243" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="C243" s="2" t="s">
         <v>629</v>
       </c>
-      <c r="C243" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E243" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F243" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G243" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B244" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="C244" s="2" t="s">
         <v>631</v>
       </c>
-      <c r="C244" s="2" t="s">
+      <c r="D244" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E244" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F244" s="2" t="s">
         <v>632</v>
       </c>
-      <c r="D244" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F244" s="2" t="s">
+      <c r="G244" s="2" t="s">
         <v>633</v>
-      </c>
-[...1 lines deleted...]
-        <v>634</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" s="1">
         <v>19450782800045</v>
       </c>
       <c r="B245" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="C245" s="2" t="s">
         <v>635</v>
       </c>
-      <c r="C245" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E245" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F245" s="2" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="G245" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
@@ -8009,31 +8006,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/08/2026 14:47:27</dc:description>
+  <dc:description>Export en date du 03/25/2026 16:27:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>