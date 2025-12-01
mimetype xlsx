--- v0 (2025-10-17)
+++ v1 (2025-12-01)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="696">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="764">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP17506</t>
   </si>
   <si>
@@ -1769,50 +1769,254 @@
     <t>RNCP40806</t>
   </si>
   <si>
     <t>LICENCE Mathématiques et informatique appliquées aux sciences humaines et sociales (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>RNCP41068</t>
   </si>
   <si>
     <t>Licence Professionnelle Métiers de l'intelligence artificielle : outils et méthodes (fiche nationale)</t>
   </si>
   <si>
     <t>31/07/2029</t>
   </si>
   <si>
     <t>RNCP41077</t>
   </si>
   <si>
     <t>MASTER Innovation, entreprise et société (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41277</t>
+  </si>
+  <si>
+    <t>RNCP41540</t>
+  </si>
+  <si>
+    <t>RNCP41544</t>
+  </si>
+  <si>
+    <t>RNCP41545</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Création numérique</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41553</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Coordination et gestion des établissements et services sanitaires et sociaux</t>
+  </si>
+  <si>
+    <t>RNCP41555</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Villes et territoires durables</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41567</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Science de l'aliment et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41568</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Sciences de l'environnement et écotechnologies</t>
+  </si>
+  <si>
+    <t>RNCP41570</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Contrôle, pilotage et optimisation des procédés</t>
+  </si>
+  <si>
+    <t>RNCP41576</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Ingénierie des systèmes pluritechniques</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41585</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41589</t>
+  </si>
+  <si>
+    <t>RNCP41590</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41594</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Mesures et analyses environnementales</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41602</t>
+  </si>
+  <si>
+    <t>RNCP41605</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Optimisation énergétique pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41606</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Réalisation des installations énergétiques pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41607</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la production</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41615</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Réseaux opérateurs et multimédia</t>
+  </si>
+  <si>
+    <t>RNCP41616</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Exploration et modélisation statistique</t>
+  </si>
+  <si>
+    <t>RNCP41617</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Visualisation, conception d'outils décisionnels</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>RNCP41634</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
   <si>
     <t>RNCP4505</t>
   </si>
   <si>
     <t>DE d'ingénierie sociale (DEIS)</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>RS2566</t>
   </si>
   <si>
     <t>Test WiDaF</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS2634</t>
   </si>
   <si>
     <t>Certification professionnelle en langue Pipplet FLEX</t>
   </si>
@@ -2479,51 +2683,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H365"/>
+  <dimension ref="A1:H403"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -9681,1259 +9885,2133 @@
       </c>
       <c r="C312" s="2" t="s">
         <v>82</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>525</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B313" s="2" t="s">
         <v>585</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>586</v>
+        <v>312</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>587</v>
+        <v>412</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>588</v>
+        <v>586</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>589</v>
+        <v>310</v>
       </c>
       <c r="D314" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>590</v>
+        <v>412</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>590</v>
+        <v>412</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>593</v>
+        <v>589</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>594</v>
+        <v>590</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>590</v>
+        <v>412</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>595</v>
+        <v>591</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>596</v>
+        <v>592</v>
       </c>
       <c r="D317" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>590</v>
+        <v>412</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>597</v>
+        <v>593</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>598</v>
+        <v>594</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G318" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>602</v>
+        <v>596</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G319" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>603</v>
+        <v>597</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="D320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G320" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>605</v>
+        <v>599</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>606</v>
+        <v>600</v>
       </c>
       <c r="D321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>607</v>
+        <v>601</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>608</v>
+        <v>602</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G322" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>610</v>
+        <v>604</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G323" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B324" s="2" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>612</v>
+        <v>606</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G324" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="D325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G325" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>615</v>
+        <v>609</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
       <c r="D326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>617</v>
+        <v>611</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>618</v>
+        <v>612</v>
       </c>
       <c r="D327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>619</v>
+        <v>613</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>620</v>
+        <v>614</v>
       </c>
       <c r="D328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G328" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>622</v>
+        <v>616</v>
       </c>
       <c r="D329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G329" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>623</v>
+        <v>617</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>624</v>
+        <v>352</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G330" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>625</v>
+        <v>618</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>626</v>
+        <v>350</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>599</v>
+        <v>412</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>600</v>
+        <v>11</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>627</v>
+        <v>619</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>628</v>
+        <v>330</v>
       </c>
       <c r="D332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>629</v>
+        <v>412</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>630</v>
+        <v>11</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>632</v>
+        <v>332</v>
       </c>
       <c r="D333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>633</v>
+        <v>412</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>74</v>
+        <v>11</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>634</v>
+        <v>621</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>635</v>
+        <v>622</v>
       </c>
       <c r="D334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E334" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>636</v>
+        <v>412</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>637</v>
+        <v>11</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>638</v>
+        <v>623</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>639</v>
+        <v>624</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E335" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>636</v>
+        <v>412</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>637</v>
+        <v>11</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>640</v>
+        <v>625</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>641</v>
+        <v>626</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E336" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>636</v>
+        <v>412</v>
       </c>
       <c r="G336" s="2" t="s">
-        <v>637</v>
+        <v>11</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>642</v>
+        <v>627</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>643</v>
+        <v>338</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E337" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>636</v>
+        <v>412</v>
       </c>
       <c r="G337" s="2" t="s">
-        <v>637</v>
+        <v>11</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>644</v>
+        <v>628</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>645</v>
+        <v>629</v>
       </c>
       <c r="D338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E338" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>636</v>
+        <v>412</v>
       </c>
       <c r="G338" s="2" t="s">
-        <v>637</v>
+        <v>11</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>646</v>
+        <v>630</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>647</v>
+        <v>631</v>
       </c>
       <c r="D339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>636</v>
+        <v>412</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>637</v>
+        <v>11</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>648</v>
+        <v>632</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>649</v>
+        <v>633</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>636</v>
+        <v>412</v>
       </c>
       <c r="G340" s="2" t="s">
-        <v>637</v>
+        <v>11</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>650</v>
+        <v>634</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>651</v>
+        <v>635</v>
       </c>
       <c r="D341" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>652</v>
+        <v>412</v>
       </c>
       <c r="G341" s="2" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>654</v>
+        <v>636</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>655</v>
+        <v>637</v>
       </c>
       <c r="D342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>652</v>
+        <v>412</v>
       </c>
       <c r="G342" s="2" t="s">
-        <v>653</v>
+        <v>11</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B343" s="2" t="s">
-        <v>656</v>
+        <v>638</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>657</v>
+        <v>639</v>
       </c>
       <c r="D343" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>658</v>
+        <v>412</v>
       </c>
       <c r="G343" s="2" t="s">
-        <v>659</v>
+        <v>11</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>660</v>
+        <v>640</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
       <c r="D344" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E344" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>661</v>
+        <v>412</v>
       </c>
       <c r="G344" s="2" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>663</v>
+        <v>642</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>639</v>
+        <v>643</v>
       </c>
       <c r="D345" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E345" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>661</v>
+        <v>412</v>
       </c>
       <c r="G345" s="2" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>664</v>
+        <v>644</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="D346" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E346" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>661</v>
+        <v>412</v>
       </c>
       <c r="G346" s="2" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>665</v>
+        <v>646</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>635</v>
+        <v>647</v>
       </c>
       <c r="D347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E347" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>661</v>
+        <v>412</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>666</v>
+        <v>648</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>641</v>
+        <v>649</v>
       </c>
       <c r="D348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E348" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>661</v>
+        <v>412</v>
       </c>
       <c r="G348" s="2" t="s">
-        <v>662</v>
+        <v>11</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B349" s="2" t="s">
-        <v>667</v>
+        <v>650</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>668</v>
+        <v>308</v>
       </c>
       <c r="D349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>669</v>
+        <v>412</v>
       </c>
       <c r="G349" s="2" t="s">
-        <v>670</v>
+        <v>11</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>671</v>
+        <v>651</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>624</v>
+        <v>652</v>
       </c>
       <c r="D350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>672</v>
+        <v>412</v>
       </c>
       <c r="G350" s="2" t="s">
-        <v>673</v>
+        <v>11</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>674</v>
+        <v>653</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>675</v>
+        <v>654</v>
       </c>
       <c r="D351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E351" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>672</v>
+        <v>655</v>
       </c>
       <c r="G351" s="2" t="s">
-        <v>673</v>
+        <v>11</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>676</v>
+        <v>656</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>598</v>
+        <v>657</v>
       </c>
       <c r="D352" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="G352" s="2" t="s">
-        <v>673</v>
+        <v>11</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>677</v>
+        <v>659</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>606</v>
+        <v>660</v>
       </c>
       <c r="D353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="G353" s="2" t="s">
-        <v>673</v>
+        <v>11</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>678</v>
+        <v>661</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>608</v>
+        <v>662</v>
       </c>
       <c r="D354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="G354" s="2" t="s">
-        <v>673</v>
+        <v>11</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>679</v>
+        <v>663</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>612</v>
+        <v>664</v>
       </c>
       <c r="D355" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>672</v>
+        <v>658</v>
       </c>
       <c r="G355" s="2" t="s">
-        <v>673</v>
+        <v>11</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>680</v>
+        <v>665</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>616</v>
+        <v>666</v>
       </c>
       <c r="D356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G356" s="2" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>681</v>
+        <v>669</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>618</v>
+        <v>670</v>
       </c>
       <c r="D357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G357" s="2" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>682</v>
+        <v>671</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>610</v>
+        <v>672</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>683</v>
+        <v>673</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>614</v>
+        <v>674</v>
       </c>
       <c r="D359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G359" s="2" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>684</v>
+        <v>675</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>604</v>
+        <v>676</v>
       </c>
       <c r="D360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>672</v>
+        <v>667</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>685</v>
+        <v>677</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>620</v>
+        <v>678</v>
       </c>
       <c r="D361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>686</v>
+        <v>667</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>687</v>
+        <v>679</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>626</v>
+        <v>680</v>
       </c>
       <c r="D362" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>686</v>
+        <v>667</v>
       </c>
       <c r="G362" s="2" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>688</v>
+        <v>681</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>622</v>
+        <v>682</v>
       </c>
       <c r="D363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>686</v>
+        <v>667</v>
       </c>
       <c r="G363" s="2" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>689</v>
+        <v>683</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>657</v>
+        <v>684</v>
       </c>
       <c r="D364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>690</v>
+        <v>667</v>
       </c>
       <c r="G364" s="2" t="s">
-        <v>691</v>
+        <v>668</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B365" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="C365" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="D365" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E365" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F365" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="G365" s="2" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B366" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="C366" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="D366" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E366" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F366" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="G366" s="2" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B367" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="C367" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="D367" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E367" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F367" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="G367" s="2" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B368" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="C368" s="2" t="s">
         <v>692</v>
       </c>
-      <c r="C365" s="2" t="s">
+      <c r="D368" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E368" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F368" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="G368" s="2" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B369" s="2" t="s">
         <v>693</v>
       </c>
-      <c r="D365" s="2" t="s">
+      <c r="C369" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="D369" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E369" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F369" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="G369" s="2" t="s">
+        <v>668</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B370" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="C370" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="D370" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E370" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F370" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="G370" s="2" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B371" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="C371" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="D371" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E371" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F371" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="G371" s="2" t="s">
+        <v>74</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B372" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="C372" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="D372" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E372" s="2" t="s">
         <v>528</v>
       </c>
-      <c r="E365" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F365" s="2" t="s">
+      <c r="F372" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="G372" s="2" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B373" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="C373" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="D373" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E373" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F373" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="G373" s="2" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B374" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="C374" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="D374" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E374" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F374" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="G374" s="2" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B375" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="C375" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="D375" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E375" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F375" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="G375" s="2" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B376" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="C376" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="D376" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E376" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F376" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="G376" s="2" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B377" s="2" t="s">
+        <v>714</v>
+      </c>
+      <c r="C377" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="D377" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E377" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F377" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="G377" s="2" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B378" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="C378" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="D378" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E378" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F378" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="G378" s="2" t="s">
+        <v>705</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B379" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="C379" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="D379" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E379" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F379" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="G379" s="2" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B380" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="C380" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="D380" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E380" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F380" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="G380" s="2" t="s">
+        <v>721</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B381" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="C381" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="D381" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E381" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F381" s="2" t="s">
+        <v>726</v>
+      </c>
+      <c r="G381" s="2" t="s">
+        <v>727</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B382" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="C382" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="D382" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E382" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F382" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="G382" s="2" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B383" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="C383" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="D383" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E383" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F383" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="G383" s="2" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B384" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="C384" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="D384" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E384" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F384" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="G384" s="2" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B385" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="C385" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="D385" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E385" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F385" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="G385" s="2" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B386" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="C386" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="D386" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E386" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F386" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="G386" s="2" t="s">
+        <v>730</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B387" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="C387" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="D387" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E387" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F387" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="G387" s="2" t="s">
+        <v>738</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B388" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="C388" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="D388" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E388" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F388" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G388" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B389" s="2" t="s">
+        <v>742</v>
+      </c>
+      <c r="C389" s="2" t="s">
+        <v>743</v>
+      </c>
+      <c r="D389" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E389" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F389" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G389" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B390" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="C390" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="D390" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E390" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F390" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G390" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B391" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="C391" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="D391" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E391" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F391" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G391" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B392" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="C392" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="D392" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E392" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F392" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G392" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B393" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="C393" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="D393" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E393" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F393" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G393" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B394" s="2" t="s">
+        <v>748</v>
+      </c>
+      <c r="C394" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="D394" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E394" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F394" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G394" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B395" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="C395" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="D395" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E395" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F395" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G395" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B396" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="C396" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="D396" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E396" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F396" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G396" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B397" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="C397" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="D397" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E397" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F397" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G397" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B398" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="C398" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="D398" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E398" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F398" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="G398" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B399" s="2" t="s">
+        <v>753</v>
+      </c>
+      <c r="C399" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="D399" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E399" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F399" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="G399" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B400" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="C400" s="2" t="s">
         <v>694</v>
       </c>
-      <c r="G365" s="2" t="s">
-        <v>695</v>
+      <c r="D400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F400" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="G400" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B401" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="C401" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="D401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F401" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="G401" s="2" t="s">
+        <v>741</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B402" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="C402" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="D402" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E402" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F402" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="G402" s="2" t="s">
+        <v>759</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B403" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="C403" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="D403" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="E403" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F403" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="G403" s="2" t="s">
+        <v>763</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -10946,31 +12024,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/17/2025 12:53:04</dc:description>
+  <dc:description>Export en date du 12/01/2025 14:17:21</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>