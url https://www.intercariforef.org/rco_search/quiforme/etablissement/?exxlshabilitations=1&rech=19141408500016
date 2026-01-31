--- v1 (2025-12-01)
+++ v2 (2026-01-31)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="764">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="772">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP17506</t>
   </si>
   <si>
@@ -1975,50 +1975,56 @@
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP41634</t>
   </si>
   <si>
     <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
   <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
+  </si>
+  <si>
     <t>RNCP4505</t>
   </si>
   <si>
     <t>DE d'ingénierie sociale (DEIS)</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>RS2566</t>
   </si>
   <si>
     <t>Test WiDaF</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS2634</t>
   </si>
   <si>
     <t>Certification professionnelle en langue Pipplet FLEX</t>
   </si>
   <si>
     <t>RS3551</t>
@@ -2306,50 +2312,68 @@
     <t>RS6599</t>
   </si>
   <si>
     <t>RS6602</t>
   </si>
   <si>
     <t>RS6643</t>
   </si>
   <si>
     <t>31/05/2027</t>
   </si>
   <si>
     <t>31/05/2024</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
+  </si>
+  <si>
+    <t>RS7474</t>
+  </si>
+  <si>
+    <t>Intégrer la ludopédagogie dans des dispositifs de formation de la conception à la mise en œuvre</t>
+  </si>
+  <si>
+    <t>18/12/2028</t>
+  </si>
+  <si>
+    <t>18/12/2025</t>
+  </si>
+  <si>
+    <t>RS7475</t>
+  </si>
+  <si>
+    <t>Mobiliser la neuropsychologie dans sa pratique professionnelle</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2683,51 +2707,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H403"/>
+  <dimension ref="A1:H406"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -10759,1259 +10783,1328 @@
       </c>
       <c r="C350" s="2" t="s">
         <v>652</v>
       </c>
       <c r="D350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F350" s="2" t="s">
         <v>412</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B351" s="2" t="s">
         <v>653</v>
       </c>
       <c r="C351" s="2" t="s">
+        <v>374</v>
+      </c>
+      <c r="D351" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E351" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F351" s="2" t="s">
         <v>654</v>
-      </c>
-[...7 lines deleted...]
-        <v>655</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B352" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="C352" s="2" t="s">
         <v>656</v>
       </c>
-      <c r="C352" s="2" t="s">
+      <c r="D352" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E352" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="F352" s="2" t="s">
         <v>657</v>
-      </c>
-[...7 lines deleted...]
-        <v>658</v>
       </c>
       <c r="G352" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B353" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="C353" s="2" t="s">
         <v>659</v>
       </c>
-      <c r="C353" s="2" t="s">
+      <c r="D353" s="2" t="s">
+        <v>528</v>
+      </c>
+      <c r="E353" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F353" s="2" t="s">
         <v>660</v>
-      </c>
-[...7 lines deleted...]
-        <v>658</v>
       </c>
       <c r="G353" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B354" s="2" t="s">
         <v>661</v>
       </c>
       <c r="C354" s="2" t="s">
         <v>662</v>
       </c>
       <c r="D354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B355" s="2" t="s">
         <v>663</v>
       </c>
       <c r="C355" s="2" t="s">
         <v>664</v>
       </c>
       <c r="D355" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B356" s="2" t="s">
         <v>665</v>
       </c>
       <c r="C356" s="2" t="s">
         <v>666</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="G356" s="2" t="s">
-        <v>668</v>
+        <v>11</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B357" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="C357" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="D357" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E357" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F357" s="2" t="s">
         <v>669</v>
       </c>
-      <c r="C357" s="2" t="s">
+      <c r="G357" s="2" t="s">
         <v>670</v>
-      </c>
-[...10 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>671</v>
       </c>
       <c r="C358" s="2" t="s">
         <v>672</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>673</v>
       </c>
       <c r="C359" s="2" t="s">
         <v>674</v>
       </c>
       <c r="D359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G359" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B360" s="2" t="s">
         <v>675</v>
       </c>
       <c r="C360" s="2" t="s">
         <v>676</v>
       </c>
       <c r="D360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B361" s="2" t="s">
         <v>677</v>
       </c>
       <c r="C361" s="2" t="s">
         <v>678</v>
       </c>
       <c r="D361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B362" s="2" t="s">
         <v>679</v>
       </c>
       <c r="C362" s="2" t="s">
         <v>680</v>
       </c>
       <c r="D362" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G362" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B363" s="2" t="s">
         <v>681</v>
       </c>
       <c r="C363" s="2" t="s">
         <v>682</v>
       </c>
       <c r="D363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G363" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B364" s="2" t="s">
         <v>683</v>
       </c>
       <c r="C364" s="2" t="s">
         <v>684</v>
       </c>
       <c r="D364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G364" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B365" s="2" t="s">
         <v>685</v>
       </c>
       <c r="C365" s="2" t="s">
         <v>686</v>
       </c>
       <c r="D365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G365" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B366" s="2" t="s">
         <v>687</v>
       </c>
       <c r="C366" s="2" t="s">
         <v>688</v>
       </c>
       <c r="D366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G366" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B367" s="2" t="s">
         <v>689</v>
       </c>
       <c r="C367" s="2" t="s">
         <v>690</v>
       </c>
       <c r="D367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G367" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B368" s="2" t="s">
         <v>691</v>
       </c>
       <c r="C368" s="2" t="s">
         <v>692</v>
       </c>
       <c r="D368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G368" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B369" s="2" t="s">
         <v>693</v>
       </c>
       <c r="C369" s="2" t="s">
         <v>694</v>
       </c>
       <c r="D369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B370" s="2" t="s">
         <v>695</v>
       </c>
       <c r="C370" s="2" t="s">
         <v>696</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>697</v>
+        <v>669</v>
       </c>
       <c r="G370" s="2" t="s">
-        <v>698</v>
+        <v>670</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B371" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="C371" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="D371" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E371" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F371" s="2" t="s">
         <v>699</v>
       </c>
-      <c r="C371" s="2" t="s">
+      <c r="G371" s="2" t="s">
         <v>700</v>
-      </c>
-[...10 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B372" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="C372" s="2" t="s">
         <v>702</v>
       </c>
-      <c r="C372" s="2" t="s">
+      <c r="D372" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E372" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F372" s="2" t="s">
         <v>703</v>
       </c>
-      <c r="D372" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G372" s="2" t="s">
-        <v>705</v>
+        <v>74</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>706</v>
+        <v>704</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>707</v>
+        <v>705</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>708</v>
       </c>
       <c r="C374" s="2" t="s">
         <v>709</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="G374" s="2" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B375" s="2" t="s">
         <v>710</v>
       </c>
       <c r="C375" s="2" t="s">
         <v>711</v>
       </c>
       <c r="D375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="G375" s="2" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B376" s="2" t="s">
         <v>712</v>
       </c>
       <c r="C376" s="2" t="s">
         <v>713</v>
       </c>
       <c r="D376" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="G376" s="2" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B377" s="2" t="s">
         <v>714</v>
       </c>
       <c r="C377" s="2" t="s">
         <v>715</v>
       </c>
       <c r="D377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="G377" s="2" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B378" s="2" t="s">
         <v>716</v>
       </c>
       <c r="C378" s="2" t="s">
         <v>717</v>
       </c>
       <c r="D378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>704</v>
+        <v>706</v>
       </c>
       <c r="G378" s="2" t="s">
-        <v>705</v>
+        <v>707</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B379" s="2" t="s">
         <v>718</v>
       </c>
       <c r="C379" s="2" t="s">
         <v>719</v>
       </c>
       <c r="D379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>720</v>
+        <v>706</v>
       </c>
       <c r="G379" s="2" t="s">
-        <v>721</v>
+        <v>707</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B380" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="C380" s="2" t="s">
+        <v>721</v>
+      </c>
+      <c r="D380" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E380" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F380" s="2" t="s">
         <v>722</v>
       </c>
-      <c r="C380" s="2" t="s">
+      <c r="G380" s="2" t="s">
         <v>723</v>
-      </c>
-[...10 lines deleted...]
-        <v>721</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B381" s="2" t="s">
         <v>724</v>
       </c>
       <c r="C381" s="2" t="s">
         <v>725</v>
       </c>
       <c r="D381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="G381" s="2" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B382" s="2" t="s">
+        <v>726</v>
+      </c>
+      <c r="C382" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="D382" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E382" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F382" s="2" t="s">
         <v>728</v>
       </c>
-      <c r="C382" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F382" s="2" t="s">
+      <c r="G382" s="2" t="s">
         <v>729</v>
-      </c>
-[...1 lines deleted...]
-        <v>730</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>731</v>
+        <v>730</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
       <c r="D383" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E383" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="G383" s="2" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>711</v>
+        <v>709</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="G384" s="2" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>703</v>
+        <v>713</v>
       </c>
       <c r="D385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="G385" s="2" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>709</v>
+        <v>705</v>
       </c>
       <c r="D386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>729</v>
+        <v>731</v>
       </c>
       <c r="G386" s="2" t="s">
-        <v>730</v>
+        <v>732</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>735</v>
+        <v>736</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>736</v>
+        <v>711</v>
       </c>
       <c r="D387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>737</v>
+        <v>731</v>
       </c>
       <c r="G387" s="2" t="s">
-        <v>738</v>
+        <v>732</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B388" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="C388" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="D388" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E388" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F388" s="2" t="s">
         <v>739</v>
       </c>
-      <c r="C388" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F388" s="2" t="s">
+      <c r="G388" s="2" t="s">
         <v>740</v>
-      </c>
-[...1 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B389" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="C389" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="D389" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E389" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F389" s="2" t="s">
         <v>742</v>
       </c>
-      <c r="C389" s="2" t="s">
+      <c r="G389" s="2" t="s">
         <v>743</v>
-      </c>
-[...10 lines deleted...]
-        <v>741</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B390" s="2" t="s">
         <v>744</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>666</v>
+        <v>745</v>
       </c>
       <c r="D390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G390" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>745</v>
+        <v>746</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
       <c r="D391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>746</v>
+        <v>747</v>
       </c>
       <c r="C392" s="2" t="s">
         <v>676</v>
       </c>
       <c r="D392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>680</v>
+        <v>678</v>
       </c>
       <c r="D393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G393" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>684</v>
+        <v>682</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C395" s="2" t="s">
         <v>686</v>
       </c>
       <c r="D395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>750</v>
+        <v>751</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>678</v>
+        <v>688</v>
       </c>
       <c r="D396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G396" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>751</v>
+        <v>752</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>682</v>
+        <v>680</v>
       </c>
       <c r="D397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>672</v>
+        <v>684</v>
       </c>
       <c r="D398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>740</v>
+        <v>742</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>753</v>
+        <v>754</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>688</v>
+        <v>674</v>
       </c>
       <c r="D399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>754</v>
+        <v>742</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B400" s="2" t="s">
         <v>755</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="D400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B401" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="C401" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="D401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F401" s="2" t="s">
         <v>756</v>
       </c>
-      <c r="C401" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G401" s="2" t="s">
-        <v>741</v>
+        <v>743</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>725</v>
+        <v>692</v>
       </c>
       <c r="D402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>758</v>
+        <v>756</v>
       </c>
       <c r="G402" s="2" t="s">
-        <v>759</v>
+        <v>743</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B403" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="C403" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="D403" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E403" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F403" s="2" t="s">
         <v>760</v>
       </c>
-      <c r="C403" s="2" t="s">
+      <c r="G403" s="2" t="s">
         <v>761</v>
       </c>
-      <c r="D403" s="2" t="s">
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B404" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="C404" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="D404" s="2" t="s">
         <v>528</v>
       </c>
-      <c r="E403" s="2" t="s">
-[...6 lines deleted...]
-        <v>763</v>
+      <c r="E404" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F404" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G404" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B405" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="C405" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="D405" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E405" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F405" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="G405" s="2" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B406" s="2" t="s">
+        <v>770</v>
+      </c>
+      <c r="C406" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="D406" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E406" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F406" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="G406" s="2" t="s">
+        <v>769</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -12024,31 +12117,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/01/2025 14:17:21</dc:description>
+  <dc:description>Export en date du 01/31/2026 08:45:50</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>