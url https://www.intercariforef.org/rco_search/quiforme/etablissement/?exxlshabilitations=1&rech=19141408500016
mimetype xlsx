--- v2 (2026-01-31)
+++ v3 (2026-03-19)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="772">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="784">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP17506</t>
   </si>
   <si>
@@ -1981,50 +1981,74 @@
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP41634</t>
   </si>
   <si>
     <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
   <si>
     <t>RNCP41851</t>
   </si>
   <si>
     <t>30/06/2031</t>
   </si>
   <si>
+    <t>RNCP41947</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41948</t>
+  </si>
+  <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
+    <t>RNCP42014</t>
+  </si>
+  <si>
+    <t>14/07/2031</t>
+  </si>
+  <si>
     <t>RNCP4505</t>
   </si>
   <si>
     <t>DE d'ingénierie sociale (DEIS)</t>
   </si>
   <si>
     <t>31/12/2024</t>
   </si>
   <si>
     <t>RS2566</t>
   </si>
   <si>
     <t>Test WiDaF</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS2634</t>
   </si>
   <si>
     <t>Certification professionnelle en langue Pipplet FLEX</t>
   </si>
   <si>
     <t>RS3551</t>
@@ -2330,50 +2354,62 @@
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS7474</t>
   </si>
   <si>
     <t>Intégrer la ludopédagogie dans des dispositifs de formation de la conception à la mise en œuvre</t>
   </si>
   <si>
     <t>18/12/2028</t>
   </si>
   <si>
     <t>18/12/2025</t>
   </si>
   <si>
     <t>RS7475</t>
   </si>
   <si>
     <t>Mobiliser la neuropsychologie dans sa pratique professionnelle</t>
+  </si>
+  <si>
+    <t>RS7519</t>
+  </si>
+  <si>
+    <t>Développer et mettre en œuvre les compétences spécifiques en prévention et santé au travail dans les missions d’un infirmier</t>
+  </si>
+  <si>
+    <t>27/02/2029</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2707,51 +2743,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H406"/>
+  <dimension ref="A1:H413"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -10806,1305 +10842,1466 @@
       </c>
       <c r="C351" s="2" t="s">
         <v>374</v>
       </c>
       <c r="D351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F351" s="2" t="s">
         <v>654</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B352" s="2" t="s">
         <v>655</v>
       </c>
       <c r="C352" s="2" t="s">
+        <v>399</v>
+      </c>
+      <c r="D352" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E352" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F352" s="2" t="s">
         <v>656</v>
-      </c>
-[...7 lines deleted...]
-        <v>657</v>
       </c>
       <c r="G352" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>658</v>
+        <v>657</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>659</v>
+        <v>405</v>
       </c>
       <c r="D353" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="G353" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>661</v>
+        <v>658</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>662</v>
+        <v>401</v>
       </c>
       <c r="D354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>663</v>
+        <v>659</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>664</v>
+        <v>403</v>
       </c>
       <c r="D355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>665</v>
+        <v>660</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>666</v>
+        <v>397</v>
       </c>
       <c r="D356" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>660</v>
+        <v>656</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>668</v>
+        <v>377</v>
       </c>
       <c r="D357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>669</v>
+        <v>662</v>
       </c>
       <c r="G357" s="2" t="s">
-        <v>670</v>
+        <v>11</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>671</v>
+        <v>663</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>672</v>
+        <v>664</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E358" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>670</v>
+        <v>11</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>673</v>
+        <v>666</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>674</v>
+        <v>667</v>
       </c>
       <c r="D359" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="G359" s="2" t="s">
-        <v>670</v>
+        <v>11</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>675</v>
+        <v>669</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="D360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>670</v>
+        <v>11</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>677</v>
+        <v>671</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>678</v>
+        <v>672</v>
       </c>
       <c r="D361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>670</v>
+        <v>11</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>680</v>
+        <v>674</v>
       </c>
       <c r="D362" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>669</v>
+        <v>668</v>
       </c>
       <c r="G362" s="2" t="s">
-        <v>670</v>
+        <v>11</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>681</v>
+        <v>675</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>682</v>
+        <v>676</v>
       </c>
       <c r="D363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G363" s="2" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="D364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G364" s="2" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>686</v>
+        <v>682</v>
       </c>
       <c r="D365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F365" s="2" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G365" s="2" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>687</v>
+        <v>683</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="D366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G366" s="2" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>689</v>
+        <v>685</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="D367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G367" s="2" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B368" s="2" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>692</v>
+        <v>688</v>
       </c>
       <c r="D368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G368" s="2" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
       <c r="D369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G369" s="2" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>695</v>
+        <v>691</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>696</v>
+        <v>692</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>669</v>
+        <v>677</v>
       </c>
       <c r="G370" s="2" t="s">
-        <v>670</v>
+        <v>678</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>697</v>
+        <v>693</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>698</v>
+        <v>694</v>
       </c>
       <c r="D371" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>699</v>
+        <v>677</v>
       </c>
       <c r="G371" s="2" t="s">
-        <v>700</v>
+        <v>678</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>701</v>
+        <v>695</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>702</v>
+        <v>696</v>
       </c>
       <c r="D372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>703</v>
+        <v>677</v>
       </c>
       <c r="G372" s="2" t="s">
-        <v>74</v>
+        <v>678</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>704</v>
+        <v>697</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>705</v>
+        <v>698</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E373" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="G373" s="2" t="s">
-        <v>707</v>
+        <v>678</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>708</v>
+        <v>699</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>709</v>
+        <v>700</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E374" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="G374" s="2" t="s">
-        <v>707</v>
+        <v>678</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>710</v>
+        <v>701</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>711</v>
+        <v>702</v>
       </c>
       <c r="D375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E375" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="G375" s="2" t="s">
-        <v>707</v>
+        <v>678</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>712</v>
+        <v>703</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>713</v>
+        <v>704</v>
       </c>
       <c r="D376" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E376" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>706</v>
+        <v>677</v>
       </c>
       <c r="G376" s="2" t="s">
-        <v>707</v>
+        <v>678</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>714</v>
+        <v>705</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>715</v>
+        <v>706</v>
       </c>
       <c r="D377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E377" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="G377" s="2" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>716</v>
+        <v>709</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>717</v>
+        <v>710</v>
       </c>
       <c r="D378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>706</v>
+        <v>711</v>
       </c>
       <c r="G378" s="2" t="s">
-        <v>707</v>
+        <v>74</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>718</v>
+        <v>712</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>719</v>
+        <v>713</v>
       </c>
       <c r="D379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E379" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>706</v>
+        <v>714</v>
       </c>
       <c r="G379" s="2" t="s">
-        <v>707</v>
+        <v>715</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
       <c r="D380" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E380" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>722</v>
+        <v>714</v>
       </c>
       <c r="G380" s="2" t="s">
-        <v>723</v>
+        <v>715</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>724</v>
+        <v>718</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>725</v>
+        <v>719</v>
       </c>
       <c r="D381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E381" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>722</v>
+        <v>714</v>
       </c>
       <c r="G381" s="2" t="s">
-        <v>723</v>
+        <v>715</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>726</v>
+        <v>720</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>727</v>
+        <v>721</v>
       </c>
       <c r="D382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E382" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>728</v>
+        <v>714</v>
       </c>
       <c r="G382" s="2" t="s">
-        <v>729</v>
+        <v>715</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>730</v>
+        <v>722</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>715</v>
+        <v>723</v>
       </c>
       <c r="D383" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E383" s="2" t="s">
         <v>528</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>731</v>
+        <v>714</v>
       </c>
       <c r="G383" s="2" t="s">
-        <v>732</v>
+        <v>715</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>733</v>
+        <v>724</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>709</v>
+        <v>725</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E384" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>731</v>
+        <v>714</v>
       </c>
       <c r="G384" s="2" t="s">
-        <v>732</v>
+        <v>715</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>734</v>
+        <v>726</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>713</v>
+        <v>727</v>
       </c>
       <c r="D385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E385" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>731</v>
+        <v>714</v>
       </c>
       <c r="G385" s="2" t="s">
-        <v>732</v>
+        <v>715</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>735</v>
+        <v>728</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>705</v>
+        <v>729</v>
       </c>
       <c r="D386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E386" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F386" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="G386" s="2" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>711</v>
+        <v>733</v>
       </c>
       <c r="D387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E387" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="F387" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="G387" s="2" t="s">
         <v>731</v>
-      </c>
-[...1 lines deleted...]
-        <v>732</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B388" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="C388" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="D388" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E388" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F388" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="G388" s="2" t="s">
         <v>737</v>
-      </c>
-[...13 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>741</v>
+        <v>738</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>694</v>
+        <v>723</v>
       </c>
       <c r="D389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E389" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="G389" s="2" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>744</v>
+        <v>741</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>745</v>
+        <v>717</v>
       </c>
       <c r="D390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="G390" s="2" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>668</v>
+        <v>721</v>
       </c>
       <c r="D391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>747</v>
+        <v>743</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>676</v>
+        <v>713</v>
       </c>
       <c r="D392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E392" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>748</v>
+        <v>744</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>678</v>
+        <v>719</v>
       </c>
       <c r="D393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E393" s="2" t="s">
-        <v>9</v>
+        <v>528</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>742</v>
+        <v>739</v>
       </c>
       <c r="G393" s="2" t="s">
-        <v>743</v>
+        <v>740</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>749</v>
+        <v>745</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>682</v>
+        <v>746</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>742</v>
+        <v>747</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>743</v>
+        <v>748</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B395" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="C395" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="D395" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E395" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F395" s="2" t="s">
         <v>750</v>
       </c>
-      <c r="C395" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G395" s="2" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B396" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="C396" s="2" t="s">
+        <v>753</v>
+      </c>
+      <c r="D396" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E396" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F396" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="G396" s="2" t="s">
         <v>751</v>
-      </c>
-[...13 lines deleted...]
-        <v>743</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>752</v>
+        <v>754</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>680</v>
+        <v>676</v>
       </c>
       <c r="D397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C398" s="2" t="s">
         <v>684</v>
       </c>
       <c r="D398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>754</v>
+        <v>756</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>674</v>
+        <v>686</v>
       </c>
       <c r="D399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>742</v>
+        <v>750</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>755</v>
+        <v>757</v>
       </c>
       <c r="C400" s="2" t="s">
         <v>690</v>
       </c>
       <c r="D400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>696</v>
+        <v>694</v>
       </c>
       <c r="D401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="G401" s="2" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>692</v>
+        <v>696</v>
       </c>
       <c r="D402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>756</v>
+        <v>750</v>
       </c>
       <c r="G402" s="2" t="s">
-        <v>743</v>
+        <v>751</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>727</v>
+        <v>688</v>
       </c>
       <c r="D403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>760</v>
+        <v>750</v>
       </c>
       <c r="G403" s="2" t="s">
-        <v>761</v>
+        <v>751</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>762</v>
+        <v>761</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>763</v>
+        <v>692</v>
       </c>
       <c r="D404" s="2" t="s">
-        <v>528</v>
+        <v>9</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>764</v>
+        <v>750</v>
       </c>
       <c r="G404" s="2" t="s">
-        <v>765</v>
+        <v>751</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>767</v>
+        <v>682</v>
       </c>
       <c r="D405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>768</v>
+        <v>750</v>
       </c>
       <c r="G405" s="2" t="s">
-        <v>769</v>
+        <v>751</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1">
         <v>19141408500016</v>
       </c>
       <c r="B406" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="C406" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="D406" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E406" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F406" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G406" s="2" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B407" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="C407" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="D407" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E407" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F407" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G407" s="2" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B408" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="C408" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E408" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F408" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G408" s="2" t="s">
+        <v>751</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B409" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="C409" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="D409" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E409" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F409" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="G409" s="2" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B410" s="2" t="s">
         <v>770</v>
       </c>
-      <c r="C406" s="2" t="s">
+      <c r="C410" s="2" t="s">
         <v>771</v>
       </c>
-      <c r="D406" s="2" t="s">
-[...9 lines deleted...]
-        <v>769</v>
+      <c r="D410" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E410" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F410" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="G410" s="2" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B411" s="2" t="s">
+        <v>774</v>
+      </c>
+      <c r="C411" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="D411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F411" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="G411" s="2" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B412" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="C412" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="D412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F412" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="G412" s="2" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" s="1">
+        <v>19141408500016</v>
+      </c>
+      <c r="B413" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="D413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="G413" s="2" t="s">
+        <v>783</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -12117,31 +12314,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/31/2026 08:45:50</dc:description>
+  <dc:description>Export en date du 03/19/2026 10:12:31</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>