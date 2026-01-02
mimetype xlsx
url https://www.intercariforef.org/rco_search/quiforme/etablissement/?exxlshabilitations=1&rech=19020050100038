--- v0 (2025-11-17)
+++ v1 (2026-01-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP17791</t>
   </si>
   <si>
@@ -1133,50 +1133,56 @@
     <t>Diplôme de Compétence en Langue Étrangère Professionnelle (DCLEP) - Français Langue Étrangère</t>
   </si>
   <si>
     <t>17/06/2026</t>
   </si>
   <si>
     <t>17/06/2021</t>
   </si>
   <si>
     <t>RS5455</t>
   </si>
   <si>
     <t>Diplôme de Compétence en Langue - Français professionnel de premier niveau (DCLFP)</t>
   </si>
   <si>
     <t>RS5457</t>
   </si>
   <si>
     <t>Diplôme de Compétence en Langue Etrangère Professionnelle (DCLEP) - Anglais</t>
   </si>
   <si>
     <t>RS546</t>
   </si>
   <si>
     <t>Test Bright Language - Test d'évaluation Portugais</t>
+  </si>
+  <si>
+    <t>RS5463</t>
+  </si>
+  <si>
+    <t>Diplôme de Compétence en Langue des Signes Française (DCLSF)</t>
   </si>
   <si>
     <t>RS5550</t>
   </si>
   <si>
     <t>Tests TOEIC (Test of English for International Communication)</t>
   </si>
   <si>
     <t>10/11/2022</t>
   </si>
   <si>
     <t>10/11/2021</t>
   </si>
   <si>
     <t>RS5588</t>
   </si>
   <si>
     <t>Utilisation d’un logiciel d’édition d’images (ICDL-PCIE)</t>
   </si>
   <si>
     <t>24/11/2022</t>
   </si>
   <si>
     <t>24/11/2021</t>
   </si>
@@ -1900,51 +1906,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H189"/>
+  <dimension ref="A1:H190"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -5109,304 +5115,304 @@
       </c>
       <c r="F138" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G138" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>374</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>375</v>
+        <v>365</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>376</v>
+        <v>366</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B140" s="2" t="s">
+        <v>375</v>
+      </c>
+      <c r="C140" s="2" t="s">
+        <v>376</v>
+      </c>
+      <c r="D140" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E140" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F140" s="2" t="s">
         <v>377</v>
       </c>
-      <c r="C140" s="2" t="s">
+      <c r="G140" s="2" t="s">
         <v>378</v>
-      </c>
-[...10 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B141" s="2" t="s">
+        <v>379</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>380</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F141" s="2" t="s">
         <v>381</v>
       </c>
-      <c r="C141" s="2" t="s">
+      <c r="G141" s="2" t="s">
         <v>382</v>
-      </c>
-[...10 lines deleted...]
-        <v>380</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>384</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>386</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>388</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>390</v>
       </c>
       <c r="D145" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>379</v>
+        <v>381</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>391</v>
       </c>
       <c r="C146" s="2" t="s">
-        <v>321</v>
+        <v>392</v>
       </c>
       <c r="D146" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E146" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F146" s="2" t="s">
-        <v>392</v>
+        <v>381</v>
       </c>
       <c r="G146" s="2" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C147" s="2" t="s">
+        <v>321</v>
+      </c>
+      <c r="D147" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E147" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F147" s="2" t="s">
         <v>394</v>
       </c>
-      <c r="D147" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G147" s="2" t="s">
-        <v>11</v>
+        <v>382</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B148" s="2" t="s">
+        <v>395</v>
+      </c>
+      <c r="C148" s="2" t="s">
         <v>396</v>
-      </c>
-[...1 lines deleted...]
-        <v>397</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>399</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>400</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>401</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>283</v>
+        <v>397</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>403</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F151" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G151" s="2" t="s">
@@ -5431,881 +5437,904 @@
       </c>
       <c r="F152" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>407</v>
       </c>
       <c r="D153" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>408</v>
+        <v>283</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B154" s="2" t="s">
+        <v>408</v>
+      </c>
+      <c r="C154" s="2" t="s">
         <v>409</v>
       </c>
-      <c r="C154" s="2" t="s">
+      <c r="D154" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E154" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F154" s="2" t="s">
         <v>410</v>
       </c>
-      <c r="D154" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G154" s="2" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B155" s="2" t="s">
+        <v>411</v>
+      </c>
+      <c r="C155" s="2" t="s">
+        <v>412</v>
+      </c>
+      <c r="D155" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E155" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F155" s="2" t="s">
         <v>413</v>
       </c>
-      <c r="C155" s="2" t="s">
+      <c r="G155" s="2" t="s">
         <v>414</v>
-      </c>
-[...10 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B156" s="2" t="s">
+        <v>415</v>
+      </c>
+      <c r="C156" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F156" s="2" t="s">
         <v>417</v>
       </c>
-      <c r="C156" s="2" t="s">
+      <c r="G156" s="2" t="s">
         <v>418</v>
-      </c>
-[...10 lines deleted...]
-        <v>416</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B157" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="C157" s="2" t="s">
         <v>420</v>
       </c>
-      <c r="C157" s="2" t="s">
+      <c r="D157" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E157" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F157" s="2" t="s">
         <v>421</v>
       </c>
-      <c r="D157" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G157" s="2" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B158" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="C158" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="D158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E158" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F158" s="2" t="s">
         <v>424</v>
       </c>
-      <c r="C158" s="2" t="s">
+      <c r="G158" s="2" t="s">
         <v>425</v>
-      </c>
-[...10 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B159" s="2" t="s">
+        <v>426</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E159" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F159" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="C159" s="2" t="s">
+      <c r="G159" s="2" t="s">
         <v>429</v>
-      </c>
-[...10 lines deleted...]
-        <v>427</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>432</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>433</v>
       </c>
       <c r="D161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>435</v>
       </c>
       <c r="D162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>437</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>427</v>
+        <v>429</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>438</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>439</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>440</v>
+        <v>428</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>441</v>
+        <v>429</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B165" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="C165" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="D165" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E165" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F165" s="2" t="s">
         <v>442</v>
       </c>
-      <c r="C165" s="2" t="s">
+      <c r="G165" s="2" t="s">
         <v>443</v>
-      </c>
-[...10 lines deleted...]
-        <v>445</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B166" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="C166" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="D166" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E166" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F166" s="2" t="s">
         <v>446</v>
       </c>
-      <c r="C166" s="2" t="s">
+      <c r="G166" s="2" t="s">
         <v>447</v>
-      </c>
-[...10 lines deleted...]
-        <v>449</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B167" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="C167" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="D167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E167" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F167" s="2" t="s">
         <v>450</v>
       </c>
-      <c r="C167" s="2" t="s">
+      <c r="G167" s="2" t="s">
         <v>451</v>
-      </c>
-[...10 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B168" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E168" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F168" s="2" t="s">
         <v>454</v>
       </c>
-      <c r="C168" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G168" s="2" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B169" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="C169" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="D169" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E169" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F169" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="G169" s="2" t="s">
         <v>455</v>
-      </c>
-[...13 lines deleted...]
-        <v>453</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>433</v>
+        <v>437</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B172" s="2" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C172" s="2" t="s">
-        <v>459</v>
+        <v>431</v>
       </c>
       <c r="D172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>452</v>
+        <v>454</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>461</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>462</v>
+        <v>454</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>463</v>
+        <v>455</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B174" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F174" s="2" t="s">
         <v>464</v>
       </c>
-      <c r="C174" s="2" t="s">
+      <c r="G174" s="2" t="s">
         <v>465</v>
-      </c>
-[...10 lines deleted...]
-        <v>463</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>466</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>467</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>468</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>469</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>470</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>471</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>462</v>
+        <v>464</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>463</v>
+        <v>465</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C178" s="2" t="s">
-        <v>414</v>
+        <v>473</v>
       </c>
       <c r="D178" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E178" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F178" s="2" t="s">
-        <v>473</v>
+        <v>464</v>
       </c>
       <c r="G178" s="2" t="s">
-        <v>474</v>
+        <v>465</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B179" s="2" t="s">
+        <v>474</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>416</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F179" s="2" t="s">
         <v>475</v>
       </c>
-      <c r="C179" s="2" t="s">
+      <c r="G179" s="2" t="s">
         <v>476</v>
-      </c>
-[...10 lines deleted...]
-        <v>474</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>479</v>
+        <v>475</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B181" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="C181" s="2" t="s">
+        <v>480</v>
+      </c>
+      <c r="D181" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E181" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F181" s="2" t="s">
         <v>481</v>
       </c>
-      <c r="C181" s="2" t="s">
+      <c r="G181" s="2" t="s">
         <v>482</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>483</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>484</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F182" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>485</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>486</v>
       </c>
       <c r="D183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>487</v>
+        <v>283</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>488</v>
+        <v>11</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B184" s="2" t="s">
+        <v>487</v>
+      </c>
+      <c r="C184" s="2" t="s">
+        <v>488</v>
+      </c>
+      <c r="D184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E184" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F184" s="2" t="s">
         <v>489</v>
       </c>
-      <c r="C184" s="2" t="s">
+      <c r="G184" s="2" t="s">
         <v>490</v>
-      </c>
-[...10 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>491</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>492</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>493</v>
+        <v>283</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>494</v>
+        <v>11</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B186" s="2" t="s">
+        <v>493</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>494</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F186" s="2" t="s">
         <v>495</v>
       </c>
-      <c r="C186" s="2" t="s">
+      <c r="G186" s="2" t="s">
         <v>496</v>
-      </c>
-[...10 lines deleted...]
-        <v>494</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>497</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>283</v>
+        <v>495</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>11</v>
+        <v>496</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>499</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>500</v>
       </c>
       <c r="D188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F188" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>502</v>
       </c>
       <c r="D189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F189" s="2" t="s">
         <v>283</v>
       </c>
       <c r="G189" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="190" spans="1:8">
+      <c r="A190" s="1">
+        <v>19020050100038</v>
+      </c>
+      <c r="B190" s="2" t="s">
+        <v>503</v>
+      </c>
+      <c r="C190" s="2" t="s">
+        <v>504</v>
+      </c>
+      <c r="D190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E190" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F190" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="G190" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -6319,31 +6348,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/17/2025 11:15:24</dc:description>
+  <dc:description>Export en date du 01/02/2026 05:52:54</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>