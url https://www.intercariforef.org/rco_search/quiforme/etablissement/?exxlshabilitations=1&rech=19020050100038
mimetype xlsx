--- v1 (2026-01-02)
+++ v2 (2026-02-17)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="505">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="503">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP17791</t>
   </si>
   <si>
@@ -547,59 +547,50 @@
   <si>
     <t>TP Technicien froid embarqué routier</t>
   </si>
   <si>
     <t>22/04/2027</t>
   </si>
   <si>
     <t>RNCP36257</t>
   </si>
   <si>
     <t>TP Peintre en bâtiment</t>
   </si>
   <si>
     <t>18/08/2027</t>
   </si>
   <si>
     <t>RNCP36260</t>
   </si>
   <si>
     <t>TP Façadier-peintre</t>
   </si>
   <si>
     <t>05/07/2024</t>
   </si>
   <si>
-    <t>RNCP36339</t>
-[...7 lines deleted...]
-  <si>
     <t>RNCP36648</t>
   </si>
   <si>
     <t>01/07/2027</t>
   </si>
   <si>
     <t>01/07/2022</t>
   </si>
   <si>
     <t>RNCP36803</t>
   </si>
   <si>
     <t>01/03/2026</t>
   </si>
   <si>
     <t>RNCP36804</t>
   </si>
   <si>
     <t>28/02/2026</t>
   </si>
   <si>
     <t>RNCP37099</t>
   </si>
   <si>
     <t>TP Employé commercial</t>
@@ -815,50 +806,53 @@
     <t>08/11/2029</t>
   </si>
   <si>
     <t>RNCP39891</t>
   </si>
   <si>
     <t>TP Peintre façadier itéiste</t>
   </si>
   <si>
     <t>RNCP40037</t>
   </si>
   <si>
     <t>TP Soudeur assembleur industriel</t>
   </si>
   <si>
     <t>28/02/2030</t>
   </si>
   <si>
     <t>RNCP40217</t>
   </si>
   <si>
     <t>20/10/2026</t>
   </si>
   <si>
     <t>RNCP40298</t>
+  </si>
+  <si>
+    <t>01/09/2026</t>
   </si>
   <si>
     <t>RNCP40477</t>
   </si>
   <si>
     <t>TP Soudeur en tuyauterie industrielle</t>
   </si>
   <si>
     <t>18/05/2030</t>
   </si>
   <si>
     <t>RNCP40498</t>
   </si>
   <si>
     <t>28/07/2030</t>
   </si>
   <si>
     <t>RNCP40499</t>
   </si>
   <si>
     <t>27/07/2030</t>
   </si>
   <si>
     <t>RNCP4113</t>
   </si>
@@ -1906,51 +1900,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H190"/>
+  <dimension ref="A1:H189"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -3243,120 +3237,120 @@
       </c>
       <c r="C57" s="2" t="s">
         <v>175</v>
       </c>
       <c r="D57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E57" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F57" s="2" t="s">
         <v>176</v>
       </c>
       <c r="G57" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B58" s="2" t="s">
         <v>177</v>
       </c>
       <c r="C58" s="2" t="s">
+        <v>67</v>
+      </c>
+      <c r="D58" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E58" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F58" s="2" t="s">
         <v>178</v>
       </c>
-      <c r="D58" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F58" s="2" t="s">
+      <c r="G58" s="2" t="s">
         <v>179</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B59" s="2" t="s">
         <v>180</v>
       </c>
       <c r="C59" s="2" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="D59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E59" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F59" s="2" t="s">
         <v>181</v>
       </c>
       <c r="G59" s="2" t="s">
-        <v>182</v>
+        <v>11</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B60" s="2" t="s">
+        <v>182</v>
+      </c>
+      <c r="C60" s="2" t="s">
+        <v>32</v>
+      </c>
+      <c r="D60" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E60" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F60" s="2" t="s">
         <v>183</v>
-      </c>
-[...10 lines deleted...]
-        <v>184</v>
       </c>
       <c r="G60" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B61" s="2" t="s">
+        <v>184</v>
+      </c>
+      <c r="C61" s="2" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>32</v>
       </c>
       <c r="D61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E61" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F61" s="2" t="s">
         <v>186</v>
       </c>
       <c r="G61" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B62" s="2" t="s">
         <v>187</v>
       </c>
       <c r="C62" s="2" t="s">
         <v>188</v>
       </c>
       <c r="D62" s="2" t="s">
@@ -3473,2868 +3467,2845 @@
       </c>
       <c r="C67" s="2" t="s">
         <v>203</v>
       </c>
       <c r="D67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E67" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F67" s="2" t="s">
         <v>204</v>
       </c>
       <c r="G67" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B68" s="2" t="s">
         <v>205</v>
       </c>
       <c r="C68" s="2" t="s">
+        <v>134</v>
+      </c>
+      <c r="D68" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E68" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F68" s="2" t="s">
         <v>206</v>
-      </c>
-[...7 lines deleted...]
-        <v>207</v>
       </c>
       <c r="G68" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B69" s="2" t="s">
+        <v>207</v>
+      </c>
+      <c r="C69" s="2" t="s">
         <v>208</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
       <c r="D69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E69" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F69" s="2" t="s">
         <v>209</v>
       </c>
       <c r="G69" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B70" s="2" t="s">
         <v>210</v>
       </c>
       <c r="C70" s="2" t="s">
         <v>211</v>
       </c>
       <c r="D70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E70" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F70" s="2" t="s">
         <v>212</v>
       </c>
       <c r="G70" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B71" s="2" t="s">
         <v>213</v>
       </c>
       <c r="C71" s="2" t="s">
+        <v>64</v>
+      </c>
+      <c r="D71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E71" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F71" s="2" t="s">
         <v>214</v>
-      </c>
-[...7 lines deleted...]
-        <v>215</v>
       </c>
       <c r="G71" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B72" s="2" t="s">
+        <v>215</v>
+      </c>
+      <c r="C72" s="2" t="s">
         <v>216</v>
-      </c>
-[...1 lines deleted...]
-        <v>64</v>
       </c>
       <c r="D72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E72" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F72" s="2" t="s">
         <v>217</v>
       </c>
       <c r="G72" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B73" s="2" t="s">
         <v>218</v>
       </c>
       <c r="C73" s="2" t="s">
         <v>219</v>
       </c>
       <c r="D73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F73" s="2" t="s">
-        <v>220</v>
+        <v>212</v>
       </c>
       <c r="G73" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B74" s="2" t="s">
+        <v>220</v>
+      </c>
+      <c r="C74" s="2" t="s">
+        <v>151</v>
+      </c>
+      <c r="D74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E74" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F74" s="2" t="s">
         <v>221</v>
-      </c>
-[...10 lines deleted...]
-        <v>215</v>
       </c>
       <c r="G74" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B75" s="2" t="s">
+        <v>222</v>
+      </c>
+      <c r="C75" s="2" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>151</v>
       </c>
       <c r="D75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E75" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F75" s="2" t="s">
         <v>224</v>
       </c>
       <c r="G75" s="2" t="s">
-        <v>11</v>
+        <v>225</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B76" s="2" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C76" s="2" t="s">
-        <v>226</v>
+        <v>125</v>
       </c>
       <c r="D76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E76" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F76" s="2" t="s">
         <v>227</v>
       </c>
       <c r="G76" s="2" t="s">
-        <v>228</v>
+        <v>11</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B77" s="2" t="s">
+        <v>228</v>
+      </c>
+      <c r="C77" s="2" t="s">
+        <v>23</v>
+      </c>
+      <c r="D77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E77" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F77" s="2" t="s">
         <v>229</v>
-      </c>
-[...10 lines deleted...]
-        <v>230</v>
       </c>
       <c r="G77" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B78" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="C78" s="2" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>23</v>
       </c>
       <c r="D78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E78" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F78" s="2" t="s">
         <v>232</v>
       </c>
       <c r="G78" s="2" t="s">
-        <v>11</v>
+        <v>233</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B79" s="2" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="C79" s="2" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E79" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F79" s="2" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="G79" s="2" t="s">
-        <v>236</v>
+        <v>11</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B80" s="2" t="s">
         <v>237</v>
       </c>
       <c r="C80" s="2" t="s">
+        <v>13</v>
+      </c>
+      <c r="D80" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E80" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F80" s="2" t="s">
         <v>238</v>
-      </c>
-[...7 lines deleted...]
-        <v>239</v>
       </c>
       <c r="G80" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B81" s="2" t="s">
+        <v>239</v>
+      </c>
+      <c r="C81" s="2" t="s">
         <v>240</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F81" s="2" t="s">
         <v>241</v>
       </c>
       <c r="G81" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B82" s="2" t="s">
         <v>242</v>
       </c>
       <c r="C82" s="2" t="s">
         <v>243</v>
       </c>
       <c r="D82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F82" s="2" t="s">
         <v>244</v>
       </c>
       <c r="G82" s="2" t="s">
-        <v>11</v>
+        <v>245</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B83" s="2" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="C83" s="2" t="s">
-        <v>246</v>
+        <v>122</v>
       </c>
       <c r="D83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E83" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F83" s="2" t="s">
         <v>247</v>
       </c>
       <c r="G83" s="2" t="s">
-        <v>248</v>
+        <v>11</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B84" s="2" t="s">
+        <v>248</v>
+      </c>
+      <c r="C84" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D84" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E84" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F84" s="2" t="s">
         <v>249</v>
-      </c>
-[...10 lines deleted...]
-        <v>250</v>
       </c>
       <c r="G84" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B85" s="2" t="s">
+        <v>250</v>
+      </c>
+      <c r="C85" s="2" t="s">
+        <v>74</v>
+      </c>
+      <c r="D85" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E85" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F85" s="2" t="s">
         <v>251</v>
-      </c>
-[...10 lines deleted...]
-        <v>252</v>
       </c>
       <c r="G85" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B86" s="2" t="s">
+        <v>252</v>
+      </c>
+      <c r="C86" s="2" t="s">
+        <v>77</v>
+      </c>
+      <c r="D86" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E86" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F86" s="2" t="s">
         <v>253</v>
-      </c>
-[...10 lines deleted...]
-        <v>254</v>
       </c>
       <c r="G86" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B87" s="2" t="s">
+        <v>254</v>
+      </c>
+      <c r="C87" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D87" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E87" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F87" s="2" t="s">
         <v>255</v>
-      </c>
-[...10 lines deleted...]
-        <v>256</v>
       </c>
       <c r="G87" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B88" s="2" t="s">
+        <v>256</v>
+      </c>
+      <c r="C88" s="2" t="s">
         <v>257</v>
       </c>
-      <c r="C88" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E88" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F88" s="2" t="s">
-        <v>258</v>
+        <v>173</v>
       </c>
       <c r="G88" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B89" s="2" t="s">
+        <v>258</v>
+      </c>
+      <c r="C89" s="2" t="s">
         <v>259</v>
       </c>
-      <c r="C89" s="2" t="s">
+      <c r="D89" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E89" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F89" s="2" t="s">
         <v>260</v>
-      </c>
-[...7 lines deleted...]
-        <v>173</v>
       </c>
       <c r="G89" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B90" s="2" t="s">
         <v>261</v>
       </c>
       <c r="C90" s="2" t="s">
+        <v>101</v>
+      </c>
+      <c r="D90" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E90" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F90" s="2" t="s">
         <v>262</v>
-      </c>
-[...7 lines deleted...]
-        <v>263</v>
       </c>
       <c r="G90" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B91" s="2" t="s">
+        <v>263</v>
+      </c>
+      <c r="C91" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="D91" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E91" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F91" s="2" t="s">
         <v>264</v>
-      </c>
-[...10 lines deleted...]
-        <v>265</v>
       </c>
       <c r="G91" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B92" s="2" t="s">
+        <v>265</v>
+      </c>
+      <c r="C92" s="2" t="s">
         <v>266</v>
       </c>
-      <c r="C92" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E92" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F92" s="2" t="s">
-        <v>184</v>
+        <v>267</v>
       </c>
       <c r="G92" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B93" s="2" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C93" s="2" t="s">
-        <v>268</v>
+        <v>95</v>
       </c>
       <c r="D93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E93" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F93" s="2" t="s">
         <v>269</v>
       </c>
       <c r="G93" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B94" s="2" t="s">
         <v>270</v>
       </c>
       <c r="C94" s="2" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="D94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E94" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F94" s="2" t="s">
         <v>271</v>
       </c>
       <c r="G94" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B95" s="2" t="s">
         <v>272</v>
       </c>
       <c r="C95" s="2" t="s">
-        <v>92</v>
+        <v>143</v>
       </c>
       <c r="D95" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E95" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F95" s="2" t="s">
         <v>273</v>
       </c>
       <c r="G95" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B96" s="2" t="s">
         <v>274</v>
       </c>
       <c r="C96" s="2" t="s">
-        <v>143</v>
+        <v>122</v>
       </c>
       <c r="D96" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E96" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F96" s="2" t="s">
         <v>275</v>
       </c>
       <c r="G96" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B97" s="2" t="s">
         <v>276</v>
       </c>
       <c r="C97" s="2" t="s">
-        <v>122</v>
+        <v>277</v>
       </c>
       <c r="D97" s="2" t="s">
         <v>17</v>
       </c>
       <c r="E97" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F97" s="2" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="G97" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B98" s="2" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="C98" s="2" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
       <c r="D98" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E98" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F98" s="2" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="G98" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B99" s="2" t="s">
+        <v>282</v>
+      </c>
+      <c r="C99" s="2" t="s">
+        <v>283</v>
+      </c>
+      <c r="D99" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E99" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F99" s="2" t="s">
         <v>281</v>
-      </c>
-[...10 lines deleted...]
-        <v>283</v>
       </c>
       <c r="G99" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B100" s="2" t="s">
         <v>284</v>
       </c>
       <c r="C100" s="2" t="s">
         <v>285</v>
       </c>
       <c r="D100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E100" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F100" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G100" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B101" s="2" t="s">
         <v>286</v>
       </c>
       <c r="C101" s="2" t="s">
         <v>287</v>
       </c>
       <c r="D101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E101" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F101" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G101" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B102" s="2" t="s">
         <v>288</v>
       </c>
       <c r="C102" s="2" t="s">
         <v>289</v>
       </c>
       <c r="D102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E102" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F102" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G102" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B103" s="2" t="s">
         <v>290</v>
       </c>
       <c r="C103" s="2" t="s">
         <v>291</v>
       </c>
       <c r="D103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E103" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F103" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G103" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B104" s="2" t="s">
         <v>292</v>
       </c>
       <c r="C104" s="2" t="s">
         <v>293</v>
       </c>
       <c r="D104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E104" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F104" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G104" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B105" s="2" t="s">
         <v>294</v>
       </c>
       <c r="C105" s="2" t="s">
         <v>295</v>
       </c>
       <c r="D105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E105" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F105" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G105" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B106" s="2" t="s">
         <v>296</v>
       </c>
       <c r="C106" s="2" t="s">
         <v>297</v>
       </c>
       <c r="D106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E106" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F106" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G106" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B107" s="2" t="s">
         <v>298</v>
       </c>
       <c r="C107" s="2" t="s">
         <v>299</v>
       </c>
       <c r="D107" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E107" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F107" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G107" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B108" s="2" t="s">
         <v>300</v>
       </c>
       <c r="C108" s="2" t="s">
         <v>301</v>
       </c>
       <c r="D108" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E108" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F108" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G108" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B109" s="2" t="s">
         <v>302</v>
       </c>
       <c r="C109" s="2" t="s">
         <v>303</v>
       </c>
       <c r="D109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E109" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F109" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G109" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B110" s="2" t="s">
         <v>304</v>
       </c>
       <c r="C110" s="2" t="s">
         <v>305</v>
       </c>
       <c r="D110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E110" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F110" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G110" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B111" s="2" t="s">
         <v>306</v>
       </c>
       <c r="C111" s="2" t="s">
         <v>307</v>
       </c>
       <c r="D111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E111" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F111" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G111" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B112" s="2" t="s">
         <v>308</v>
       </c>
       <c r="C112" s="2" t="s">
         <v>309</v>
       </c>
       <c r="D112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E112" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F112" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G112" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B113" s="2" t="s">
         <v>310</v>
       </c>
       <c r="C113" s="2" t="s">
         <v>311</v>
       </c>
       <c r="D113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E113" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F113" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G113" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B114" s="2" t="s">
         <v>312</v>
       </c>
       <c r="C114" s="2" t="s">
         <v>313</v>
       </c>
       <c r="D114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E114" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F114" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G114" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B115" s="2" t="s">
         <v>314</v>
       </c>
       <c r="C115" s="2" t="s">
         <v>315</v>
       </c>
       <c r="D115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E115" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F115" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G115" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B116" s="2" t="s">
         <v>316</v>
       </c>
       <c r="C116" s="2" t="s">
         <v>317</v>
       </c>
       <c r="D116" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="E116" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F116" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G116" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B117" s="2" t="s">
         <v>318</v>
       </c>
       <c r="C117" s="2" t="s">
         <v>319</v>
       </c>
       <c r="D117" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="E117" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F117" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G117" s="2" t="s">
-        <v>11</v>
+        <v>320</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B118" s="2" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
       <c r="C118" s="2" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="D118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E118" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F118" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G118" s="2" t="s">
-        <v>322</v>
+        <v>11</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B119" s="2" t="s">
         <v>323</v>
       </c>
       <c r="C119" s="2" t="s">
         <v>324</v>
       </c>
       <c r="D119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E119" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F119" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G119" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B120" s="2" t="s">
         <v>325</v>
       </c>
       <c r="C120" s="2" t="s">
         <v>326</v>
       </c>
       <c r="D120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E120" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F120" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G120" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B121" s="2" t="s">
         <v>327</v>
       </c>
       <c r="C121" s="2" t="s">
         <v>328</v>
       </c>
       <c r="D121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E121" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F121" s="2" t="s">
-        <v>283</v>
+        <v>329</v>
       </c>
       <c r="G121" s="2" t="s">
-        <v>11</v>
+        <v>330</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B122" s="2" t="s">
+        <v>331</v>
+      </c>
+      <c r="C122" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="D122" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E122" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F122" s="2" t="s">
         <v>329</v>
       </c>
-      <c r="C122" s="2" t="s">
+      <c r="G122" s="2" t="s">
         <v>330</v>
-      </c>
-[...10 lines deleted...]
-        <v>332</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B123" s="2" t="s">
         <v>333</v>
       </c>
       <c r="C123" s="2" t="s">
         <v>334</v>
       </c>
       <c r="D123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E123" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F123" s="2" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="G123" s="2" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B124" s="2" t="s">
         <v>335</v>
       </c>
       <c r="C124" s="2" t="s">
         <v>336</v>
       </c>
       <c r="D124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E124" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F124" s="2" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="G124" s="2" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B125" s="2" t="s">
         <v>337</v>
       </c>
       <c r="C125" s="2" t="s">
         <v>338</v>
       </c>
       <c r="D125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E125" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F125" s="2" t="s">
-        <v>331</v>
+        <v>329</v>
       </c>
       <c r="G125" s="2" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B126" s="2" t="s">
         <v>339</v>
       </c>
       <c r="C126" s="2" t="s">
         <v>340</v>
       </c>
       <c r="D126" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E126" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F126" s="2" t="s">
-        <v>331</v>
+        <v>341</v>
       </c>
       <c r="G126" s="2" t="s">
-        <v>332</v>
+        <v>330</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B127" s="2" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
       <c r="C127" s="2" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="D127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E127" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F127" s="2" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="G127" s="2" t="s">
-        <v>332</v>
+        <v>345</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B128" s="2" t="s">
-        <v>344</v>
+        <v>346</v>
       </c>
       <c r="C128" s="2" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E128" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F128" s="2" t="s">
-        <v>346</v>
+        <v>348</v>
       </c>
       <c r="G128" s="2" t="s">
-        <v>347</v>
+        <v>349</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B129" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="C129" s="2" t="s">
+        <v>351</v>
+      </c>
+      <c r="D129" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E129" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F129" s="2" t="s">
         <v>348</v>
       </c>
-      <c r="C129" s="2" t="s">
+      <c r="G129" s="2" t="s">
         <v>349</v>
-      </c>
-[...10 lines deleted...]
-        <v>351</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B130" s="2" t="s">
         <v>352</v>
       </c>
       <c r="C130" s="2" t="s">
         <v>353</v>
       </c>
       <c r="D130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E130" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F130" s="2" t="s">
-        <v>350</v>
+        <v>354</v>
       </c>
       <c r="G130" s="2" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B131" s="2" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C131" s="2" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E131" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F131" s="2" t="s">
-        <v>356</v>
+        <v>281</v>
       </c>
       <c r="G131" s="2" t="s">
-        <v>351</v>
+        <v>11</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B132" s="2" t="s">
         <v>357</v>
       </c>
       <c r="C132" s="2" t="s">
         <v>358</v>
       </c>
       <c r="D132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E132" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F132" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G132" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B133" s="2" t="s">
         <v>359</v>
       </c>
       <c r="C133" s="2" t="s">
         <v>360</v>
       </c>
       <c r="D133" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E133" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F133" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G133" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B134" s="2" t="s">
         <v>361</v>
       </c>
       <c r="C134" s="2" t="s">
         <v>362</v>
       </c>
       <c r="D134" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E134" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F134" s="2" t="s">
-        <v>283</v>
+        <v>363</v>
       </c>
       <c r="G134" s="2" t="s">
-        <v>11</v>
+        <v>364</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B135" s="2" t="s">
+        <v>365</v>
+      </c>
+      <c r="C135" s="2" t="s">
+        <v>366</v>
+      </c>
+      <c r="D135" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E135" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F135" s="2" t="s">
         <v>363</v>
       </c>
-      <c r="C135" s="2" t="s">
+      <c r="G135" s="2" t="s">
         <v>364</v>
-      </c>
-[...10 lines deleted...]
-        <v>366</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B136" s="2" t="s">
         <v>367</v>
       </c>
       <c r="C136" s="2" t="s">
         <v>368</v>
       </c>
       <c r="D136" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E136" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F136" s="2" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="G136" s="2" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B137" s="2" t="s">
         <v>369</v>
       </c>
       <c r="C137" s="2" t="s">
         <v>370</v>
       </c>
       <c r="D137" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E137" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F137" s="2" t="s">
-        <v>365</v>
+        <v>281</v>
       </c>
       <c r="G137" s="2" t="s">
-        <v>366</v>
+        <v>11</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B138" s="2" t="s">
         <v>371</v>
       </c>
       <c r="C138" s="2" t="s">
         <v>372</v>
       </c>
       <c r="D138" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E138" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F138" s="2" t="s">
-        <v>283</v>
+        <v>363</v>
       </c>
       <c r="G138" s="2" t="s">
-        <v>11</v>
+        <v>364</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B139" s="2" t="s">
         <v>373</v>
       </c>
       <c r="C139" s="2" t="s">
         <v>374</v>
       </c>
       <c r="D139" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E139" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F139" s="2" t="s">
-        <v>365</v>
+        <v>375</v>
       </c>
       <c r="G139" s="2" t="s">
-        <v>366</v>
+        <v>376</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B140" s="2" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
       <c r="C140" s="2" t="s">
-        <v>376</v>
+        <v>378</v>
       </c>
       <c r="D140" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E140" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F140" s="2" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="G140" s="2" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B141" s="2" t="s">
+        <v>381</v>
+      </c>
+      <c r="C141" s="2" t="s">
+        <v>382</v>
+      </c>
+      <c r="D141" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E141" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F141" s="2" t="s">
         <v>379</v>
       </c>
-      <c r="C141" s="2" t="s">
+      <c r="G141" s="2" t="s">
         <v>380</v>
-      </c>
-[...10 lines deleted...]
-        <v>382</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B142" s="2" t="s">
         <v>383</v>
       </c>
       <c r="C142" s="2" t="s">
         <v>384</v>
       </c>
       <c r="D142" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E142" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F142" s="2" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="G142" s="2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B143" s="2" t="s">
         <v>385</v>
       </c>
       <c r="C143" s="2" t="s">
         <v>386</v>
       </c>
       <c r="D143" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E143" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F143" s="2" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="G143" s="2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B144" s="2" t="s">
         <v>387</v>
       </c>
       <c r="C144" s="2" t="s">
         <v>388</v>
       </c>
       <c r="D144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E144" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F144" s="2" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="G144" s="2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B145" s="2" t="s">
         <v>389</v>
       </c>
       <c r="C145" s="2" t="s">
         <v>390</v>
       </c>
       <c r="D145" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E145" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F145" s="2" t="s">
-        <v>381</v>
+        <v>379</v>
       </c>
       <c r="G145" s="2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B146" s="2" t="s">
         <v>391</v>
       </c>
       <c r="C146" s="2" t="s">
+        <v>319</v>
+      </c>
+      <c r="D146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E146" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F146" s="2" t="s">
         <v>392</v>
       </c>
-      <c r="D146" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G146" s="2" t="s">
-        <v>382</v>
+        <v>380</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B147" s="2" t="s">
         <v>393</v>
       </c>
       <c r="C147" s="2" t="s">
-        <v>321</v>
+        <v>394</v>
       </c>
       <c r="D147" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E147" s="2" t="s">
-        <v>9</v>
+        <v>17</v>
       </c>
       <c r="F147" s="2" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
       <c r="G147" s="2" t="s">
-        <v>382</v>
+        <v>11</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B148" s="2" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C148" s="2" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D148" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E148" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F148" s="2" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="G148" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B149" s="2" t="s">
         <v>398</v>
       </c>
       <c r="C149" s="2" t="s">
         <v>399</v>
       </c>
       <c r="D149" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E149" s="2" t="s">
         <v>17</v>
       </c>
       <c r="F149" s="2" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="G149" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B150" s="2" t="s">
         <v>400</v>
       </c>
       <c r="C150" s="2" t="s">
         <v>401</v>
       </c>
       <c r="D150" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E150" s="2" t="s">
-        <v>17</v>
+        <v>9</v>
       </c>
       <c r="F150" s="2" t="s">
-        <v>397</v>
+        <v>281</v>
       </c>
       <c r="G150" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B151" s="2" t="s">
         <v>402</v>
       </c>
       <c r="C151" s="2" t="s">
         <v>403</v>
       </c>
       <c r="D151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E151" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F151" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G151" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B152" s="2" t="s">
         <v>404</v>
       </c>
       <c r="C152" s="2" t="s">
         <v>405</v>
       </c>
       <c r="D152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E152" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F152" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G152" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B153" s="2" t="s">
         <v>406</v>
       </c>
       <c r="C153" s="2" t="s">
         <v>407</v>
       </c>
       <c r="D153" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E153" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F153" s="2" t="s">
-        <v>283</v>
+        <v>408</v>
       </c>
       <c r="G153" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B154" s="2" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="C154" s="2" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="D154" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E154" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F154" s="2" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="G154" s="2" t="s">
-        <v>11</v>
+        <v>412</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B155" s="2" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="C155" s="2" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E155" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F155" s="2" t="s">
-        <v>413</v>
+        <v>415</v>
       </c>
       <c r="G155" s="2" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B156" s="2" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="C156" s="2" t="s">
+        <v>418</v>
+      </c>
+      <c r="D156" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E156" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F156" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="G156" s="2" t="s">
         <v>416</v>
-      </c>
-[...10 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B157" s="2" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
       <c r="C157" s="2" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="D157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E157" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F157" s="2" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="G157" s="2" t="s">
-        <v>418</v>
+        <v>423</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B158" s="2" t="s">
-        <v>422</v>
+        <v>424</v>
       </c>
       <c r="C158" s="2" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="D158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E158" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F158" s="2" t="s">
-        <v>424</v>
+        <v>426</v>
       </c>
       <c r="G158" s="2" t="s">
-        <v>425</v>
+        <v>427</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B159" s="2" t="s">
+        <v>428</v>
+      </c>
+      <c r="C159" s="2" t="s">
+        <v>429</v>
+      </c>
+      <c r="D159" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E159" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F159" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="C159" s="2" t="s">
+      <c r="G159" s="2" t="s">
         <v>427</v>
-      </c>
-[...10 lines deleted...]
-        <v>429</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B160" s="2" t="s">
         <v>430</v>
       </c>
       <c r="C160" s="2" t="s">
         <v>431</v>
       </c>
       <c r="D160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E160" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F160" s="2" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="G160" s="2" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B161" s="2" t="s">
         <v>432</v>
       </c>
       <c r="C161" s="2" t="s">
         <v>433</v>
       </c>
       <c r="D161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E161" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F161" s="2" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="G161" s="2" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B162" s="2" t="s">
         <v>434</v>
       </c>
       <c r="C162" s="2" t="s">
         <v>435</v>
       </c>
       <c r="D162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E162" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F162" s="2" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="G162" s="2" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B163" s="2" t="s">
         <v>436</v>
       </c>
       <c r="C163" s="2" t="s">
         <v>437</v>
       </c>
       <c r="D163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E163" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F163" s="2" t="s">
-        <v>428</v>
+        <v>426</v>
       </c>
       <c r="G163" s="2" t="s">
-        <v>429</v>
+        <v>427</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B164" s="2" t="s">
         <v>438</v>
       </c>
       <c r="C164" s="2" t="s">
         <v>439</v>
       </c>
       <c r="D164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E164" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F164" s="2" t="s">
-        <v>428</v>
+        <v>440</v>
       </c>
       <c r="G164" s="2" t="s">
-        <v>429</v>
+        <v>441</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B165" s="2" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C165" s="2" t="s">
-        <v>441</v>
+        <v>443</v>
       </c>
       <c r="D165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E165" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F165" s="2" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="G165" s="2" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B166" s="2" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C166" s="2" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E166" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F166" s="2" t="s">
-        <v>446</v>
+        <v>448</v>
       </c>
       <c r="G166" s="2" t="s">
-        <v>447</v>
+        <v>449</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B167" s="2" t="s">
-        <v>448</v>
+        <v>450</v>
       </c>
       <c r="C167" s="2" t="s">
-        <v>449</v>
+        <v>451</v>
       </c>
       <c r="D167" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E167" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F167" s="2" t="s">
-        <v>450</v>
+        <v>452</v>
       </c>
       <c r="G167" s="2" t="s">
-        <v>451</v>
+        <v>453</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B168" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="C168" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="D168" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E168" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F168" s="2" t="s">
         <v>452</v>
       </c>
-      <c r="C168" s="2" t="s">
+      <c r="G168" s="2" t="s">
         <v>453</v>
-      </c>
-[...10 lines deleted...]
-        <v>455</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B169" s="2" t="s">
-        <v>456</v>
+        <v>455</v>
       </c>
       <c r="C169" s="2" t="s">
-        <v>439</v>
+        <v>435</v>
       </c>
       <c r="D169" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E169" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F169" s="2" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="G169" s="2" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B170" s="2" t="s">
-        <v>457</v>
+        <v>456</v>
       </c>
       <c r="C170" s="2" t="s">
-        <v>437</v>
+        <v>433</v>
       </c>
       <c r="D170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E170" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F170" s="2" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="G170" s="2" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B171" s="2" t="s">
-        <v>458</v>
+        <v>457</v>
       </c>
       <c r="C171" s="2" t="s">
-        <v>435</v>
+        <v>429</v>
       </c>
       <c r="D171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E171" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F171" s="2" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="G171" s="2" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B172" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="C172" s="2" t="s">
         <v>459</v>
       </c>
-      <c r="C172" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E172" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F172" s="2" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="G172" s="2" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B173" s="2" t="s">
         <v>460</v>
       </c>
       <c r="C173" s="2" t="s">
         <v>461</v>
       </c>
       <c r="D173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E173" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F173" s="2" t="s">
-        <v>454</v>
+        <v>462</v>
       </c>
       <c r="G173" s="2" t="s">
-        <v>455</v>
+        <v>463</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B174" s="2" t="s">
+        <v>464</v>
+      </c>
+      <c r="C174" s="2" t="s">
+        <v>465</v>
+      </c>
+      <c r="D174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E174" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F174" s="2" t="s">
         <v>462</v>
       </c>
-      <c r="C174" s="2" t="s">
+      <c r="G174" s="2" t="s">
         <v>463</v>
-      </c>
-[...10 lines deleted...]
-        <v>465</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B175" s="2" t="s">
         <v>466</v>
       </c>
       <c r="C175" s="2" t="s">
         <v>467</v>
       </c>
       <c r="D175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E175" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F175" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="G175" s="2" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B176" s="2" t="s">
         <v>468</v>
       </c>
       <c r="C176" s="2" t="s">
         <v>469</v>
       </c>
       <c r="D176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E176" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F176" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="G176" s="2" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B177" s="2" t="s">
         <v>470</v>
       </c>
       <c r="C177" s="2" t="s">
         <v>471</v>
       </c>
       <c r="D177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E177" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F177" s="2" t="s">
-        <v>464</v>
+        <v>462</v>
       </c>
       <c r="G177" s="2" t="s">
-        <v>465</v>
+        <v>463</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B178" s="2" t="s">
         <v>472</v>
       </c>
       <c r="C178" s="2" t="s">
+        <v>414</v>
+      </c>
+      <c r="D178" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="E178" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F178" s="2" t="s">
         <v>473</v>
       </c>
-      <c r="D178" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G178" s="2" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B179" s="2" t="s">
+        <v>475</v>
+      </c>
+      <c r="C179" s="2" t="s">
+        <v>476</v>
+      </c>
+      <c r="D179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E179" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F179" s="2" t="s">
+        <v>473</v>
+      </c>
+      <c r="G179" s="2" t="s">
         <v>474</v>
-      </c>
-[...13 lines deleted...]
-        <v>476</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B180" s="2" t="s">
         <v>477</v>
       </c>
       <c r="C180" s="2" t="s">
         <v>478</v>
       </c>
       <c r="D180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E180" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F180" s="2" t="s">
-        <v>475</v>
+        <v>479</v>
       </c>
       <c r="G180" s="2" t="s">
-        <v>476</v>
+        <v>480</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B181" s="2" t="s">
-        <v>479</v>
+        <v>481</v>
       </c>
       <c r="C181" s="2" t="s">
-        <v>480</v>
+        <v>482</v>
       </c>
       <c r="D181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E181" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F181" s="2" t="s">
-        <v>481</v>
+        <v>281</v>
       </c>
       <c r="G181" s="2" t="s">
-        <v>482</v>
+        <v>11</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B182" s="2" t="s">
         <v>483</v>
       </c>
       <c r="C182" s="2" t="s">
         <v>484</v>
       </c>
       <c r="D182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E182" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F182" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G182" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B183" s="2" t="s">
         <v>485</v>
       </c>
       <c r="C183" s="2" t="s">
         <v>486</v>
       </c>
       <c r="D183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E183" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F183" s="2" t="s">
-        <v>283</v>
+        <v>487</v>
       </c>
       <c r="G183" s="2" t="s">
-        <v>11</v>
+        <v>488</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B184" s="2" t="s">
-        <v>487</v>
+        <v>489</v>
       </c>
       <c r="C184" s="2" t="s">
-        <v>488</v>
+        <v>490</v>
       </c>
       <c r="D184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E184" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F184" s="2" t="s">
-        <v>489</v>
+        <v>281</v>
       </c>
       <c r="G184" s="2" t="s">
-        <v>490</v>
+        <v>11</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B185" s="2" t="s">
         <v>491</v>
       </c>
       <c r="C185" s="2" t="s">
         <v>492</v>
       </c>
       <c r="D185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E185" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F185" s="2" t="s">
-        <v>283</v>
+        <v>493</v>
       </c>
       <c r="G185" s="2" t="s">
-        <v>11</v>
+        <v>494</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B186" s="2" t="s">
+        <v>495</v>
+      </c>
+      <c r="C186" s="2" t="s">
+        <v>496</v>
+      </c>
+      <c r="D186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E186" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F186" s="2" t="s">
         <v>493</v>
       </c>
-      <c r="C186" s="2" t="s">
+      <c r="G186" s="2" t="s">
         <v>494</v>
-      </c>
-[...10 lines deleted...]
-        <v>496</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B187" s="2" t="s">
         <v>497</v>
       </c>
       <c r="C187" s="2" t="s">
         <v>498</v>
       </c>
       <c r="D187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E187" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F187" s="2" t="s">
-        <v>495</v>
+        <v>281</v>
       </c>
       <c r="G187" s="2" t="s">
-        <v>496</v>
+        <v>11</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B188" s="2" t="s">
         <v>499</v>
       </c>
       <c r="C188" s="2" t="s">
         <v>500</v>
       </c>
       <c r="D188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E188" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F188" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G188" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" s="1">
         <v>19020050100038</v>
       </c>
       <c r="B189" s="2" t="s">
         <v>501</v>
       </c>
       <c r="C189" s="2" t="s">
         <v>502</v>
       </c>
       <c r="D189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E189" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F189" s="2" t="s">
-        <v>283</v>
+        <v>281</v>
       </c>
       <c r="G189" s="2" t="s">
-        <v>11</v>
-[...21 lines deleted...]
-      <c r="G190" s="2" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
@@ -6348,31 +6319,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/02/2026 05:52:54</dc:description>
+  <dc:description>Export en date du 02/17/2026 23:44:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>