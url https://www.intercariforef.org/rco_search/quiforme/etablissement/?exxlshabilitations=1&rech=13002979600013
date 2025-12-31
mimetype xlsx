--- v0 (2025-11-02)
+++ v1 (2025-12-31)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="675">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="744">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP12909</t>
   </si>
   <si>
@@ -1994,50 +1994,257 @@
     <t>RNCP40621</t>
   </si>
   <si>
     <t>28/02/2027</t>
   </si>
   <si>
     <t>RNCP40722</t>
   </si>
   <si>
     <t>RNCP40755</t>
   </si>
   <si>
     <t>RNCP40808</t>
   </si>
   <si>
     <t>RNCP40982</t>
   </si>
   <si>
     <t>30/06/2030</t>
   </si>
   <si>
     <t>RNCP40983</t>
   </si>
   <si>
     <t>RNCP41070</t>
+  </si>
+  <si>
+    <t>RNCP41545</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Création numérique</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41547</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Stratégie de communication numérique et design d’expérience</t>
+  </si>
+  <si>
+    <t>RNCP41553</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Coordination et gestion des établissements et services sanitaires et sociaux</t>
+  </si>
+  <si>
+    <t>RNCP41555</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Villes et territoires durables</t>
+  </si>
+  <si>
+    <t>RNCP41556</t>
+  </si>
+  <si>
+    <t>RNCP41558</t>
+  </si>
+  <si>
+    <t>RNCP41559</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41567</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Science de l'aliment et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41573</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Réhabilitation et amélioration des performances environnementales des bâtiments</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41586</t>
+  </si>
+  <si>
+    <t>RNCP41587</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41600</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Diététique et nutrition</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41612</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Développement système et Cloud</t>
+  </si>
+  <si>
+    <t>RNCP41613</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Internet des objets et mobilité</t>
+  </si>
+  <si>
+    <t>RNCP41618</t>
+  </si>
+  <si>
+    <t>RNCP41619</t>
+  </si>
+  <si>
+    <t>RNCP41620</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41634</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
   <si>
     <t>RS5399</t>
   </si>
   <si>
     <t>Organisation des activités et des évènements d’une structure sportive</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5779</t>
   </si>
   <si>
     <t>KNX Basic : Mettre en œuvre une installation domotique basée sur le protocole KNX.</t>
   </si>
   <si>
     <t>26/01/2025</t>
   </si>
   <si>
     <t>26/01/2022</t>
   </si>
@@ -2416,51 +2623,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H362"/>
+  <dimension ref="A1:H401"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -10685,123 +10892,1020 @@
       </c>
       <c r="F358" s="2" t="s">
         <v>517</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1">
         <v>13002979600013</v>
       </c>
       <c r="B359" s="2" t="s">
         <v>660</v>
       </c>
       <c r="C359" s="2" t="s">
         <v>661</v>
       </c>
       <c r="D359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>662</v>
+        <v>471</v>
       </c>
       <c r="G359" s="2" t="s">
-        <v>663</v>
+        <v>11</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1">
         <v>13002979600013</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>664</v>
+        <v>662</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="D360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>666</v>
+        <v>471</v>
       </c>
       <c r="G360" s="2" t="s">
-        <v>667</v>
+        <v>11</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1">
         <v>13002979600013</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>668</v>
+        <v>664</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>669</v>
+        <v>665</v>
       </c>
       <c r="D361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>670</v>
+        <v>471</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>671</v>
+        <v>11</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1">
         <v>13002979600013</v>
       </c>
       <c r="B362" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="C362" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="D362" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E362" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F362" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G362" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B363" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="C363" s="2" t="s">
+        <v>669</v>
+      </c>
+      <c r="D363" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E363" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F363" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G363" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B364" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="C364" s="2" t="s">
+        <v>368</v>
+      </c>
+      <c r="D364" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E364" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F364" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G364" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="365" spans="1:8">
+      <c r="A365" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B365" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="C365" s="2" t="s">
+        <v>372</v>
+      </c>
+      <c r="D365" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E365" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F365" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G365" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="366" spans="1:8">
+      <c r="A366" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B366" s="2" t="s">
         <v>672</v>
       </c>
-      <c r="C362" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F362" s="2" t="s">
+      <c r="C366" s="2" t="s">
+        <v>370</v>
+      </c>
+      <c r="D366" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E366" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F366" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G366" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="367" spans="1:8">
+      <c r="A367" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B367" s="2" t="s">
         <v>673</v>
       </c>
-      <c r="G362" s="2" t="s">
+      <c r="C367" s="2" t="s">
         <v>674</v>
+      </c>
+      <c r="D367" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E367" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F367" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G367" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="368" spans="1:8">
+      <c r="A368" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B368" s="2" t="s">
+        <v>675</v>
+      </c>
+      <c r="C368" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="D368" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E368" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F368" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G368" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="369" spans="1:8">
+      <c r="A369" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B369" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="C369" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="D369" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E369" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F369" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G369" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="370" spans="1:8">
+      <c r="A370" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B370" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="C370" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="D370" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E370" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F370" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G370" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="371" spans="1:8">
+      <c r="A371" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B371" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="C371" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="D371" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E371" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F371" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G371" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="372" spans="1:8">
+      <c r="A372" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B372" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="C372" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="D372" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E372" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F372" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G372" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="373" spans="1:8">
+      <c r="A373" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B373" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="C373" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="D373" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E373" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F373" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G373" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="374" spans="1:8">
+      <c r="A374" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B374" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="C374" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="D374" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E374" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F374" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G374" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="375" spans="1:8">
+      <c r="A375" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B375" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="C375" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="D375" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E375" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F375" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G375" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="376" spans="1:8">
+      <c r="A376" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B376" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="C376" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="D376" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E376" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F376" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G376" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="377" spans="1:8">
+      <c r="A377" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B377" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="C377" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="D377" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E377" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F377" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G377" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="378" spans="1:8">
+      <c r="A378" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B378" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="C378" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="D378" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E378" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F378" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G378" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="379" spans="1:8">
+      <c r="A379" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B379" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="C379" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="D379" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E379" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F379" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G379" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="380" spans="1:8">
+      <c r="A380" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B380" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="C380" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="D380" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E380" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F380" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G380" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="381" spans="1:8">
+      <c r="A381" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B381" s="2" t="s">
+        <v>701</v>
+      </c>
+      <c r="C381" s="2" t="s">
+        <v>352</v>
+      </c>
+      <c r="D381" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E381" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F381" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G381" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="382" spans="1:8">
+      <c r="A382" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B382" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="C382" s="2" t="s">
+        <v>354</v>
+      </c>
+      <c r="D382" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E382" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F382" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G382" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="383" spans="1:8">
+      <c r="A383" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B383" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="C383" s="2" t="s">
+        <v>350</v>
+      </c>
+      <c r="D383" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E383" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F383" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G383" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="384" spans="1:8">
+      <c r="A384" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B384" s="2" t="s">
+        <v>704</v>
+      </c>
+      <c r="C384" s="2" t="s">
+        <v>705</v>
+      </c>
+      <c r="D384" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E384" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F384" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G384" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="385" spans="1:8">
+      <c r="A385" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B385" s="2" t="s">
+        <v>706</v>
+      </c>
+      <c r="C385" s="2" t="s">
+        <v>707</v>
+      </c>
+      <c r="D385" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E385" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F385" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G385" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="386" spans="1:8">
+      <c r="A386" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B386" s="2" t="s">
+        <v>708</v>
+      </c>
+      <c r="C386" s="2" t="s">
+        <v>709</v>
+      </c>
+      <c r="D386" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E386" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F386" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G386" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="387" spans="1:8">
+      <c r="A387" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B387" s="2" t="s">
+        <v>710</v>
+      </c>
+      <c r="C387" s="2" t="s">
+        <v>711</v>
+      </c>
+      <c r="D387" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E387" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F387" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G387" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B388" s="2" t="s">
+        <v>712</v>
+      </c>
+      <c r="C388" s="2" t="s">
+        <v>713</v>
+      </c>
+      <c r="D388" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E388" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F388" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G388" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B389" s="2" t="s">
+        <v>714</v>
+      </c>
+      <c r="C389" s="2" t="s">
+        <v>715</v>
+      </c>
+      <c r="D389" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E389" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F389" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G389" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B390" s="2" t="s">
+        <v>716</v>
+      </c>
+      <c r="C390" s="2" t="s">
+        <v>334</v>
+      </c>
+      <c r="D390" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E390" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F390" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G390" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B391" s="2" t="s">
+        <v>717</v>
+      </c>
+      <c r="C391" s="2" t="s">
+        <v>332</v>
+      </c>
+      <c r="D391" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E391" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F391" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G391" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B392" s="2" t="s">
+        <v>718</v>
+      </c>
+      <c r="C392" s="2" t="s">
+        <v>330</v>
+      </c>
+      <c r="D392" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E392" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F392" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G392" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B393" s="2" t="s">
+        <v>719</v>
+      </c>
+      <c r="C393" s="2" t="s">
+        <v>720</v>
+      </c>
+      <c r="D393" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E393" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F393" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G393" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B394" s="2" t="s">
+        <v>721</v>
+      </c>
+      <c r="C394" s="2" t="s">
+        <v>722</v>
+      </c>
+      <c r="D394" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E394" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F394" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G394" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B395" s="2" t="s">
+        <v>723</v>
+      </c>
+      <c r="C395" s="2" t="s">
+        <v>724</v>
+      </c>
+      <c r="D395" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E395" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F395" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G395" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B396" s="2" t="s">
+        <v>725</v>
+      </c>
+      <c r="C396" s="2" t="s">
+        <v>726</v>
+      </c>
+      <c r="D396" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E396" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F396" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G396" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B397" s="2" t="s">
+        <v>727</v>
+      </c>
+      <c r="C397" s="2" t="s">
+        <v>728</v>
+      </c>
+      <c r="D397" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E397" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F397" s="2" t="s">
+        <v>471</v>
+      </c>
+      <c r="G397" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B398" s="2" t="s">
+        <v>729</v>
+      </c>
+      <c r="C398" s="2" t="s">
+        <v>730</v>
+      </c>
+      <c r="D398" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E398" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F398" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="G398" s="2" t="s">
+        <v>732</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B399" s="2" t="s">
+        <v>733</v>
+      </c>
+      <c r="C399" s="2" t="s">
+        <v>734</v>
+      </c>
+      <c r="D399" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E399" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F399" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="G399" s="2" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B400" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="C400" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="D400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F400" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="G400" s="2" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B401" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="C401" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="D401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F401" s="2" t="s">
+        <v>742</v>
+      </c>
+      <c r="G401" s="2" t="s">
+        <v>743</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -10814,31 +11918,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/02/2025 17:39:03</dc:description>
+  <dc:description>Export en date du 12/31/2025 22:51:34</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>