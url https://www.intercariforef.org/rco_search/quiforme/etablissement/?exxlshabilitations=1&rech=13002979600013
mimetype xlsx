--- v1 (2025-12-31)
+++ v2 (2026-02-16)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="744">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="746">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP12909</t>
   </si>
   <si>
@@ -2201,50 +2201,56 @@
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41634</t>
   </si>
   <si>
     <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
   </si>
   <si>
     <t>RS5399</t>
   </si>
   <si>
     <t>Organisation des activités et des évènements d’une structure sportive</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5779</t>
   </si>
   <si>
     <t>KNX Basic : Mettre en œuvre une installation domotique basée sur le protocole KNX.</t>
   </si>
   <si>
     <t>26/01/2025</t>
   </si>
   <si>
     <t>26/01/2022</t>
   </si>
@@ -2623,51 +2629,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H401"/>
+  <dimension ref="A1:H402"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -11780,132 +11786,155 @@
       </c>
       <c r="C397" s="2" t="s">
         <v>728</v>
       </c>
       <c r="D397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>471</v>
       </c>
       <c r="G397" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>13002979600013</v>
       </c>
       <c r="B398" s="2" t="s">
         <v>729</v>
       </c>
       <c r="C398" s="2" t="s">
+        <v>391</v>
+      </c>
+      <c r="D398" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E398" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F398" s="2" t="s">
         <v>730</v>
       </c>
-      <c r="D398" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G398" s="2" t="s">
-        <v>732</v>
+        <v>11</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>13002979600013</v>
       </c>
       <c r="B399" s="2" t="s">
+        <v>731</v>
+      </c>
+      <c r="C399" s="2" t="s">
+        <v>732</v>
+      </c>
+      <c r="D399" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E399" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F399" s="2" t="s">
         <v>733</v>
       </c>
-      <c r="C399" s="2" t="s">
+      <c r="G399" s="2" t="s">
         <v>734</v>
-      </c>
-[...10 lines deleted...]
-        <v>736</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>13002979600013</v>
       </c>
       <c r="B400" s="2" t="s">
+        <v>735</v>
+      </c>
+      <c r="C400" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="D400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F400" s="2" t="s">
         <v>737</v>
       </c>
-      <c r="C400" s="2" t="s">
+      <c r="G400" s="2" t="s">
         <v>738</v>
-      </c>
-[...10 lines deleted...]
-        <v>740</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>13002979600013</v>
       </c>
       <c r="B401" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="C401" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="D401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F401" s="2" t="s">
         <v>741</v>
       </c>
-      <c r="C401" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F401" s="2" t="s">
+      <c r="G401" s="2" t="s">
         <v>742</v>
       </c>
-      <c r="G401" s="2" t="s">
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" s="1">
+        <v>13002979600013</v>
+      </c>
+      <c r="B402" s="2" t="s">
         <v>743</v>
+      </c>
+      <c r="C402" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="D402" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E402" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F402" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="G402" s="2" t="s">
+        <v>745</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -11918,31 +11947,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/31/2025 22:51:34</dc:description>
+  <dc:description>Export en date du 02/16/2026 03:38:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>