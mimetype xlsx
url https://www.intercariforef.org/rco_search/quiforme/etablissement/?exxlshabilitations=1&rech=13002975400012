--- v0 (2025-10-24)
+++ v1 (2025-12-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1092">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1161">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP17891</t>
   </si>
   <si>
@@ -2941,50 +2941,245 @@
   <si>
     <t>DEUST Technicien en environnement et déchets (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41176</t>
   </si>
   <si>
     <t>RNCP41277</t>
   </si>
   <si>
     <t>RNCP41348</t>
   </si>
   <si>
     <t>24/09/2028</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RNCP41392</t>
   </si>
   <si>
     <t>DEUST Guide nature multilingue (fiche nationale)</t>
   </si>
   <si>
+    <t>RNCP41541</t>
+  </si>
+  <si>
+    <t>RNCP41544</t>
+  </si>
+  <si>
+    <t>RNCP41548</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Administration et justice</t>
+  </si>
+  <si>
+    <t>RNCP41549</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Entreprise et association</t>
+  </si>
+  <si>
+    <t>RNCP41550</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Patrimoine et finance</t>
+  </si>
+  <si>
+    <t>RNCP41551</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Animation sociale et socioculturelle</t>
+  </si>
+  <si>
+    <t>RNCP41554</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Éducation spécialisée</t>
+  </si>
+  <si>
+    <t>RNCP41555</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Villes et territoires durables</t>
+  </si>
+  <si>
+    <t>RNCP41556</t>
+  </si>
+  <si>
+    <t>RNCP41558</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41567</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Science de l'aliment et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41586</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41589</t>
+  </si>
+  <si>
+    <t>RNCP41590</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41594</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Mesures et analyses environnementales</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41600</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Diététique et nutrition</t>
+  </si>
+  <si>
+    <t>RNCP41616</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Exploration et modélisation statistique</t>
+  </si>
+  <si>
+    <t>RNCP41617</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Visualisation, conception d'outils décisionnels</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>RNCP41634</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
+  </si>
+  <si>
     <t>RS5404</t>
   </si>
   <si>
     <t>CLES B2 Anglais - Certificat de compétences en langues de l'enseignement supérieur</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5405</t>
   </si>
   <si>
     <t>CLES B1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS5406</t>
   </si>
   <si>
     <t>CLES C1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS5407</t>
@@ -3290,50 +3485,62 @@
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS7229</t>
   </si>
   <si>
     <t>Certification TOEIC 4 compétences (écouter, parler, lire et écrire)</t>
   </si>
   <si>
     <t>18/07/2030</t>
   </si>
   <si>
     <t>18/07/2025</t>
+  </si>
+  <si>
+    <t>RS7393</t>
+  </si>
+  <si>
+    <t>DU Concevoir un dispositif gamifié - Apprendre par le jeu</t>
+  </si>
+  <si>
+    <t>27/11/2027</t>
+  </si>
+  <si>
+    <t>27/11/2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -3667,51 +3874,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H580"/>
+  <dimension ref="A1:H618"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -15745,1328 +15952,2202 @@
       </c>
       <c r="C524" s="2" t="s">
         <v>974</v>
       </c>
       <c r="D524" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E524" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F524" s="2" t="s">
         <v>851</v>
       </c>
       <c r="G524" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B525" s="2" t="s">
         <v>975</v>
       </c>
       <c r="C525" s="2" t="s">
-        <v>976</v>
+        <v>524</v>
       </c>
       <c r="D525" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E525" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F525" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G525" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B526" s="2" t="s">
-        <v>979</v>
+        <v>976</v>
       </c>
       <c r="C526" s="2" t="s">
-        <v>980</v>
+        <v>522</v>
       </c>
       <c r="D526" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E526" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F526" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G526" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B527" s="2" t="s">
-        <v>981</v>
+        <v>977</v>
       </c>
       <c r="C527" s="2" t="s">
-        <v>982</v>
+        <v>978</v>
       </c>
       <c r="D527" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E527" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F527" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G527" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B528" s="2" t="s">
-        <v>983</v>
+        <v>979</v>
       </c>
       <c r="C528" s="2" t="s">
-        <v>984</v>
+        <v>980</v>
       </c>
       <c r="D528" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E528" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F528" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G528" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B529" s="2" t="s">
-        <v>985</v>
+        <v>981</v>
       </c>
       <c r="C529" s="2" t="s">
-        <v>986</v>
+        <v>982</v>
       </c>
       <c r="D529" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E529" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F529" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G529" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B530" s="2" t="s">
-        <v>987</v>
+        <v>983</v>
       </c>
       <c r="C530" s="2" t="s">
-        <v>988</v>
+        <v>984</v>
       </c>
       <c r="D530" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E530" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F530" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G530" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B531" s="2" t="s">
-        <v>989</v>
+        <v>985</v>
       </c>
       <c r="C531" s="2" t="s">
-        <v>990</v>
+        <v>986</v>
       </c>
       <c r="D531" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E531" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F531" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G531" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B532" s="2" t="s">
-        <v>991</v>
+        <v>987</v>
       </c>
       <c r="C532" s="2" t="s">
-        <v>992</v>
+        <v>988</v>
       </c>
       <c r="D532" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E532" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F532" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G532" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B533" s="2" t="s">
-        <v>993</v>
+        <v>989</v>
       </c>
       <c r="C533" s="2" t="s">
-        <v>994</v>
+        <v>587</v>
       </c>
       <c r="D533" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E533" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F533" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G533" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B534" s="2" t="s">
-        <v>995</v>
+        <v>990</v>
       </c>
       <c r="C534" s="2" t="s">
-        <v>996</v>
+        <v>589</v>
       </c>
       <c r="D534" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E534" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F534" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G534" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B535" s="2" t="s">
-        <v>997</v>
+        <v>991</v>
       </c>
       <c r="C535" s="2" t="s">
-        <v>998</v>
+        <v>992</v>
       </c>
       <c r="D535" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E535" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F535" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G535" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B536" s="2" t="s">
-        <v>999</v>
+        <v>993</v>
       </c>
       <c r="C536" s="2" t="s">
-        <v>1000</v>
+        <v>994</v>
       </c>
       <c r="D536" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E536" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F536" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G536" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B537" s="2" t="s">
-        <v>1001</v>
+        <v>995</v>
       </c>
       <c r="C537" s="2" t="s">
-        <v>1002</v>
+        <v>996</v>
       </c>
       <c r="D537" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E537" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F537" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G537" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B538" s="2" t="s">
-        <v>1003</v>
+        <v>997</v>
       </c>
       <c r="C538" s="2" t="s">
-        <v>1004</v>
+        <v>998</v>
       </c>
       <c r="D538" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E538" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F538" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G538" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B539" s="2" t="s">
-        <v>1005</v>
+        <v>999</v>
       </c>
       <c r="C539" s="2" t="s">
-        <v>1006</v>
+        <v>1000</v>
       </c>
       <c r="D539" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E539" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F539" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G539" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B540" s="2" t="s">
-        <v>1007</v>
+        <v>1001</v>
       </c>
       <c r="C540" s="2" t="s">
-        <v>1008</v>
+        <v>1002</v>
       </c>
       <c r="D540" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E540" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F540" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G540" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B541" s="2" t="s">
-        <v>1009</v>
+        <v>1003</v>
       </c>
       <c r="C541" s="2" t="s">
-        <v>1010</v>
+        <v>1004</v>
       </c>
       <c r="D541" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E541" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F541" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G541" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B542" s="2" t="s">
-        <v>1011</v>
+        <v>1005</v>
       </c>
       <c r="C542" s="2" t="s">
-        <v>1012</v>
+        <v>1006</v>
       </c>
       <c r="D542" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E542" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F542" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G542" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B543" s="2" t="s">
-        <v>1013</v>
+        <v>1007</v>
       </c>
       <c r="C543" s="2" t="s">
-        <v>1014</v>
+        <v>1008</v>
       </c>
       <c r="D543" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E543" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F543" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G543" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B544" s="2" t="s">
-        <v>1015</v>
+        <v>1009</v>
       </c>
       <c r="C544" s="2" t="s">
-        <v>1016</v>
+        <v>1010</v>
       </c>
       <c r="D544" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E544" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F544" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G544" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B545" s="2" t="s">
-        <v>1017</v>
+        <v>1011</v>
       </c>
       <c r="C545" s="2" t="s">
-        <v>1018</v>
+        <v>1012</v>
       </c>
       <c r="D545" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E545" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F545" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G545" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B546" s="2" t="s">
-        <v>1019</v>
+        <v>1013</v>
       </c>
       <c r="C546" s="2" t="s">
-        <v>1020</v>
+        <v>573</v>
       </c>
       <c r="D546" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E546" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F546" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G546" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B547" s="2" t="s">
-        <v>1021</v>
+        <v>1014</v>
       </c>
       <c r="C547" s="2" t="s">
-        <v>1022</v>
+        <v>571</v>
       </c>
       <c r="D547" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E547" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F547" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G547" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B548" s="2" t="s">
-        <v>1023</v>
+        <v>1015</v>
       </c>
       <c r="C548" s="2" t="s">
-        <v>1024</v>
+        <v>547</v>
       </c>
       <c r="D548" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E548" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F548" s="2" t="s">
-        <v>977</v>
+        <v>670</v>
       </c>
       <c r="G548" s="2" t="s">
-        <v>978</v>
+        <v>11</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B549" s="2" t="s">
-        <v>1025</v>
+        <v>1016</v>
       </c>
       <c r="C549" s="2" t="s">
-        <v>1026</v>
+        <v>549</v>
       </c>
       <c r="D549" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E549" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F549" s="2" t="s">
-        <v>1027</v>
+        <v>670</v>
       </c>
       <c r="G549" s="2" t="s">
-        <v>1028</v>
+        <v>11</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B550" s="2" t="s">
-        <v>1029</v>
+        <v>1017</v>
       </c>
       <c r="C550" s="2" t="s">
-        <v>1030</v>
+        <v>1018</v>
       </c>
       <c r="D550" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E550" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F550" s="2" t="s">
-        <v>1031</v>
+        <v>670</v>
       </c>
       <c r="G550" s="2" t="s">
-        <v>1032</v>
+        <v>11</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B551" s="2" t="s">
-        <v>1033</v>
+        <v>1019</v>
       </c>
       <c r="C551" s="2" t="s">
-        <v>1034</v>
+        <v>1020</v>
       </c>
       <c r="D551" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E551" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F551" s="2" t="s">
-        <v>1035</v>
+        <v>670</v>
       </c>
       <c r="G551" s="2" t="s">
-        <v>1036</v>
+        <v>11</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B552" s="2" t="s">
-        <v>1037</v>
+        <v>1021</v>
       </c>
       <c r="C552" s="2" t="s">
-        <v>1038</v>
+        <v>1022</v>
       </c>
       <c r="D552" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E552" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F552" s="2" t="s">
-        <v>1039</v>
+        <v>670</v>
       </c>
       <c r="G552" s="2" t="s">
-        <v>1040</v>
+        <v>11</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B553" s="2" t="s">
-        <v>1041</v>
+        <v>1023</v>
       </c>
       <c r="C553" s="2" t="s">
-        <v>1042</v>
+        <v>1024</v>
       </c>
       <c r="D553" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E553" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F553" s="2" t="s">
-        <v>1043</v>
+        <v>670</v>
       </c>
       <c r="G553" s="2" t="s">
-        <v>1044</v>
+        <v>11</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B554" s="2" t="s">
-        <v>1045</v>
+        <v>1025</v>
       </c>
       <c r="C554" s="2" t="s">
-        <v>1046</v>
+        <v>1026</v>
       </c>
       <c r="D554" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E554" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F554" s="2" t="s">
-        <v>1047</v>
+        <v>670</v>
       </c>
       <c r="G554" s="2" t="s">
-        <v>1044</v>
+        <v>11</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B555" s="2" t="s">
-        <v>1048</v>
+        <v>1027</v>
       </c>
       <c r="C555" s="2" t="s">
-        <v>1049</v>
+        <v>1028</v>
       </c>
       <c r="D555" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E555" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F555" s="2" t="s">
-        <v>1050</v>
+        <v>670</v>
       </c>
       <c r="G555" s="2" t="s">
-        <v>1051</v>
+        <v>11</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B556" s="2" t="s">
-        <v>1052</v>
+        <v>1029</v>
       </c>
       <c r="C556" s="2" t="s">
-        <v>1018</v>
+        <v>1030</v>
       </c>
       <c r="D556" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E556" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F556" s="2" t="s">
-        <v>1053</v>
+        <v>670</v>
       </c>
       <c r="G556" s="2" t="s">
-        <v>1054</v>
+        <v>11</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B557" s="2" t="s">
-        <v>1055</v>
+        <v>1031</v>
       </c>
       <c r="C557" s="2" t="s">
-        <v>1056</v>
+        <v>1032</v>
       </c>
       <c r="D557" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E557" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F557" s="2" t="s">
-        <v>1053</v>
+        <v>670</v>
       </c>
       <c r="G557" s="2" t="s">
-        <v>1054</v>
+        <v>11</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B558" s="2" t="s">
-        <v>1057</v>
+        <v>1033</v>
       </c>
       <c r="C558" s="2" t="s">
-        <v>976</v>
+        <v>1034</v>
       </c>
       <c r="D558" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E558" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F558" s="2" t="s">
-        <v>1053</v>
+        <v>670</v>
       </c>
       <c r="G558" s="2" t="s">
-        <v>1054</v>
+        <v>11</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B559" s="2" t="s">
-        <v>1058</v>
+        <v>1035</v>
       </c>
       <c r="C559" s="2" t="s">
-        <v>984</v>
+        <v>1036</v>
       </c>
       <c r="D559" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E559" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F559" s="2" t="s">
-        <v>1053</v>
+        <v>670</v>
       </c>
       <c r="G559" s="2" t="s">
-        <v>1054</v>
+        <v>11</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B560" s="2" t="s">
-        <v>1059</v>
+        <v>1037</v>
       </c>
       <c r="C560" s="2" t="s">
-        <v>986</v>
+        <v>520</v>
       </c>
       <c r="D560" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E560" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F560" s="2" t="s">
-        <v>1053</v>
+        <v>670</v>
       </c>
       <c r="G560" s="2" t="s">
-        <v>1054</v>
+        <v>11</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B561" s="2" t="s">
-        <v>1060</v>
+        <v>1038</v>
       </c>
       <c r="C561" s="2" t="s">
-        <v>990</v>
+        <v>1039</v>
       </c>
       <c r="D561" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E561" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F561" s="2" t="s">
-        <v>1053</v>
+        <v>670</v>
       </c>
       <c r="G561" s="2" t="s">
-        <v>1054</v>
+        <v>11</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B562" s="2" t="s">
-        <v>1061</v>
+        <v>1040</v>
       </c>
       <c r="C562" s="2" t="s">
-        <v>1000</v>
+        <v>1041</v>
       </c>
       <c r="D562" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E562" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F562" s="2" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="G562" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B563" s="2" t="s">
-        <v>1062</v>
+        <v>1044</v>
       </c>
       <c r="C563" s="2" t="s">
-        <v>1002</v>
+        <v>1045</v>
       </c>
       <c r="D563" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E563" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F563" s="2" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="G563" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B564" s="2" t="s">
-        <v>1063</v>
+        <v>1046</v>
       </c>
       <c r="C564" s="2" t="s">
-        <v>988</v>
+        <v>1047</v>
       </c>
       <c r="D564" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E564" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F564" s="2" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="G564" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B565" s="2" t="s">
-        <v>1064</v>
+        <v>1048</v>
       </c>
       <c r="C565" s="2" t="s">
-        <v>992</v>
+        <v>1049</v>
       </c>
       <c r="D565" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E565" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="G565" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>1065</v>
+        <v>1050</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>982</v>
+        <v>1051</v>
       </c>
       <c r="D566" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E566" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="G566" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B567" s="2" t="s">
-        <v>1066</v>
+        <v>1052</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>1004</v>
+        <v>1053</v>
       </c>
       <c r="D567" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E567" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="G567" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B568" s="2" t="s">
-        <v>1067</v>
+        <v>1054</v>
       </c>
       <c r="C568" s="2" t="s">
-        <v>1022</v>
+        <v>1055</v>
       </c>
       <c r="D568" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E568" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>1053</v>
+        <v>1042</v>
       </c>
       <c r="G568" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B569" s="2" t="s">
-        <v>1068</v>
+        <v>1056</v>
       </c>
       <c r="C569" s="2" t="s">
-        <v>1008</v>
+        <v>1057</v>
       </c>
       <c r="D569" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E569" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>1069</v>
+        <v>1042</v>
       </c>
       <c r="G569" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>1070</v>
+        <v>1058</v>
       </c>
       <c r="C570" s="2" t="s">
-        <v>1024</v>
+        <v>1059</v>
       </c>
       <c r="D570" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E570" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>1069</v>
+        <v>1042</v>
       </c>
       <c r="G570" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B571" s="2" t="s">
-        <v>1071</v>
+        <v>1060</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>1020</v>
+        <v>1061</v>
       </c>
       <c r="D571" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E571" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>1069</v>
+        <v>1042</v>
       </c>
       <c r="G571" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>1072</v>
+        <v>1062</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1012</v>
+        <v>1063</v>
       </c>
       <c r="D572" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E572" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>1069</v>
+        <v>1042</v>
       </c>
       <c r="G572" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B573" s="2" t="s">
-        <v>1073</v>
+        <v>1064</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>996</v>
+        <v>1065</v>
       </c>
       <c r="D573" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E573" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>1069</v>
+        <v>1042</v>
       </c>
       <c r="G573" s="2" t="s">
-        <v>1054</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B574" s="2" t="s">
-        <v>1074</v>
+        <v>1066</v>
       </c>
       <c r="C574" s="2" t="s">
-        <v>1006</v>
+        <v>1067</v>
       </c>
       <c r="D574" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E574" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>1075</v>
+        <v>1042</v>
       </c>
       <c r="G574" s="2" t="s">
-        <v>1076</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>1077</v>
+        <v>1068</v>
       </c>
       <c r="C575" s="2" t="s">
-        <v>994</v>
+        <v>1069</v>
       </c>
       <c r="D575" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E575" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>1075</v>
+        <v>1042</v>
       </c>
       <c r="G575" s="2" t="s">
-        <v>1076</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>1078</v>
+        <v>1070</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>1016</v>
+        <v>1071</v>
       </c>
       <c r="D576" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>1075</v>
+        <v>1042</v>
       </c>
       <c r="G576" s="2" t="s">
-        <v>1076</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>1079</v>
+        <v>1072</v>
       </c>
       <c r="C577" s="2" t="s">
-        <v>1010</v>
+        <v>1073</v>
       </c>
       <c r="D577" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E577" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>1080</v>
+        <v>1042</v>
       </c>
       <c r="G577" s="2" t="s">
-        <v>814</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B578" s="2" t="s">
-        <v>1081</v>
+        <v>1074</v>
       </c>
       <c r="C578" s="2" t="s">
-        <v>1082</v>
+        <v>1075</v>
       </c>
       <c r="D578" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>1080</v>
+        <v>1042</v>
       </c>
       <c r="G578" s="2" t="s">
-        <v>814</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>1083</v>
+        <v>1076</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>1084</v>
+        <v>1077</v>
       </c>
       <c r="D579" s="2" t="s">
-        <v>1085</v>
+        <v>9</v>
       </c>
       <c r="E579" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>1086</v>
+        <v>1042</v>
       </c>
       <c r="G579" s="2" t="s">
-        <v>1087</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B580" s="2" t="s">
+        <v>1078</v>
+      </c>
+      <c r="C580" s="2" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D580" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E580" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F580" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G580" s="2" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="581" spans="1:8">
+      <c r="A581" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B581" s="2" t="s">
+        <v>1080</v>
+      </c>
+      <c r="C581" s="2" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D581" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E581" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F581" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G581" s="2" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="582" spans="1:8">
+      <c r="A582" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B582" s="2" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C582" s="2" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D582" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E582" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F582" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G582" s="2" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="583" spans="1:8">
+      <c r="A583" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B583" s="2" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C583" s="2" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D583" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E583" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F583" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G583" s="2" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="584" spans="1:8">
+      <c r="A584" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B584" s="2" t="s">
+        <v>1086</v>
+      </c>
+      <c r="C584" s="2" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D584" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E584" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F584" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G584" s="2" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="585" spans="1:8">
+      <c r="A585" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B585" s="2" t="s">
         <v>1088</v>
       </c>
-      <c r="C580" s="2" t="s">
+      <c r="C585" s="2" t="s">
         <v>1089</v>
       </c>
-      <c r="D580" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F580" s="2" t="s">
+      <c r="D585" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E585" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F585" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="G585" s="2" t="s">
+        <v>1043</v>
+      </c>
+    </row>
+    <row r="586" spans="1:8">
+      <c r="A586" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B586" s="2" t="s">
         <v>1090</v>
       </c>
-      <c r="G580" s="2" t="s">
+      <c r="C586" s="2" t="s">
         <v>1091</v>
+      </c>
+      <c r="D586" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E586" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F586" s="2" t="s">
+        <v>1092</v>
+      </c>
+      <c r="G586" s="2" t="s">
+        <v>1093</v>
+      </c>
+    </row>
+    <row r="587" spans="1:8">
+      <c r="A587" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B587" s="2" t="s">
+        <v>1094</v>
+      </c>
+      <c r="C587" s="2" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D587" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E587" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F587" s="2" t="s">
+        <v>1096</v>
+      </c>
+      <c r="G587" s="2" t="s">
+        <v>1097</v>
+      </c>
+    </row>
+    <row r="588" spans="1:8">
+      <c r="A588" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B588" s="2" t="s">
+        <v>1098</v>
+      </c>
+      <c r="C588" s="2" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D588" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E588" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F588" s="2" t="s">
+        <v>1100</v>
+      </c>
+      <c r="G588" s="2" t="s">
+        <v>1101</v>
+      </c>
+    </row>
+    <row r="589" spans="1:8">
+      <c r="A589" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B589" s="2" t="s">
+        <v>1102</v>
+      </c>
+      <c r="C589" s="2" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D589" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E589" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F589" s="2" t="s">
+        <v>1104</v>
+      </c>
+      <c r="G589" s="2" t="s">
+        <v>1105</v>
+      </c>
+    </row>
+    <row r="590" spans="1:8">
+      <c r="A590" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B590" s="2" t="s">
+        <v>1106</v>
+      </c>
+      <c r="C590" s="2" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D590" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E590" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F590" s="2" t="s">
+        <v>1108</v>
+      </c>
+      <c r="G590" s="2" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="591" spans="1:8">
+      <c r="A591" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B591" s="2" t="s">
+        <v>1110</v>
+      </c>
+      <c r="C591" s="2" t="s">
+        <v>1111</v>
+      </c>
+      <c r="D591" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E591" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F591" s="2" t="s">
+        <v>1112</v>
+      </c>
+      <c r="G591" s="2" t="s">
+        <v>1109</v>
+      </c>
+    </row>
+    <row r="592" spans="1:8">
+      <c r="A592" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B592" s="2" t="s">
+        <v>1113</v>
+      </c>
+      <c r="C592" s="2" t="s">
+        <v>1114</v>
+      </c>
+      <c r="D592" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E592" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F592" s="2" t="s">
+        <v>1115</v>
+      </c>
+      <c r="G592" s="2" t="s">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="593" spans="1:8">
+      <c r="A593" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B593" s="2" t="s">
+        <v>1117</v>
+      </c>
+      <c r="C593" s="2" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D593" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E593" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F593" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G593" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="594" spans="1:8">
+      <c r="A594" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B594" s="2" t="s">
+        <v>1120</v>
+      </c>
+      <c r="C594" s="2" t="s">
+        <v>1121</v>
+      </c>
+      <c r="D594" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E594" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F594" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G594" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="595" spans="1:8">
+      <c r="A595" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B595" s="2" t="s">
+        <v>1122</v>
+      </c>
+      <c r="C595" s="2" t="s">
+        <v>1041</v>
+      </c>
+      <c r="D595" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E595" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F595" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G595" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="596" spans="1:8">
+      <c r="A596" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B596" s="2" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C596" s="2" t="s">
+        <v>1049</v>
+      </c>
+      <c r="D596" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E596" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F596" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G596" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="597" spans="1:8">
+      <c r="A597" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B597" s="2" t="s">
+        <v>1124</v>
+      </c>
+      <c r="C597" s="2" t="s">
+        <v>1051</v>
+      </c>
+      <c r="D597" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E597" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F597" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G597" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="598" spans="1:8">
+      <c r="A598" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B598" s="2" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C598" s="2" t="s">
+        <v>1055</v>
+      </c>
+      <c r="D598" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E598" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F598" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G598" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="599" spans="1:8">
+      <c r="A599" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B599" s="2" t="s">
+        <v>1126</v>
+      </c>
+      <c r="C599" s="2" t="s">
+        <v>1065</v>
+      </c>
+      <c r="D599" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E599" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F599" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G599" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="600" spans="1:8">
+      <c r="A600" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B600" s="2" t="s">
+        <v>1127</v>
+      </c>
+      <c r="C600" s="2" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D600" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E600" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F600" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G600" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="601" spans="1:8">
+      <c r="A601" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B601" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C601" s="2" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D601" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E601" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F601" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G601" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="602" spans="1:8">
+      <c r="A602" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B602" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C602" s="2" t="s">
+        <v>1057</v>
+      </c>
+      <c r="D602" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E602" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F602" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G602" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="603" spans="1:8">
+      <c r="A603" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B603" s="2" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C603" s="2" t="s">
+        <v>1047</v>
+      </c>
+      <c r="D603" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E603" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F603" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G603" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="604" spans="1:8">
+      <c r="A604" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B604" s="2" t="s">
+        <v>1131</v>
+      </c>
+      <c r="C604" s="2" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D604" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E604" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F604" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G604" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="605" spans="1:8">
+      <c r="A605" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B605" s="2" t="s">
+        <v>1132</v>
+      </c>
+      <c r="C605" s="2" t="s">
+        <v>1087</v>
+      </c>
+      <c r="D605" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E605" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F605" s="2" t="s">
+        <v>1118</v>
+      </c>
+      <c r="G605" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="606" spans="1:8">
+      <c r="A606" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B606" s="2" t="s">
+        <v>1133</v>
+      </c>
+      <c r="C606" s="2" t="s">
+        <v>1073</v>
+      </c>
+      <c r="D606" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E606" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F606" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G606" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="607" spans="1:8">
+      <c r="A607" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B607" s="2" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C607" s="2" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D607" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E607" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F607" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G607" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="608" spans="1:8">
+      <c r="A608" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B608" s="2" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C608" s="2" t="s">
+        <v>1085</v>
+      </c>
+      <c r="D608" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E608" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F608" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G608" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="609" spans="1:8">
+      <c r="A609" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B609" s="2" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C609" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D609" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E609" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F609" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G609" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="610" spans="1:8">
+      <c r="A610" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B610" s="2" t="s">
+        <v>1138</v>
+      </c>
+      <c r="C610" s="2" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D610" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E610" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F610" s="2" t="s">
+        <v>1134</v>
+      </c>
+      <c r="G610" s="2" t="s">
+        <v>1119</v>
+      </c>
+    </row>
+    <row r="611" spans="1:8">
+      <c r="A611" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B611" s="2" t="s">
+        <v>1139</v>
+      </c>
+      <c r="C611" s="2" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D611" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E611" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F611" s="2" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G611" s="2" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="612" spans="1:8">
+      <c r="A612" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B612" s="2" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C612" s="2" t="s">
+        <v>1059</v>
+      </c>
+      <c r="D612" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E612" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F612" s="2" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G612" s="2" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="613" spans="1:8">
+      <c r="A613" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B613" s="2" t="s">
+        <v>1143</v>
+      </c>
+      <c r="C613" s="2" t="s">
+        <v>1081</v>
+      </c>
+      <c r="D613" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E613" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F613" s="2" t="s">
+        <v>1140</v>
+      </c>
+      <c r="G613" s="2" t="s">
+        <v>1141</v>
+      </c>
+    </row>
+    <row r="614" spans="1:8">
+      <c r="A614" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B614" s="2" t="s">
+        <v>1144</v>
+      </c>
+      <c r="C614" s="2" t="s">
+        <v>1075</v>
+      </c>
+      <c r="D614" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E614" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F614" s="2" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G614" s="2" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="615" spans="1:8">
+      <c r="A615" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B615" s="2" t="s">
+        <v>1146</v>
+      </c>
+      <c r="C615" s="2" t="s">
+        <v>1147</v>
+      </c>
+      <c r="D615" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E615" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F615" s="2" t="s">
+        <v>1145</v>
+      </c>
+      <c r="G615" s="2" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="616" spans="1:8">
+      <c r="A616" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B616" s="2" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C616" s="2" t="s">
+        <v>1149</v>
+      </c>
+      <c r="D616" s="2" t="s">
+        <v>1150</v>
+      </c>
+      <c r="E616" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F616" s="2" t="s">
+        <v>1151</v>
+      </c>
+      <c r="G616" s="2" t="s">
+        <v>1152</v>
+      </c>
+    </row>
+    <row r="617" spans="1:8">
+      <c r="A617" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B617" s="2" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C617" s="2" t="s">
+        <v>1154</v>
+      </c>
+      <c r="D617" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E617" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F617" s="2" t="s">
+        <v>1155</v>
+      </c>
+      <c r="G617" s="2" t="s">
+        <v>1156</v>
+      </c>
+    </row>
+    <row r="618" spans="1:8">
+      <c r="A618" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B618" s="2" t="s">
+        <v>1157</v>
+      </c>
+      <c r="C618" s="2" t="s">
+        <v>1158</v>
+      </c>
+      <c r="D618" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E618" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F618" s="2" t="s">
+        <v>1159</v>
+      </c>
+      <c r="G618" s="2" t="s">
+        <v>1160</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -17079,31 +18160,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/24/2025 22:24:28</dc:description>
+  <dc:description>Export en date du 12/23/2025 13:51:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>