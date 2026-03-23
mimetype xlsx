--- v1 (2025-12-23)
+++ v2 (2026-03-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1161">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1179">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP17891</t>
   </si>
   <si>
@@ -3134,50 +3134,104 @@
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP41634</t>
   </si>
   <si>
     <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
+  </si>
+  <si>
+    <t>RNCP41860</t>
+  </si>
+  <si>
+    <t>MASTER Sciences et culture du visuel (fiche nationale)</t>
+  </si>
+  <si>
+    <t>15/12/2030</t>
+  </si>
+  <si>
+    <t>RNCP41930</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41931</t>
+  </si>
+  <si>
+    <t>RNCP41935</t>
+  </si>
+  <si>
+    <t>RNCP41936</t>
+  </si>
+  <si>
+    <t>28/02/2031</t>
+  </si>
+  <si>
+    <t>RNCP41946</t>
+  </si>
+  <si>
+    <t>RNCP41947</t>
+  </si>
+  <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
+    <t>RNCP42014</t>
+  </si>
+  <si>
+    <t>14/07/2031</t>
   </si>
   <si>
     <t>RS5404</t>
   </si>
   <si>
     <t>CLES B2 Anglais - Certificat de compétences en langues de l'enseignement supérieur</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5405</t>
   </si>
   <si>
     <t>CLES B1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS5406</t>
   </si>
   <si>
     <t>CLES C1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
@@ -3874,51 +3928,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H618"/>
+  <dimension ref="A1:H630"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -16803,1351 +16857,1627 @@
       </c>
       <c r="C561" s="2" t="s">
         <v>1039</v>
       </c>
       <c r="D561" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E561" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F561" s="2" t="s">
         <v>670</v>
       </c>
       <c r="G561" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B562" s="2" t="s">
         <v>1040</v>
       </c>
       <c r="C562" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="D562" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E562" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F562" s="2" t="s">
         <v>1041</v>
       </c>
-      <c r="D562" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G562" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B563" s="2" t="s">
+        <v>1042</v>
+      </c>
+      <c r="C563" s="2" t="s">
+        <v>1043</v>
+      </c>
+      <c r="D563" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E563" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F563" s="2" t="s">
         <v>1044</v>
       </c>
-      <c r="C563" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G563" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B564" s="2" t="s">
+        <v>1045</v>
+      </c>
+      <c r="C564" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="D564" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E564" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F564" s="2" t="s">
         <v>1046</v>
       </c>
-      <c r="C564" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G564" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B565" s="2" t="s">
-        <v>1048</v>
+        <v>1047</v>
       </c>
       <c r="C565" s="2" t="s">
-        <v>1049</v>
+        <v>166</v>
       </c>
       <c r="D565" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E565" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F565" s="2" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="G565" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B566" s="2" t="s">
-        <v>1050</v>
+        <v>1048</v>
       </c>
       <c r="C566" s="2" t="s">
-        <v>1051</v>
+        <v>198</v>
       </c>
       <c r="D566" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E566" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F566" s="2" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="G566" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B567" s="2" t="s">
-        <v>1052</v>
+        <v>1049</v>
       </c>
       <c r="C567" s="2" t="s">
-        <v>1053</v>
+        <v>238</v>
       </c>
       <c r="D567" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E567" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F567" s="2" t="s">
-        <v>1042</v>
+        <v>1050</v>
       </c>
       <c r="G567" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B568" s="2" t="s">
-        <v>1054</v>
+        <v>1051</v>
       </c>
       <c r="C568" s="2" t="s">
-        <v>1055</v>
+        <v>178</v>
       </c>
       <c r="D568" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E568" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F568" s="2" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="G568" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B569" s="2" t="s">
-        <v>1056</v>
+        <v>1052</v>
       </c>
       <c r="C569" s="2" t="s">
-        <v>1057</v>
+        <v>625</v>
       </c>
       <c r="D569" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E569" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F569" s="2" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="G569" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B570" s="2" t="s">
-        <v>1058</v>
+        <v>1053</v>
       </c>
       <c r="C570" s="2" t="s">
-        <v>1059</v>
+        <v>627</v>
       </c>
       <c r="D570" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E570" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F570" s="2" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="G570" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="571" spans="1:8">
       <c r="A571" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B571" s="2" t="s">
-        <v>1060</v>
+        <v>1054</v>
       </c>
       <c r="C571" s="2" t="s">
-        <v>1061</v>
+        <v>634</v>
       </c>
       <c r="D571" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E571" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F571" s="2" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="G571" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="572" spans="1:8">
       <c r="A572" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B572" s="2" t="s">
-        <v>1062</v>
+        <v>1055</v>
       </c>
       <c r="C572" s="2" t="s">
-        <v>1063</v>
+        <v>623</v>
       </c>
       <c r="D572" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E572" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F572" s="2" t="s">
-        <v>1042</v>
+        <v>1046</v>
       </c>
       <c r="G572" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="573" spans="1:8">
       <c r="A573" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B573" s="2" t="s">
-        <v>1064</v>
+        <v>1056</v>
       </c>
       <c r="C573" s="2" t="s">
-        <v>1065</v>
+        <v>600</v>
       </c>
       <c r="D573" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E573" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F573" s="2" t="s">
-        <v>1042</v>
+        <v>1057</v>
       </c>
       <c r="G573" s="2" t="s">
-        <v>1043</v>
+        <v>11</v>
       </c>
     </row>
     <row r="574" spans="1:8">
       <c r="A574" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B574" s="2" t="s">
-        <v>1066</v>
+        <v>1058</v>
       </c>
       <c r="C574" s="2" t="s">
-        <v>1067</v>
+        <v>1059</v>
       </c>
       <c r="D574" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E574" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F574" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G574" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="575" spans="1:8">
       <c r="A575" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B575" s="2" t="s">
-        <v>1068</v>
+        <v>1062</v>
       </c>
       <c r="C575" s="2" t="s">
-        <v>1069</v>
+        <v>1063</v>
       </c>
       <c r="D575" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E575" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F575" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G575" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="576" spans="1:8">
       <c r="A576" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B576" s="2" t="s">
-        <v>1070</v>
+        <v>1064</v>
       </c>
       <c r="C576" s="2" t="s">
-        <v>1071</v>
+        <v>1065</v>
       </c>
       <c r="D576" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E576" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F576" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G576" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="577" spans="1:8">
       <c r="A577" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B577" s="2" t="s">
-        <v>1072</v>
+        <v>1066</v>
       </c>
       <c r="C577" s="2" t="s">
-        <v>1073</v>
+        <v>1067</v>
       </c>
       <c r="D577" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E577" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F577" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G577" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="578" spans="1:8">
       <c r="A578" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B578" s="2" t="s">
-        <v>1074</v>
+        <v>1068</v>
       </c>
       <c r="C578" s="2" t="s">
-        <v>1075</v>
+        <v>1069</v>
       </c>
       <c r="D578" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E578" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F578" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G578" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="579" spans="1:8">
       <c r="A579" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B579" s="2" t="s">
-        <v>1076</v>
+        <v>1070</v>
       </c>
       <c r="C579" s="2" t="s">
-        <v>1077</v>
+        <v>1071</v>
       </c>
       <c r="D579" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E579" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F579" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G579" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="580" spans="1:8">
       <c r="A580" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B580" s="2" t="s">
-        <v>1078</v>
+        <v>1072</v>
       </c>
       <c r="C580" s="2" t="s">
-        <v>1079</v>
+        <v>1073</v>
       </c>
       <c r="D580" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E580" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F580" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G580" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="581" spans="1:8">
       <c r="A581" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B581" s="2" t="s">
-        <v>1080</v>
+        <v>1074</v>
       </c>
       <c r="C581" s="2" t="s">
-        <v>1081</v>
+        <v>1075</v>
       </c>
       <c r="D581" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E581" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F581" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G581" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="582" spans="1:8">
       <c r="A582" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B582" s="2" t="s">
-        <v>1082</v>
+        <v>1076</v>
       </c>
       <c r="C582" s="2" t="s">
-        <v>1083</v>
+        <v>1077</v>
       </c>
       <c r="D582" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E582" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F582" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G582" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="583" spans="1:8">
       <c r="A583" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B583" s="2" t="s">
-        <v>1084</v>
+        <v>1078</v>
       </c>
       <c r="C583" s="2" t="s">
-        <v>1085</v>
+        <v>1079</v>
       </c>
       <c r="D583" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E583" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F583" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G583" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="584" spans="1:8">
       <c r="A584" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B584" s="2" t="s">
-        <v>1086</v>
+        <v>1080</v>
       </c>
       <c r="C584" s="2" t="s">
-        <v>1087</v>
+        <v>1081</v>
       </c>
       <c r="D584" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E584" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F584" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G584" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="585" spans="1:8">
       <c r="A585" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B585" s="2" t="s">
-        <v>1088</v>
+        <v>1082</v>
       </c>
       <c r="C585" s="2" t="s">
-        <v>1089</v>
+        <v>1083</v>
       </c>
       <c r="D585" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E585" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F585" s="2" t="s">
-        <v>1042</v>
+        <v>1060</v>
       </c>
       <c r="G585" s="2" t="s">
-        <v>1043</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="586" spans="1:8">
       <c r="A586" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B586" s="2" t="s">
-        <v>1090</v>
+        <v>1084</v>
       </c>
       <c r="C586" s="2" t="s">
-        <v>1091</v>
+        <v>1085</v>
       </c>
       <c r="D586" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E586" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F586" s="2" t="s">
-        <v>1092</v>
+        <v>1060</v>
       </c>
       <c r="G586" s="2" t="s">
-        <v>1093</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="587" spans="1:8">
       <c r="A587" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B587" s="2" t="s">
-        <v>1094</v>
+        <v>1086</v>
       </c>
       <c r="C587" s="2" t="s">
-        <v>1095</v>
+        <v>1087</v>
       </c>
       <c r="D587" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E587" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F587" s="2" t="s">
-        <v>1096</v>
+        <v>1060</v>
       </c>
       <c r="G587" s="2" t="s">
-        <v>1097</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="588" spans="1:8">
       <c r="A588" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B588" s="2" t="s">
-        <v>1098</v>
+        <v>1088</v>
       </c>
       <c r="C588" s="2" t="s">
-        <v>1099</v>
+        <v>1089</v>
       </c>
       <c r="D588" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E588" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F588" s="2" t="s">
-        <v>1100</v>
+        <v>1060</v>
       </c>
       <c r="G588" s="2" t="s">
-        <v>1101</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="589" spans="1:8">
       <c r="A589" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B589" s="2" t="s">
-        <v>1102</v>
+        <v>1090</v>
       </c>
       <c r="C589" s="2" t="s">
-        <v>1103</v>
+        <v>1091</v>
       </c>
       <c r="D589" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E589" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F589" s="2" t="s">
-        <v>1104</v>
+        <v>1060</v>
       </c>
       <c r="G589" s="2" t="s">
-        <v>1105</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="590" spans="1:8">
       <c r="A590" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B590" s="2" t="s">
-        <v>1106</v>
+        <v>1092</v>
       </c>
       <c r="C590" s="2" t="s">
-        <v>1107</v>
+        <v>1093</v>
       </c>
       <c r="D590" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E590" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F590" s="2" t="s">
-        <v>1108</v>
+        <v>1060</v>
       </c>
       <c r="G590" s="2" t="s">
-        <v>1109</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="591" spans="1:8">
       <c r="A591" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B591" s="2" t="s">
-        <v>1110</v>
+        <v>1094</v>
       </c>
       <c r="C591" s="2" t="s">
-        <v>1111</v>
+        <v>1095</v>
       </c>
       <c r="D591" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E591" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F591" s="2" t="s">
-        <v>1112</v>
+        <v>1060</v>
       </c>
       <c r="G591" s="2" t="s">
-        <v>1109</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="592" spans="1:8">
       <c r="A592" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B592" s="2" t="s">
-        <v>1113</v>
+        <v>1096</v>
       </c>
       <c r="C592" s="2" t="s">
-        <v>1114</v>
+        <v>1097</v>
       </c>
       <c r="D592" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E592" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F592" s="2" t="s">
-        <v>1115</v>
+        <v>1060</v>
       </c>
       <c r="G592" s="2" t="s">
-        <v>1116</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="593" spans="1:8">
       <c r="A593" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B593" s="2" t="s">
-        <v>1117</v>
+        <v>1098</v>
       </c>
       <c r="C593" s="2" t="s">
-        <v>1083</v>
+        <v>1099</v>
       </c>
       <c r="D593" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E593" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F593" s="2" t="s">
-        <v>1118</v>
+        <v>1060</v>
       </c>
       <c r="G593" s="2" t="s">
-        <v>1119</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="594" spans="1:8">
       <c r="A594" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B594" s="2" t="s">
-        <v>1120</v>
+        <v>1100</v>
       </c>
       <c r="C594" s="2" t="s">
-        <v>1121</v>
+        <v>1101</v>
       </c>
       <c r="D594" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E594" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F594" s="2" t="s">
-        <v>1118</v>
+        <v>1060</v>
       </c>
       <c r="G594" s="2" t="s">
-        <v>1119</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="595" spans="1:8">
       <c r="A595" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B595" s="2" t="s">
-        <v>1122</v>
+        <v>1102</v>
       </c>
       <c r="C595" s="2" t="s">
-        <v>1041</v>
+        <v>1103</v>
       </c>
       <c r="D595" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E595" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F595" s="2" t="s">
-        <v>1118</v>
+        <v>1060</v>
       </c>
       <c r="G595" s="2" t="s">
-        <v>1119</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="596" spans="1:8">
       <c r="A596" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B596" s="2" t="s">
-        <v>1123</v>
+        <v>1104</v>
       </c>
       <c r="C596" s="2" t="s">
-        <v>1049</v>
+        <v>1105</v>
       </c>
       <c r="D596" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E596" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F596" s="2" t="s">
-        <v>1118</v>
+        <v>1060</v>
       </c>
       <c r="G596" s="2" t="s">
-        <v>1119</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="597" spans="1:8">
       <c r="A597" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B597" s="2" t="s">
-        <v>1124</v>
+        <v>1106</v>
       </c>
       <c r="C597" s="2" t="s">
-        <v>1051</v>
+        <v>1107</v>
       </c>
       <c r="D597" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E597" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F597" s="2" t="s">
-        <v>1118</v>
+        <v>1060</v>
       </c>
       <c r="G597" s="2" t="s">
-        <v>1119</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="598" spans="1:8">
       <c r="A598" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B598" s="2" t="s">
-        <v>1125</v>
+        <v>1108</v>
       </c>
       <c r="C598" s="2" t="s">
-        <v>1055</v>
+        <v>1109</v>
       </c>
       <c r="D598" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E598" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F598" s="2" t="s">
-        <v>1118</v>
+        <v>1110</v>
       </c>
       <c r="G598" s="2" t="s">
-        <v>1119</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="599" spans="1:8">
       <c r="A599" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B599" s="2" t="s">
-        <v>1126</v>
+        <v>1112</v>
       </c>
       <c r="C599" s="2" t="s">
-        <v>1065</v>
+        <v>1113</v>
       </c>
       <c r="D599" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E599" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F599" s="2" t="s">
-        <v>1118</v>
+        <v>1114</v>
       </c>
       <c r="G599" s="2" t="s">
-        <v>1119</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="600" spans="1:8">
       <c r="A600" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B600" s="2" t="s">
-        <v>1127</v>
+        <v>1116</v>
       </c>
       <c r="C600" s="2" t="s">
-        <v>1067</v>
+        <v>1117</v>
       </c>
       <c r="D600" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E600" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F600" s="2" t="s">
         <v>1118</v>
       </c>
       <c r="G600" s="2" t="s">
         <v>1119</v>
       </c>
     </row>
     <row r="601" spans="1:8">
       <c r="A601" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B601" s="2" t="s">
-        <v>1128</v>
+        <v>1120</v>
       </c>
       <c r="C601" s="2" t="s">
-        <v>1053</v>
+        <v>1121</v>
       </c>
       <c r="D601" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E601" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F601" s="2" t="s">
-        <v>1118</v>
+        <v>1122</v>
       </c>
       <c r="G601" s="2" t="s">
-        <v>1119</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="602" spans="1:8">
       <c r="A602" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B602" s="2" t="s">
-        <v>1129</v>
+        <v>1124</v>
       </c>
       <c r="C602" s="2" t="s">
-        <v>1057</v>
+        <v>1125</v>
       </c>
       <c r="D602" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E602" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F602" s="2" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="G602" s="2" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="603" spans="1:8">
       <c r="A603" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B603" s="2" t="s">
+        <v>1128</v>
+      </c>
+      <c r="C603" s="2" t="s">
+        <v>1129</v>
+      </c>
+      <c r="D603" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E603" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F603" s="2" t="s">
         <v>1130</v>
       </c>
-      <c r="C603" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G603" s="2" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="604" spans="1:8">
       <c r="A604" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B604" s="2" t="s">
         <v>1131</v>
       </c>
       <c r="C604" s="2" t="s">
-        <v>1069</v>
+        <v>1132</v>
       </c>
       <c r="D604" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E604" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F604" s="2" t="s">
-        <v>1118</v>
+        <v>1133</v>
       </c>
       <c r="G604" s="2" t="s">
-        <v>1119</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="605" spans="1:8">
       <c r="A605" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B605" s="2" t="s">
-        <v>1132</v>
+        <v>1135</v>
       </c>
       <c r="C605" s="2" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
       <c r="D605" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E605" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F605" s="2" t="s">
-        <v>1118</v>
+        <v>1136</v>
       </c>
       <c r="G605" s="2" t="s">
-        <v>1119</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="606" spans="1:8">
       <c r="A606" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B606" s="2" t="s">
-        <v>1133</v>
+        <v>1138</v>
       </c>
       <c r="C606" s="2" t="s">
-        <v>1073</v>
+        <v>1139</v>
       </c>
       <c r="D606" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E606" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F606" s="2" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="G606" s="2" t="s">
-        <v>1119</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="607" spans="1:8">
       <c r="A607" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B607" s="2" t="s">
-        <v>1135</v>
+        <v>1140</v>
       </c>
       <c r="C607" s="2" t="s">
-        <v>1089</v>
+        <v>1059</v>
       </c>
       <c r="D607" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E607" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F607" s="2" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="G607" s="2" t="s">
-        <v>1119</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="608" spans="1:8">
       <c r="A608" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B608" s="2" t="s">
+        <v>1141</v>
+      </c>
+      <c r="C608" s="2" t="s">
+        <v>1067</v>
+      </c>
+      <c r="D608" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E608" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F608" s="2" t="s">
         <v>1136</v>
       </c>
-      <c r="C608" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G608" s="2" t="s">
-        <v>1119</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="609" spans="1:8">
       <c r="A609" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B609" s="2" t="s">
+        <v>1142</v>
+      </c>
+      <c r="C609" s="2" t="s">
+        <v>1069</v>
+      </c>
+      <c r="D609" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E609" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F609" s="2" t="s">
+        <v>1136</v>
+      </c>
+      <c r="G609" s="2" t="s">
         <v>1137</v>
-      </c>
-[...13 lines deleted...]
-        <v>1119</v>
       </c>
     </row>
     <row r="610" spans="1:8">
       <c r="A610" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B610" s="2" t="s">
-        <v>1138</v>
+        <v>1143</v>
       </c>
       <c r="C610" s="2" t="s">
-        <v>1061</v>
+        <v>1073</v>
       </c>
       <c r="D610" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E610" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F610" s="2" t="s">
-        <v>1134</v>
+        <v>1136</v>
       </c>
       <c r="G610" s="2" t="s">
-        <v>1119</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="611" spans="1:8">
       <c r="A611" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B611" s="2" t="s">
-        <v>1139</v>
+        <v>1144</v>
       </c>
       <c r="C611" s="2" t="s">
-        <v>1071</v>
+        <v>1083</v>
       </c>
       <c r="D611" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E611" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F611" s="2" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
       <c r="G611" s="2" t="s">
-        <v>1141</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="612" spans="1:8">
       <c r="A612" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B612" s="2" t="s">
-        <v>1142</v>
+        <v>1145</v>
       </c>
       <c r="C612" s="2" t="s">
-        <v>1059</v>
+        <v>1085</v>
       </c>
       <c r="D612" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E612" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F612" s="2" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
       <c r="G612" s="2" t="s">
-        <v>1141</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="613" spans="1:8">
       <c r="A613" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B613" s="2" t="s">
-        <v>1143</v>
+        <v>1146</v>
       </c>
       <c r="C613" s="2" t="s">
-        <v>1081</v>
+        <v>1071</v>
       </c>
       <c r="D613" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E613" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F613" s="2" t="s">
-        <v>1140</v>
+        <v>1136</v>
       </c>
       <c r="G613" s="2" t="s">
-        <v>1141</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="614" spans="1:8">
       <c r="A614" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B614" s="2" t="s">
-        <v>1144</v>
+        <v>1147</v>
       </c>
       <c r="C614" s="2" t="s">
         <v>1075</v>
       </c>
       <c r="D614" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E614" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F614" s="2" t="s">
-        <v>1145</v>
+        <v>1136</v>
       </c>
       <c r="G614" s="2" t="s">
-        <v>814</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="615" spans="1:8">
       <c r="A615" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B615" s="2" t="s">
-        <v>1146</v>
+        <v>1148</v>
       </c>
       <c r="C615" s="2" t="s">
-        <v>1147</v>
+        <v>1065</v>
       </c>
       <c r="D615" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E615" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F615" s="2" t="s">
-        <v>1145</v>
+        <v>1136</v>
       </c>
       <c r="G615" s="2" t="s">
-        <v>814</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="616" spans="1:8">
       <c r="A616" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B616" s="2" t="s">
-        <v>1148</v>
+        <v>1149</v>
       </c>
       <c r="C616" s="2" t="s">
-        <v>1149</v>
+        <v>1087</v>
       </c>
       <c r="D616" s="2" t="s">
-        <v>1150</v>
+        <v>9</v>
       </c>
       <c r="E616" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F616" s="2" t="s">
-        <v>1151</v>
+        <v>1136</v>
       </c>
       <c r="G616" s="2" t="s">
-        <v>1152</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="617" spans="1:8">
       <c r="A617" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B617" s="2" t="s">
-        <v>1153</v>
+        <v>1150</v>
       </c>
       <c r="C617" s="2" t="s">
-        <v>1154</v>
+        <v>1105</v>
       </c>
       <c r="D617" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E617" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F617" s="2" t="s">
-        <v>1155</v>
+        <v>1136</v>
       </c>
       <c r="G617" s="2" t="s">
-        <v>1156</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="618" spans="1:8">
       <c r="A618" s="1">
         <v>13002975400012</v>
       </c>
       <c r="B618" s="2" t="s">
+        <v>1151</v>
+      </c>
+      <c r="C618" s="2" t="s">
+        <v>1091</v>
+      </c>
+      <c r="D618" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E618" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F618" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G618" s="2" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="619" spans="1:8">
+      <c r="A619" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B619" s="2" t="s">
+        <v>1153</v>
+      </c>
+      <c r="C619" s="2" t="s">
+        <v>1107</v>
+      </c>
+      <c r="D619" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E619" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F619" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G619" s="2" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="620" spans="1:8">
+      <c r="A620" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B620" s="2" t="s">
+        <v>1154</v>
+      </c>
+      <c r="C620" s="2" t="s">
+        <v>1103</v>
+      </c>
+      <c r="D620" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E620" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F620" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G620" s="2" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="621" spans="1:8">
+      <c r="A621" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B621" s="2" t="s">
+        <v>1155</v>
+      </c>
+      <c r="C621" s="2" t="s">
+        <v>1095</v>
+      </c>
+      <c r="D621" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E621" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F621" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G621" s="2" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="622" spans="1:8">
+      <c r="A622" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B622" s="2" t="s">
+        <v>1156</v>
+      </c>
+      <c r="C622" s="2" t="s">
+        <v>1079</v>
+      </c>
+      <c r="D622" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E622" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F622" s="2" t="s">
+        <v>1152</v>
+      </c>
+      <c r="G622" s="2" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="623" spans="1:8">
+      <c r="A623" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B623" s="2" t="s">
         <v>1157</v>
       </c>
-      <c r="C618" s="2" t="s">
+      <c r="C623" s="2" t="s">
+        <v>1089</v>
+      </c>
+      <c r="D623" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E623" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F623" s="2" t="s">
         <v>1158</v>
       </c>
-      <c r="D618" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F618" s="2" t="s">
+      <c r="G623" s="2" t="s">
         <v>1159</v>
       </c>
-      <c r="G618" s="2" t="s">
+    </row>
+    <row r="624" spans="1:8">
+      <c r="A624" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B624" s="2" t="s">
         <v>1160</v>
+      </c>
+      <c r="C624" s="2" t="s">
+        <v>1077</v>
+      </c>
+      <c r="D624" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E624" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F624" s="2" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G624" s="2" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="625" spans="1:8">
+      <c r="A625" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B625" s="2" t="s">
+        <v>1161</v>
+      </c>
+      <c r="C625" s="2" t="s">
+        <v>1099</v>
+      </c>
+      <c r="D625" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E625" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F625" s="2" t="s">
+        <v>1158</v>
+      </c>
+      <c r="G625" s="2" t="s">
+        <v>1159</v>
+      </c>
+    </row>
+    <row r="626" spans="1:8">
+      <c r="A626" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B626" s="2" t="s">
+        <v>1162</v>
+      </c>
+      <c r="C626" s="2" t="s">
+        <v>1093</v>
+      </c>
+      <c r="D626" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E626" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F626" s="2" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G626" s="2" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="627" spans="1:8">
+      <c r="A627" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B627" s="2" t="s">
+        <v>1164</v>
+      </c>
+      <c r="C627" s="2" t="s">
+        <v>1165</v>
+      </c>
+      <c r="D627" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E627" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F627" s="2" t="s">
+        <v>1163</v>
+      </c>
+      <c r="G627" s="2" t="s">
+        <v>814</v>
+      </c>
+    </row>
+    <row r="628" spans="1:8">
+      <c r="A628" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B628" s="2" t="s">
+        <v>1166</v>
+      </c>
+      <c r="C628" s="2" t="s">
+        <v>1167</v>
+      </c>
+      <c r="D628" s="2" t="s">
+        <v>1168</v>
+      </c>
+      <c r="E628" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F628" s="2" t="s">
+        <v>1169</v>
+      </c>
+      <c r="G628" s="2" t="s">
+        <v>1170</v>
+      </c>
+    </row>
+    <row r="629" spans="1:8">
+      <c r="A629" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B629" s="2" t="s">
+        <v>1171</v>
+      </c>
+      <c r="C629" s="2" t="s">
+        <v>1172</v>
+      </c>
+      <c r="D629" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E629" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F629" s="2" t="s">
+        <v>1173</v>
+      </c>
+      <c r="G629" s="2" t="s">
+        <v>1174</v>
+      </c>
+    </row>
+    <row r="630" spans="1:8">
+      <c r="A630" s="1">
+        <v>13002975400012</v>
+      </c>
+      <c r="B630" s="2" t="s">
+        <v>1175</v>
+      </c>
+      <c r="C630" s="2" t="s">
+        <v>1176</v>
+      </c>
+      <c r="D630" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E630" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F630" s="2" t="s">
+        <v>1177</v>
+      </c>
+      <c r="G630" s="2" t="s">
+        <v>1178</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -18160,31 +18490,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/23/2025 13:51:26</dc:description>
+  <dc:description>Export en date du 03/23/2026 17:52:38</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>