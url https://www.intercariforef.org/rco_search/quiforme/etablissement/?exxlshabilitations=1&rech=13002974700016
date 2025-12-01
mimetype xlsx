--- v0 (2025-10-16)
+++ v1 (2025-12-01)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="791">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="878">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP16995</t>
   </si>
   <si>
@@ -2156,50 +2156,311 @@
     <t>25/06/2025</t>
   </si>
   <si>
     <t>RNCP40950</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'école polytechnique universitaire de Nantes Université, spécialité Génie des Procédés</t>
   </si>
   <si>
     <t>RNCP40951</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'école polytechnique universitaire de Nantes Université, spécialité Thermique-Energétique</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>RNCP40986</t>
   </si>
   <si>
     <t>RNCP41077</t>
   </si>
   <si>
     <t>MASTER Innovation, entreprise et société (fiche nationale)</t>
+  </si>
+  <si>
+    <t>RNCP41541</t>
+  </si>
+  <si>
+    <t>RNCP41544</t>
+  </si>
+  <si>
+    <t>RNCP41560</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41568</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Sciences de l'environnement et écotechnologies</t>
+  </si>
+  <si>
+    <t>RNCP41569</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Conception des procédés et innovation technologique</t>
+  </si>
+  <si>
+    <t>RNCP41570</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Contrôle, pilotage et optimisation des procédés</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41573</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Réhabilitation et amélioration des performances environnementales des bâtiments</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41576</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Ingénierie des systèmes pluritechniques</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41584</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Simulation numérique et réalité virtuelle</t>
+  </si>
+  <si>
+    <t>RNCP41585</t>
+  </si>
+  <si>
+    <t>RNCP41586</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41589</t>
+  </si>
+  <si>
+    <t>RNCP41590</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41594</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Mesures et analyses environnementales</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41599</t>
+  </si>
+  <si>
+    <t>BUT Gestion administrative et commerciale des organisations : Management responsable de projet et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41601</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Management, méthodes et maintenance innovante</t>
+  </si>
+  <si>
+    <t>RNCP41603</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité energétiques : Exploitation des installations énergétiques pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41604</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Management de l’énergie pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41605</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Optimisation énergétique pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41606</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Réalisation des installations énergétiques pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41607</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la production</t>
+  </si>
+  <si>
+    <t>RNCP41608</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la transformation digitale</t>
+  </si>
+  <si>
+    <t>RNCP41609</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Organisation et supply chain</t>
+  </si>
+  <si>
+    <t>RNCP41610</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Qualité et management intégré</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41613</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Internet des objets et mobilité</t>
+  </si>
+  <si>
+    <t>RNCP41618</t>
+  </si>
+  <si>
+    <t>RNCP41619</t>
+  </si>
+  <si>
+    <t>RNCP41620</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RS5199</t>
   </si>
   <si>
     <t>Certificat Voltaire</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>29/05/2020</t>
   </si>
   <si>
     <t>RS5407</t>
   </si>
   <si>
     <t>CLES B1 Allemand - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
@@ -2764,51 +3025,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H413"/>
+  <dimension ref="A1:H462"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -11622,707 +11883,1834 @@
       </c>
       <c r="C384" s="2" t="s">
         <v>713</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>574</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B385" s="2" t="s">
         <v>714</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>715</v>
+        <v>410</v>
       </c>
       <c r="D385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>716</v>
+        <v>527</v>
       </c>
       <c r="G385" s="2" t="s">
-        <v>717</v>
+        <v>11</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>718</v>
+        <v>715</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>719</v>
+        <v>408</v>
       </c>
       <c r="D386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>720</v>
+        <v>527</v>
       </c>
       <c r="G386" s="2" t="s">
-        <v>721</v>
+        <v>11</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>722</v>
+        <v>716</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>723</v>
+        <v>428</v>
       </c>
       <c r="D387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>720</v>
+        <v>527</v>
       </c>
       <c r="G387" s="2" t="s">
-        <v>721</v>
+        <v>11</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>724</v>
+        <v>717</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>725</v>
+        <v>718</v>
       </c>
       <c r="D388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>720</v>
+        <v>527</v>
       </c>
       <c r="G388" s="2" t="s">
-        <v>721</v>
+        <v>11</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>726</v>
+        <v>719</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>727</v>
+        <v>720</v>
       </c>
       <c r="D389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>720</v>
+        <v>527</v>
       </c>
       <c r="G389" s="2" t="s">
-        <v>721</v>
+        <v>11</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>728</v>
+        <v>721</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>729</v>
+        <v>722</v>
       </c>
       <c r="D390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E390" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>731</v>
+        <v>527</v>
       </c>
       <c r="G390" s="2" t="s">
-        <v>732</v>
+        <v>11</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>733</v>
+        <v>723</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>734</v>
+        <v>724</v>
       </c>
       <c r="D391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E391" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>731</v>
+        <v>527</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>732</v>
+        <v>11</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>735</v>
+        <v>725</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>736</v>
+        <v>726</v>
       </c>
       <c r="D392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>737</v>
+        <v>527</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>738</v>
+        <v>11</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>739</v>
+        <v>727</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>740</v>
+        <v>728</v>
       </c>
       <c r="D393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>741</v>
+        <v>527</v>
       </c>
       <c r="G393" s="2" t="s">
-        <v>742</v>
+        <v>11</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>743</v>
+        <v>729</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>744</v>
+        <v>730</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E394" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>745</v>
+        <v>527</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>747</v>
+        <v>731</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>748</v>
+        <v>732</v>
       </c>
       <c r="D395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E395" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>745</v>
+        <v>527</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>749</v>
+        <v>733</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>750</v>
+        <v>734</v>
       </c>
       <c r="D396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E396" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>745</v>
+        <v>527</v>
       </c>
       <c r="G396" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>751</v>
+        <v>735</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>752</v>
+        <v>736</v>
       </c>
       <c r="D397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E397" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>745</v>
+        <v>527</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>753</v>
+        <v>737</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>754</v>
+        <v>738</v>
       </c>
       <c r="D398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E398" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>745</v>
+        <v>527</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>746</v>
+        <v>11</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>755</v>
+        <v>739</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>756</v>
+        <v>740</v>
       </c>
       <c r="D399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>757</v>
+        <v>527</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>758</v>
+        <v>11</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>759</v>
+        <v>741</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>760</v>
+        <v>742</v>
       </c>
       <c r="D400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>761</v>
+        <v>527</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>762</v>
+        <v>11</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>763</v>
+        <v>743</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>764</v>
+        <v>744</v>
       </c>
       <c r="D401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>765</v>
+        <v>527</v>
       </c>
       <c r="G401" s="2" t="s">
-        <v>766</v>
+        <v>11</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>767</v>
+        <v>745</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>754</v>
+        <v>746</v>
       </c>
       <c r="D402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E402" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>768</v>
+        <v>527</v>
       </c>
       <c r="G402" s="2" t="s">
-        <v>769</v>
+        <v>11</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>770</v>
+        <v>747</v>
       </c>
       <c r="C403" s="2" t="s">
         <v>748</v>
       </c>
       <c r="D403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E403" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>768</v>
+        <v>527</v>
       </c>
       <c r="G403" s="2" t="s">
-        <v>769</v>
+        <v>11</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>771</v>
+        <v>749</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>752</v>
+        <v>750</v>
       </c>
       <c r="D404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E404" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>768</v>
+        <v>527</v>
       </c>
       <c r="G404" s="2" t="s">
-        <v>769</v>
+        <v>11</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>744</v>
+        <v>752</v>
       </c>
       <c r="D405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E405" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>768</v>
+        <v>527</v>
       </c>
       <c r="G405" s="2" t="s">
-        <v>769</v>
+        <v>11</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>773</v>
+        <v>753</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>750</v>
+        <v>754</v>
       </c>
       <c r="D406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E406" s="2" t="s">
-        <v>730</v>
+        <v>9</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>768</v>
+        <v>527</v>
       </c>
       <c r="G406" s="2" t="s">
-        <v>769</v>
+        <v>11</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>774</v>
+        <v>755</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>775</v>
+        <v>462</v>
       </c>
       <c r="D407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>776</v>
+        <v>527</v>
       </c>
       <c r="G407" s="2" t="s">
-        <v>777</v>
+        <v>11</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>778</v>
+        <v>756</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>719</v>
+        <v>460</v>
       </c>
       <c r="D408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F408" s="2" t="s">
-        <v>779</v>
+        <v>527</v>
       </c>
       <c r="G408" s="2" t="s">
-        <v>780</v>
+        <v>11</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>781</v>
+        <v>757</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>723</v>
+        <v>458</v>
       </c>
       <c r="D409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F409" s="2" t="s">
-        <v>779</v>
+        <v>527</v>
       </c>
       <c r="G409" s="2" t="s">
-        <v>780</v>
+        <v>11</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>782</v>
+        <v>758</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>727</v>
+        <v>430</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F410" s="2" t="s">
-        <v>779</v>
+        <v>527</v>
       </c>
       <c r="G410" s="2" t="s">
-        <v>780</v>
+        <v>11</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>783</v>
+        <v>759</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>725</v>
+        <v>432</v>
       </c>
       <c r="D411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F411" s="2" t="s">
-        <v>779</v>
+        <v>527</v>
       </c>
       <c r="G411" s="2" t="s">
-        <v>780</v>
+        <v>11</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>784</v>
+        <v>760</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>715</v>
+        <v>761</v>
       </c>
       <c r="D412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>785</v>
+        <v>527</v>
       </c>
       <c r="G412" s="2" t="s">
-        <v>786</v>
+        <v>11</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B413" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="D413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G413" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B414" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="D414" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E414" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G414" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B415" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="C415" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="D415" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E415" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F415" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G415" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B416" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="C416" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="D416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F416" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G416" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B417" s="2" t="s">
+        <v>770</v>
+      </c>
+      <c r="C417" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="D417" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E417" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F417" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G417" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B418" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="C418" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="D418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F418" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G418" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B419" s="2" t="s">
+        <v>774</v>
+      </c>
+      <c r="C419" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="D419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F419" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G419" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B420" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="C420" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="D420" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E420" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F420" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G420" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B421" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="C421" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="D421" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E421" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G421" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B422" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="C422" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="D422" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E422" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F422" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G422" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B423" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="C423" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="D423" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E423" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F423" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G423" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B424" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="C424" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="D424" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E424" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F424" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G424" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B425" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="C425" s="2" t="s">
         <v>787</v>
       </c>
-      <c r="C413" s="2" t="s">
+      <c r="D425" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E425" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F425" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G425" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B426" s="2" t="s">
         <v>788</v>
       </c>
-      <c r="D413" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F413" s="2" t="s">
+      <c r="C426" s="2" t="s">
         <v>789</v>
       </c>
-      <c r="G413" s="2" t="s">
+      <c r="D426" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E426" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F426" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G426" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B427" s="2" t="s">
         <v>790</v>
+      </c>
+      <c r="C427" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="D427" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E427" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F427" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G427" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B428" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="C428" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="D428" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E428" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F428" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G428" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B429" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="C429" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="D429" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E429" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F429" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G429" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B430" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="C430" s="2" t="s">
+        <v>794</v>
+      </c>
+      <c r="D430" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E430" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F430" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G430" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B431" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="C431" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="D431" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E431" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F431" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G431" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B432" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="C432" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="D432" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E432" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F432" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G432" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B433" s="2" t="s">
+        <v>799</v>
+      </c>
+      <c r="C433" s="2" t="s">
+        <v>800</v>
+      </c>
+      <c r="D433" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E433" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F433" s="2" t="s">
+        <v>527</v>
+      </c>
+      <c r="G433" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B434" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="C434" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="D434" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E434" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F434" s="2" t="s">
+        <v>803</v>
+      </c>
+      <c r="G434" s="2" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B435" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="C435" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="D435" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E435" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F435" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="G435" s="2" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B436" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="C436" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="D436" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E436" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F436" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="G436" s="2" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B437" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="C437" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="D437" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E437" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F437" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="G437" s="2" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B438" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="C438" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="D438" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E438" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F438" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="G438" s="2" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B439" s="2" t="s">
+        <v>815</v>
+      </c>
+      <c r="C439" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="D439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E439" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F439" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="G439" s="2" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B440" s="2" t="s">
+        <v>820</v>
+      </c>
+      <c r="C440" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="D440" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E440" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F440" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="G440" s="2" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B441" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="C441" s="2" t="s">
+        <v>823</v>
+      </c>
+      <c r="D441" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E441" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F441" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="G441" s="2" t="s">
+        <v>825</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B442" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="C442" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="D442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F442" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="G442" s="2" t="s">
+        <v>829</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B443" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="C443" s="2" t="s">
+        <v>831</v>
+      </c>
+      <c r="D443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E443" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F443" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="G443" s="2" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B444" s="2" t="s">
+        <v>834</v>
+      </c>
+      <c r="C444" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="D444" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E444" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F444" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="G444" s="2" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B445" s="2" t="s">
+        <v>836</v>
+      </c>
+      <c r="C445" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="D445" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E445" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F445" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="G445" s="2" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B446" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="C446" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="D446" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E446" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F446" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="G446" s="2" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B447" s="2" t="s">
+        <v>840</v>
+      </c>
+      <c r="C447" s="2" t="s">
+        <v>841</v>
+      </c>
+      <c r="D447" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E447" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F447" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="G447" s="2" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B448" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="C448" s="2" t="s">
+        <v>843</v>
+      </c>
+      <c r="D448" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E448" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F448" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="G448" s="2" t="s">
+        <v>845</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B449" s="2" t="s">
+        <v>846</v>
+      </c>
+      <c r="C449" s="2" t="s">
+        <v>847</v>
+      </c>
+      <c r="D449" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E449" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F449" s="2" t="s">
+        <v>848</v>
+      </c>
+      <c r="G449" s="2" t="s">
+        <v>849</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B450" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="C450" s="2" t="s">
+        <v>851</v>
+      </c>
+      <c r="D450" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E450" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F450" s="2" t="s">
+        <v>852</v>
+      </c>
+      <c r="G450" s="2" t="s">
+        <v>853</v>
+      </c>
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B451" s="2" t="s">
+        <v>854</v>
+      </c>
+      <c r="C451" s="2" t="s">
+        <v>841</v>
+      </c>
+      <c r="D451" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E451" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F451" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="G451" s="2" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B452" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="C452" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="D452" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E452" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F452" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="G452" s="2" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B453" s="2" t="s">
+        <v>858</v>
+      </c>
+      <c r="C453" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="D453" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E453" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F453" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="G453" s="2" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B454" s="2" t="s">
+        <v>859</v>
+      </c>
+      <c r="C454" s="2" t="s">
+        <v>831</v>
+      </c>
+      <c r="D454" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E454" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F454" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="G454" s="2" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B455" s="2" t="s">
+        <v>860</v>
+      </c>
+      <c r="C455" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="D455" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E455" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="F455" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="G455" s="2" t="s">
+        <v>856</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B456" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="C456" s="2" t="s">
+        <v>862</v>
+      </c>
+      <c r="D456" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E456" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F456" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="G456" s="2" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B457" s="2" t="s">
+        <v>865</v>
+      </c>
+      <c r="C457" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="D457" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E457" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F457" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G457" s="2" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B458" s="2" t="s">
+        <v>868</v>
+      </c>
+      <c r="C458" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="D458" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E458" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F458" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G458" s="2" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B459" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="C459" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="D459" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E459" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F459" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G459" s="2" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B460" s="2" t="s">
+        <v>870</v>
+      </c>
+      <c r="C460" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="D460" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E460" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F460" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G460" s="2" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="461" spans="1:8">
+      <c r="A461" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B461" s="2" t="s">
+        <v>871</v>
+      </c>
+      <c r="C461" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="D461" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E461" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F461" s="2" t="s">
+        <v>872</v>
+      </c>
+      <c r="G461" s="2" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="462" spans="1:8">
+      <c r="A462" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B462" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="C462" s="2" t="s">
+        <v>875</v>
+      </c>
+      <c r="D462" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E462" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F462" s="2" t="s">
+        <v>876</v>
+      </c>
+      <c r="G462" s="2" t="s">
+        <v>877</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -12335,31 +13723,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/16/2025 23:58:42</dc:description>
+  <dc:description>Export en date du 12/01/2025 05:21:46</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>