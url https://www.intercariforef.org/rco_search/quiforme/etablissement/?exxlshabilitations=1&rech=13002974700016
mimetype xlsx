--- v1 (2025-12-01)
+++ v2 (2026-01-31)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="878">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="880">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP16995</t>
   </si>
   <si>
@@ -2417,50 +2417,56 @@
     <t>RNCP41620</t>
   </si>
   <si>
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
   </si>
   <si>
     <t>RS5199</t>
   </si>
   <si>
     <t>Certificat Voltaire</t>
   </si>
   <si>
     <t>07/04/2025</t>
   </si>
   <si>
     <t>29/05/2020</t>
   </si>
   <si>
     <t>RS5407</t>
   </si>
   <si>
     <t>CLES B1 Allemand - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
@@ -3025,51 +3031,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H462"/>
+  <dimension ref="A1:H463"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -13010,707 +13016,730 @@
       </c>
       <c r="C433" s="2" t="s">
         <v>800</v>
       </c>
       <c r="D433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F433" s="2" t="s">
         <v>527</v>
       </c>
       <c r="G433" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B434" s="2" t="s">
         <v>801</v>
       </c>
       <c r="C434" s="2" t="s">
+        <v>490</v>
+      </c>
+      <c r="D434" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E434" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F434" s="2" t="s">
         <v>802</v>
       </c>
-      <c r="D434" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G434" s="2" t="s">
-        <v>804</v>
+        <v>11</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B435" s="2" t="s">
+        <v>803</v>
+      </c>
+      <c r="C435" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="D435" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E435" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F435" s="2" t="s">
         <v>805</v>
       </c>
-      <c r="C435" s="2" t="s">
+      <c r="G435" s="2" t="s">
         <v>806</v>
-      </c>
-[...10 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B436" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="C436" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="D436" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E436" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F436" s="2" t="s">
         <v>809</v>
       </c>
-      <c r="C436" s="2" t="s">
+      <c r="G436" s="2" t="s">
         <v>810</v>
-      </c>
-[...10 lines deleted...]
-        <v>808</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B437" s="2" t="s">
         <v>811</v>
       </c>
       <c r="C437" s="2" t="s">
         <v>812</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B438" s="2" t="s">
         <v>813</v>
       </c>
       <c r="C438" s="2" t="s">
         <v>814</v>
       </c>
       <c r="D438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>807</v>
+        <v>809</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B439" s="2" t="s">
         <v>815</v>
       </c>
       <c r="C439" s="2" t="s">
         <v>816</v>
       </c>
       <c r="D439" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E439" s="2" t="s">
-        <v>817</v>
+        <v>9</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>818</v>
+        <v>809</v>
       </c>
       <c r="G439" s="2" t="s">
-        <v>819</v>
+        <v>810</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B440" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="C440" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="D440" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E440" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="F440" s="2" t="s">
         <v>820</v>
       </c>
-      <c r="C440" s="2" t="s">
+      <c r="G440" s="2" t="s">
         <v>821</v>
-      </c>
-[...10 lines deleted...]
-        <v>819</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B441" s="2" t="s">
         <v>822</v>
       </c>
       <c r="C441" s="2" t="s">
         <v>823</v>
       </c>
       <c r="D441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E441" s="2" t="s">
-        <v>9</v>
+        <v>819</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B442" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="C442" s="2" t="s">
+        <v>825</v>
+      </c>
+      <c r="D442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F442" s="2" t="s">
         <v>826</v>
       </c>
-      <c r="C442" s="2" t="s">
+      <c r="G442" s="2" t="s">
         <v>827</v>
-      </c>
-[...10 lines deleted...]
-        <v>829</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B443" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="C443" s="2" t="s">
+        <v>829</v>
+      </c>
+      <c r="D443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F443" s="2" t="s">
         <v>830</v>
       </c>
-      <c r="C443" s="2" t="s">
+      <c r="G443" s="2" t="s">
         <v>831</v>
-      </c>
-[...10 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B444" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="C444" s="2" t="s">
+        <v>833</v>
+      </c>
+      <c r="D444" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E444" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="F444" s="2" t="s">
         <v>834</v>
       </c>
-      <c r="C444" s="2" t="s">
+      <c r="G444" s="2" t="s">
         <v>835</v>
-      </c>
-[...10 lines deleted...]
-        <v>833</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B445" s="2" t="s">
         <v>836</v>
       </c>
       <c r="C445" s="2" t="s">
         <v>837</v>
       </c>
       <c r="D445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E445" s="2" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B446" s="2" t="s">
         <v>838</v>
       </c>
       <c r="C446" s="2" t="s">
         <v>839</v>
       </c>
       <c r="D446" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E446" s="2" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G446" s="2" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B447" s="2" t="s">
         <v>840</v>
       </c>
       <c r="C447" s="2" t="s">
         <v>841</v>
       </c>
       <c r="D447" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E447" s="2" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>832</v>
+        <v>834</v>
       </c>
       <c r="G447" s="2" t="s">
-        <v>833</v>
+        <v>835</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B448" s="2" t="s">
         <v>842</v>
       </c>
       <c r="C448" s="2" t="s">
         <v>843</v>
       </c>
       <c r="D448" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E448" s="2" t="s">
-        <v>9</v>
+        <v>819</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>844</v>
+        <v>834</v>
       </c>
       <c r="G448" s="2" t="s">
-        <v>845</v>
+        <v>835</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B449" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="C449" s="2" t="s">
+        <v>845</v>
+      </c>
+      <c r="D449" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E449" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F449" s="2" t="s">
         <v>846</v>
       </c>
-      <c r="C449" s="2" t="s">
+      <c r="G449" s="2" t="s">
         <v>847</v>
-      </c>
-[...10 lines deleted...]
-        <v>849</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B450" s="2" t="s">
+        <v>848</v>
+      </c>
+      <c r="C450" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="D450" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E450" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F450" s="2" t="s">
         <v>850</v>
       </c>
-      <c r="C450" s="2" t="s">
+      <c r="G450" s="2" t="s">
         <v>851</v>
-      </c>
-[...10 lines deleted...]
-        <v>853</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B451" s="2" t="s">
+        <v>852</v>
+      </c>
+      <c r="C451" s="2" t="s">
+        <v>853</v>
+      </c>
+      <c r="D451" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E451" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F451" s="2" t="s">
         <v>854</v>
       </c>
-      <c r="C451" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F451" s="2" t="s">
+      <c r="G451" s="2" t="s">
         <v>855</v>
-      </c>
-[...1 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B452" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="C452" s="2" t="s">
+        <v>843</v>
+      </c>
+      <c r="D452" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E452" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="F452" s="2" t="s">
         <v>857</v>
       </c>
-      <c r="C452" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G452" s="2" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B453" s="2" t="s">
+        <v>859</v>
+      </c>
+      <c r="C453" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="D453" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E453" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="F453" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G453" s="2" t="s">
         <v>858</v>
-      </c>
-[...13 lines deleted...]
-        <v>856</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>859</v>
+        <v>860</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>831</v>
+        <v>841</v>
       </c>
       <c r="D454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E454" s="2" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="G454" s="2" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>860</v>
+        <v>861</v>
       </c>
       <c r="C455" s="2" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="D455" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E455" s="2" t="s">
-        <v>817</v>
+        <v>819</v>
       </c>
       <c r="F455" s="2" t="s">
-        <v>855</v>
+        <v>857</v>
       </c>
       <c r="G455" s="2" t="s">
-        <v>856</v>
+        <v>858</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>861</v>
+        <v>862</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>862</v>
+        <v>839</v>
       </c>
       <c r="D456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E456" s="2" t="s">
-        <v>9</v>
+        <v>819</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>863</v>
+        <v>857</v>
       </c>
       <c r="G456" s="2" t="s">
-        <v>864</v>
+        <v>858</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B457" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="C457" s="2" t="s">
+        <v>864</v>
+      </c>
+      <c r="D457" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E457" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F457" s="2" t="s">
         <v>865</v>
       </c>
-      <c r="C457" s="2" t="s">
-[...8 lines deleted...]
-      <c r="F457" s="2" t="s">
+      <c r="G457" s="2" t="s">
         <v>866</v>
-      </c>
-[...1 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B458" s="2" t="s">
+        <v>867</v>
+      </c>
+      <c r="C458" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="D458" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E458" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F458" s="2" t="s">
         <v>868</v>
       </c>
-      <c r="C458" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G458" s="2" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B459" s="2" t="s">
+        <v>870</v>
+      </c>
+      <c r="C459" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="D459" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E459" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F459" s="2" t="s">
+        <v>868</v>
+      </c>
+      <c r="G459" s="2" t="s">
         <v>869</v>
-      </c>
-[...13 lines deleted...]
-        <v>867</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>870</v>
+        <v>871</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>812</v>
+        <v>816</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>871</v>
+        <v>872</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>802</v>
+        <v>814</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>872</v>
+        <v>868</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>873</v>
+        <v>869</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1">
         <v>13002974700016</v>
       </c>
       <c r="B462" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="C462" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="D462" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E462" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F462" s="2" t="s">
         <v>874</v>
       </c>
-      <c r="C462" s="2" t="s">
+      <c r="G462" s="2" t="s">
         <v>875</v>
       </c>
-      <c r="D462" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F462" s="2" t="s">
+    </row>
+    <row r="463" spans="1:8">
+      <c r="A463" s="1">
+        <v>13002974700016</v>
+      </c>
+      <c r="B463" s="2" t="s">
         <v>876</v>
       </c>
-      <c r="G462" s="2" t="s">
+      <c r="C463" s="2" t="s">
         <v>877</v>
+      </c>
+      <c r="D463" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E463" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F463" s="2" t="s">
+        <v>878</v>
+      </c>
+      <c r="G463" s="2" t="s">
+        <v>879</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -13723,31 +13752,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/01/2025 05:21:46</dc:description>
+  <dc:description>Export en date du 01/31/2026 01:24:04</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>