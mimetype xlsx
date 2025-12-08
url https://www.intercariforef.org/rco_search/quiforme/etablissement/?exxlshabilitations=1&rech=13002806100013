--- v0 (2025-10-24)
+++ v1 (2025-12-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="753">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="817">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP24240</t>
   </si>
   <si>
@@ -2063,50 +2063,242 @@
     <t>RNCP40620</t>
   </si>
   <si>
     <t>RNCP40623</t>
   </si>
   <si>
     <t>RNCP40691</t>
   </si>
   <si>
     <t>RNCP40740</t>
   </si>
   <si>
     <t>RNCP40806</t>
   </si>
   <si>
     <t>LICENCE Mathématiques et informatique appliquées aux sciences humaines et sociales (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>RNCP41093</t>
   </si>
   <si>
     <t>RNCP41277</t>
+  </si>
+  <si>
+    <t>RNCP41542</t>
+  </si>
+  <si>
+    <t>RNCP41545</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Création numérique</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41547</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Stratégie de communication numérique et design d’expérience</t>
+  </si>
+  <si>
+    <t>RNCP41556</t>
+  </si>
+  <si>
+    <t>RNCP41558</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41566</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Agronomie</t>
+  </si>
+  <si>
+    <t>RNCP41568</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Sciences de l'environnement et écotechnologies</t>
+  </si>
+  <si>
+    <t>RNCP41576</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Ingénierie des systèmes pluritechniques</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41587</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41589</t>
+  </si>
+  <si>
+    <t>RNCP41590</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41600</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Diététique et nutrition</t>
+  </si>
+  <si>
+    <t>RNCP41601</t>
+  </si>
+  <si>
+    <t>BUT Génie industriel et maintenance : Management, méthodes et maintenance innovante</t>
+  </si>
+  <si>
+    <t>RNCP41605</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Optimisation énergétique pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41606</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Réalisation des installations énergétiques pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41613</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Internet des objets et mobilité</t>
+  </si>
+  <si>
+    <t>RNCP41616</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Exploration et modélisation statistique</t>
+  </si>
+  <si>
+    <t>RNCP41617</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Visualisation, conception d'outils décisionnels</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>RNCP41634</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
   </si>
   <si>
     <t>RNCP4341</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé du Centre universitaire des Sciences et Techniques de l'Université Clermont-Ferrand II (Polytech' Clermont-Ferrand), spécialité Génie biologique</t>
   </si>
   <si>
     <t>31/08/2015</t>
   </si>
   <si>
     <t>RNCP4375</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé du Centre universitaire des Sciences et Techniques de l'Université Clermont-Ferrand II (Polytech' Clermont-Ferrand), spécialité Génie physique</t>
   </si>
   <si>
     <t>RNCP4376</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé du Centre universitaire des Sciences et Techniques de l'Université Clermont-Ferrand II (Polytech' Clermont-Ferrand), spécialité Génie électrique</t>
   </si>
   <si>
     <t>RNCP4377</t>
   </si>
@@ -2650,51 +2842,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H408"/>
+  <dimension ref="A1:H444"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -11255,845 +11447,1673 @@
       </c>
       <c r="C373" s="2" t="s">
         <v>79</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>604</v>
       </c>
       <c r="G373" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B374" s="2" t="s">
         <v>683</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>684</v>
+        <v>394</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>685</v>
+        <v>492</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>686</v>
+        <v>684</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>687</v>
+        <v>685</v>
       </c>
       <c r="D375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>685</v>
+        <v>492</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>688</v>
+        <v>686</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>689</v>
+        <v>687</v>
       </c>
       <c r="D376" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>685</v>
+        <v>492</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>690</v>
+        <v>688</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>691</v>
+        <v>689</v>
       </c>
       <c r="D377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>685</v>
+        <v>492</v>
       </c>
       <c r="G377" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>692</v>
+        <v>690</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>693</v>
+        <v>442</v>
       </c>
       <c r="D378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>685</v>
+        <v>492</v>
       </c>
       <c r="G378" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>694</v>
+        <v>691</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>695</v>
+        <v>444</v>
       </c>
       <c r="D379" s="2" t="s">
-        <v>696</v>
+        <v>9</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>697</v>
+        <v>492</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>698</v>
+        <v>692</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>699</v>
+        <v>693</v>
       </c>
       <c r="D380" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G380" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>703</v>
+        <v>695</v>
       </c>
       <c r="D381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G381" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>704</v>
+        <v>696</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
       <c r="D382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G382" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
       <c r="D383" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E383" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G383" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G384" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
       <c r="D385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G385" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
       <c r="D386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G386" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="D387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G387" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>716</v>
+        <v>708</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>717</v>
+        <v>709</v>
       </c>
       <c r="D388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G388" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>718</v>
+        <v>710</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>719</v>
+        <v>711</v>
       </c>
       <c r="D389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G389" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>720</v>
+        <v>712</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>721</v>
+        <v>432</v>
       </c>
       <c r="D390" s="2" t="s">
-        <v>696</v>
+        <v>9</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G390" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>722</v>
+        <v>713</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>723</v>
+        <v>430</v>
       </c>
       <c r="D391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>724</v>
+        <v>714</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>725</v>
+        <v>410</v>
       </c>
       <c r="D392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>726</v>
+        <v>715</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>727</v>
+        <v>412</v>
       </c>
       <c r="D393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>700</v>
+        <v>492</v>
       </c>
       <c r="G393" s="2" t="s">
-        <v>701</v>
+        <v>11</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>728</v>
+        <v>716</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>725</v>
+        <v>717</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>729</v>
+        <v>492</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>730</v>
+        <v>11</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>731</v>
+        <v>718</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>732</v>
+        <v>719</v>
       </c>
       <c r="D395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>729</v>
+        <v>492</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>730</v>
+        <v>11</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>733</v>
+        <v>720</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>699</v>
+        <v>721</v>
       </c>
       <c r="D396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F396" s="2" t="s">
-        <v>729</v>
+        <v>492</v>
       </c>
       <c r="G396" s="2" t="s">
-        <v>730</v>
+        <v>11</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>734</v>
+        <v>722</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>705</v>
+        <v>723</v>
       </c>
       <c r="D397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F397" s="2" t="s">
-        <v>729</v>
+        <v>492</v>
       </c>
       <c r="G397" s="2" t="s">
-        <v>730</v>
+        <v>11</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>735</v>
+        <v>724</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>707</v>
+        <v>725</v>
       </c>
       <c r="D398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F398" s="2" t="s">
-        <v>729</v>
+        <v>492</v>
       </c>
       <c r="G398" s="2" t="s">
-        <v>730</v>
+        <v>11</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>736</v>
+        <v>726</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>711</v>
+        <v>727</v>
       </c>
       <c r="D399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F399" s="2" t="s">
-        <v>729</v>
+        <v>492</v>
       </c>
       <c r="G399" s="2" t="s">
-        <v>730</v>
+        <v>11</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>737</v>
+        <v>728</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>717</v>
+        <v>729</v>
       </c>
       <c r="D400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F400" s="2" t="s">
-        <v>729</v>
+        <v>492</v>
       </c>
       <c r="G400" s="2" t="s">
-        <v>730</v>
+        <v>11</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>738</v>
+        <v>730</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>719</v>
+        <v>731</v>
       </c>
       <c r="D401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F401" s="2" t="s">
-        <v>729</v>
+        <v>492</v>
       </c>
       <c r="G401" s="2" t="s">
-        <v>730</v>
+        <v>11</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>739</v>
+        <v>732</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>709</v>
+        <v>733</v>
       </c>
       <c r="D402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F402" s="2" t="s">
-        <v>729</v>
+        <v>492</v>
       </c>
       <c r="G402" s="2" t="s">
-        <v>730</v>
+        <v>11</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>740</v>
+        <v>734</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>713</v>
+        <v>735</v>
       </c>
       <c r="D403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F403" s="2" t="s">
-        <v>729</v>
+        <v>492</v>
       </c>
       <c r="G403" s="2" t="s">
-        <v>730</v>
+        <v>11</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>741</v>
+        <v>736</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>715</v>
+        <v>737</v>
       </c>
       <c r="D404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F404" s="2" t="s">
-        <v>742</v>
+        <v>492</v>
       </c>
       <c r="G404" s="2" t="s">
-        <v>743</v>
+        <v>11</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>744</v>
+        <v>738</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>727</v>
+        <v>739</v>
       </c>
       <c r="D405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F405" s="2" t="s">
-        <v>742</v>
+        <v>492</v>
       </c>
       <c r="G405" s="2" t="s">
-        <v>743</v>
+        <v>11</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>745</v>
+        <v>740</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>723</v>
+        <v>741</v>
       </c>
       <c r="D406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F406" s="2" t="s">
-        <v>746</v>
+        <v>492</v>
       </c>
       <c r="G406" s="2" t="s">
-        <v>747</v>
+        <v>11</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>748</v>
+        <v>742</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>721</v>
+        <v>743</v>
       </c>
       <c r="D407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F407" s="2" t="s">
-        <v>746</v>
+        <v>492</v>
       </c>
       <c r="G407" s="2" t="s">
-        <v>747</v>
+        <v>11</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B408" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="C408" s="2" t="s">
+        <v>392</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E408" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F408" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="G408" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B409" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="C409" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="D409" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E409" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F409" s="2" t="s">
+        <v>492</v>
+      </c>
+      <c r="G409" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B410" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="C410" s="2" t="s">
+        <v>748</v>
+      </c>
+      <c r="D410" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E410" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F410" s="2" t="s">
         <v>749</v>
       </c>
-      <c r="C408" s="2" t="s">
+      <c r="G410" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B411" s="2" t="s">
         <v>750</v>
       </c>
-      <c r="D408" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F408" s="2" t="s">
+      <c r="C411" s="2" t="s">
         <v>751</v>
       </c>
-      <c r="G408" s="2" t="s">
+      <c r="D411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F411" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="G411" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B412" s="2" t="s">
         <v>752</v>
+      </c>
+      <c r="C412" s="2" t="s">
+        <v>753</v>
+      </c>
+      <c r="D412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F412" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="G412" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B413" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="D413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="G413" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B414" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>757</v>
+      </c>
+      <c r="D414" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E414" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="G414" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B415" s="2" t="s">
+        <v>758</v>
+      </c>
+      <c r="C415" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="D415" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="E415" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F415" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="G415" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B416" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="C416" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="D416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F416" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G416" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B417" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="C417" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="D417" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E417" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F417" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G417" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B418" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="C418" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="D418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F418" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G418" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B419" s="2" t="s">
+        <v>770</v>
+      </c>
+      <c r="C419" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="D419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F419" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G419" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B420" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="C420" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="D420" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E420" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F420" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G420" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B421" s="2" t="s">
+        <v>774</v>
+      </c>
+      <c r="C421" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="D421" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E421" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G421" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B422" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="C422" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="D422" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E422" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F422" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G422" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B423" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="C423" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="D423" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E423" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F423" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G423" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B424" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="C424" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="D424" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E424" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F424" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G424" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B425" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="C425" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="D425" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E425" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F425" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G425" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B426" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="C426" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="D426" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="E426" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F426" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G426" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B427" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="C427" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="D427" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E427" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F427" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G427" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B428" s="2" t="s">
+        <v>788</v>
+      </c>
+      <c r="C428" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="D428" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E428" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F428" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G428" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B429" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="C429" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="D429" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E429" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F429" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="G429" s="2" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B430" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="C430" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="D430" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E430" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F430" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G430" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B431" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="C431" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="D431" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E431" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F431" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G431" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B432" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="C432" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="D432" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E432" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F432" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G432" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B433" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="C433" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="D433" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E433" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F433" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G433" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B434" s="2" t="s">
+        <v>799</v>
+      </c>
+      <c r="C434" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="D434" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E434" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F434" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G434" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B435" s="2" t="s">
+        <v>800</v>
+      </c>
+      <c r="C435" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="D435" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E435" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F435" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G435" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B436" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="C436" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="D436" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E436" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F436" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G436" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B437" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="C437" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="D437" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E437" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F437" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G437" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B438" s="2" t="s">
+        <v>803</v>
+      </c>
+      <c r="C438" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="D438" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E438" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F438" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G438" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B439" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="C439" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="D439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F439" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="G439" s="2" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B440" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="C440" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="D440" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E440" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F440" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="G440" s="2" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B441" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="C441" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="D441" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E441" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F441" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="G441" s="2" t="s">
+        <v>807</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B442" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="C442" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="D442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F442" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="G442" s="2" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B443" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="C443" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="D443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F443" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="G443" s="2" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B444" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="C444" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="D444" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="E444" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F444" s="2" t="s">
+        <v>815</v>
+      </c>
+      <c r="G444" s="2" t="s">
+        <v>816</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -12106,31 +13126,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/24/2025 04:58:33</dc:description>
+  <dc:description>Export en date du 12/08/2025 18:08:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>