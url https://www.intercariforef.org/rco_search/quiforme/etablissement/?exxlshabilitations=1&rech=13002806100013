--- v1 (2025-12-08)
+++ v2 (2026-02-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="817">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="822">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP24240</t>
   </si>
   <si>
@@ -2255,50 +2255,65 @@
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP41634</t>
   </si>
   <si>
     <t>BUT Génie biologique : Biologie médicale et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
+  </si>
+  <si>
+    <t>RNCP41858</t>
+  </si>
+  <si>
+    <t>LICENCE Etudes européennes et internationales (fiche nationale)</t>
+  </si>
+  <si>
+    <t>31/12/2030</t>
   </si>
   <si>
     <t>RNCP4341</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé du Centre universitaire des Sciences et Techniques de l'Université Clermont-Ferrand II (Polytech' Clermont-Ferrand), spécialité Génie biologique</t>
   </si>
   <si>
     <t>31/08/2015</t>
   </si>
   <si>
     <t>RNCP4375</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé du Centre universitaire des Sciences et Techniques de l'Université Clermont-Ferrand II (Polytech' Clermont-Ferrand), spécialité Génie physique</t>
   </si>
   <si>
     <t>RNCP4376</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé du Centre universitaire des Sciences et Techniques de l'Université Clermont-Ferrand II (Polytech' Clermont-Ferrand), spécialité Génie électrique</t>
   </si>
   <si>
     <t>RNCP4377</t>
   </si>
@@ -2842,51 +2857,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H444"/>
+  <dimension ref="A1:H446"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -12275,845 +12290,891 @@
       </c>
       <c r="C409" s="2" t="s">
         <v>746</v>
       </c>
       <c r="D409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>492</v>
       </c>
       <c r="G409" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B410" s="2" t="s">
         <v>747</v>
       </c>
       <c r="C410" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="D410" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E410" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F410" s="2" t="s">
         <v>748</v>
-      </c>
-[...7 lines deleted...]
-        <v>749</v>
       </c>
       <c r="G410" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B411" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="C411" s="2" t="s">
         <v>750</v>
       </c>
-      <c r="C411" s="2" t="s">
+      <c r="D411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F411" s="2" t="s">
         <v>751</v>
-      </c>
-[...7 lines deleted...]
-        <v>749</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>752</v>
       </c>
       <c r="C412" s="2" t="s">
         <v>753</v>
       </c>
       <c r="D412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B413" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="D413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F413" s="2" t="s">
         <v>754</v>
-      </c>
-[...10 lines deleted...]
-        <v>749</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="D414" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="G414" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="D415" s="2" t="s">
-        <v>760</v>
+        <v>9</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="G415" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B416" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="C416" s="2" t="s">
         <v>762</v>
       </c>
-      <c r="C416" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D416" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>764</v>
+        <v>754</v>
       </c>
       <c r="G416" s="2" t="s">
-        <v>765</v>
+        <v>11</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B417" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="C417" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="D417" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="E417" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F417" s="2" t="s">
         <v>766</v>
       </c>
-      <c r="C417" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G417" s="2" t="s">
-        <v>765</v>
+        <v>11</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B418" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="C418" s="2" t="s">
         <v>768</v>
       </c>
-      <c r="C418" s="2" t="s">
+      <c r="D418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F418" s="2" t="s">
         <v>769</v>
       </c>
-      <c r="D418" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G418" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B419" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="C419" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="D419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F419" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="G419" s="2" t="s">
         <v>770</v>
-      </c>
-[...13 lines deleted...]
-        <v>765</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>772</v>
+        <v>773</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="D420" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="G420" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>775</v>
+        <v>776</v>
       </c>
       <c r="D421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="G421" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>776</v>
+        <v>777</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>777</v>
+        <v>778</v>
       </c>
       <c r="D422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>778</v>
+        <v>779</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>779</v>
+        <v>780</v>
       </c>
       <c r="D423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>780</v>
+        <v>781</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>781</v>
+        <v>782</v>
       </c>
       <c r="D424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>782</v>
+        <v>783</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>783</v>
+        <v>784</v>
       </c>
       <c r="D425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>784</v>
+        <v>785</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>785</v>
+        <v>786</v>
       </c>
       <c r="D426" s="2" t="s">
-        <v>760</v>
+        <v>9</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="G426" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>786</v>
+        <v>787</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>787</v>
+        <v>788</v>
       </c>
       <c r="D427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="G427" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>788</v>
+        <v>789</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>789</v>
+        <v>790</v>
       </c>
       <c r="D428" s="2" t="s">
-        <v>9</v>
+        <v>765</v>
       </c>
       <c r="E428" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>790</v>
+        <v>791</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>791</v>
+        <v>792</v>
       </c>
       <c r="D429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>764</v>
+        <v>769</v>
       </c>
       <c r="G429" s="2" t="s">
-        <v>765</v>
+        <v>770</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>792</v>
+        <v>793</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>789</v>
+        <v>794</v>
       </c>
       <c r="D430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>793</v>
+        <v>769</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>794</v>
+        <v>770</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B431" s="2" t="s">
         <v>795</v>
       </c>
       <c r="C431" s="2" t="s">
         <v>796</v>
       </c>
       <c r="D431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>793</v>
+        <v>769</v>
       </c>
       <c r="G431" s="2" t="s">
-        <v>794</v>
+        <v>770</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B432" s="2" t="s">
         <v>797</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>763</v>
+        <v>794</v>
       </c>
       <c r="D432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B433" s="2" t="s">
+        <v>800</v>
+      </c>
+      <c r="C433" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="D433" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E433" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F433" s="2" t="s">
         <v>798</v>
       </c>
-      <c r="C433" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G433" s="2" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B434" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="C434" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="D434" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E434" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F434" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="G434" s="2" t="s">
         <v>799</v>
-      </c>
-[...13 lines deleted...]
-        <v>794</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>800</v>
+        <v>803</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>775</v>
+        <v>774</v>
       </c>
       <c r="D435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="G435" s="2" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>801</v>
+        <v>804</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>802</v>
+        <v>805</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>783</v>
+        <v>780</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>803</v>
+        <v>806</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>773</v>
+        <v>786</v>
       </c>
       <c r="D438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>804</v>
+        <v>807</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>777</v>
+        <v>788</v>
       </c>
       <c r="D439" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>793</v>
+        <v>798</v>
       </c>
       <c r="G439" s="2" t="s">
-        <v>794</v>
+        <v>799</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>805</v>
+        <v>808</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>779</v>
+        <v>778</v>
       </c>
       <c r="D440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>806</v>
+        <v>798</v>
       </c>
       <c r="G440" s="2" t="s">
-        <v>807</v>
+        <v>799</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>808</v>
+        <v>809</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>791</v>
+        <v>782</v>
       </c>
       <c r="D441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>806</v>
+        <v>798</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>807</v>
+        <v>799</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>809</v>
+        <v>810</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="D442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B443" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="C443" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="D443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F443" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="G443" s="2" t="s">
         <v>812</v>
-      </c>
-[...13 lines deleted...]
-        <v>811</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1">
         <v>13002806100013</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>814</v>
+        <v>792</v>
       </c>
       <c r="D444" s="2" t="s">
-        <v>760</v>
+        <v>9</v>
       </c>
       <c r="E444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F444" s="2" t="s">
         <v>815</v>
       </c>
       <c r="G444" s="2" t="s">
         <v>816</v>
+      </c>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B445" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="C445" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="D445" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E445" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F445" s="2" t="s">
+        <v>815</v>
+      </c>
+      <c r="G445" s="2" t="s">
+        <v>816</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" s="1">
+        <v>13002806100013</v>
+      </c>
+      <c r="B446" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="C446" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="D446" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="E446" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F446" s="2" t="s">
+        <v>820</v>
+      </c>
+      <c r="G446" s="2" t="s">
+        <v>821</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -13126,31 +13187,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/08/2025 18:08:56</dc:description>
+  <dc:description>Export en date du 02/07/2026 23:02:02</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>