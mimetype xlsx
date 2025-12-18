--- v0 (2025-11-02)
+++ v1 (2025-12-18)
@@ -807,31 +807,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/02/2025 05:43:25</dc:description>
+  <dc:description>Export en date du 12/18/2025 10:07:20</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>