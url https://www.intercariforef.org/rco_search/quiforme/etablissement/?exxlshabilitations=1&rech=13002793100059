--- v1 (2025-12-18)
+++ v2 (2026-02-01)
@@ -807,31 +807,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/18/2025 10:07:20</dc:description>
+  <dc:description>Export en date du 02/01/2026 11:54:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>