--- v2 (2026-02-01)
+++ v3 (2026-03-19)
@@ -37,71 +37,59 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
-    <t>RNCP39745</t>
-[...2 lines deleted...]
-    <t>Entrepreneur de petite entreprise</t>
+    <t>RS5436</t>
+  </si>
+  <si>
+    <t>Certification bureautique Excel</t>
   </si>
   <si>
     <t>VRAI</t>
   </si>
   <si>
-    <t>31/10/2029</t>
-[...10 lines deleted...]
-  <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>19/04/2023</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5592</t>
   </si>
   <si>
     <t>Certification Bureautique Word</t>
   </si>
   <si>
     <t>24/11/2022</t>
   </si>
   <si>
     <t>24/11/2021</t>
   </si>
   <si>
     <t>RS5593</t>
   </si>
   <si>
     <t>Certification Bureautique PowerPoint</t>
@@ -128,50 +116,62 @@
     <t>RS6289</t>
   </si>
   <si>
     <t>27/03/2026</t>
   </si>
   <si>
     <t>27/03/2023</t>
   </si>
   <si>
     <t>RS6692</t>
   </si>
   <si>
     <t>Traitement de texte (Word)</t>
   </si>
   <si>
     <t>19/07/2025</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>RS6693</t>
   </si>
   <si>
     <t>Présentation assistée par ordinateur (Powerpoint)</t>
+  </si>
+  <si>
+    <t>RS7536</t>
+  </si>
+  <si>
+    <t>Créer des tableaux visuels efficaces avec Excel</t>
+  </si>
+  <si>
+    <t>27/02/2028</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -560,241 +560,241 @@
       <c r="E1" s="4" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="4" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="4" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="5"/>
     </row>
     <row r="2" spans="1:8">
       <c r="A2" s="1">
         <v>13002793100059</v>
       </c>
       <c r="B2" s="2" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="2" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F2" s="2" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G2" s="2" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="1">
         <v>13002793100059</v>
       </c>
       <c r="B3" s="2" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C3" s="2" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D3" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F3" s="2" t="s">
         <v>15</v>
       </c>
       <c r="G3" s="2" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="4" spans="1:8">
       <c r="A4" s="1">
         <v>13002793100059</v>
       </c>
       <c r="B4" s="2" t="s">
         <v>17</v>
       </c>
       <c r="C4" s="2" t="s">
         <v>18</v>
       </c>
       <c r="D4" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E4" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F4" s="2" t="s">
-        <v>19</v>
+        <v>15</v>
       </c>
       <c r="G4" s="2" t="s">
-        <v>20</v>
+        <v>16</v>
       </c>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="1">
         <v>13002793100059</v>
       </c>
       <c r="B5" s="2" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="C5" s="2" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="D5" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F5" s="2" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="G5" s="2" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="1">
         <v>13002793100059</v>
       </c>
       <c r="B6" s="2" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="2" t="s">
         <v>24</v>
       </c>
       <c r="D6" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F6" s="2" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="G6" s="2" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="1">
         <v>13002793100059</v>
       </c>
       <c r="B7" s="2" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C7" s="2" t="s">
-        <v>28</v>
+        <v>8</v>
       </c>
       <c r="D7" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F7" s="2" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="G7" s="2" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="8" spans="1:8">
       <c r="A8" s="1">
         <v>13002793100059</v>
       </c>
       <c r="B8" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C8" s="2" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>13</v>
       </c>
       <c r="D8" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E8" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F8" s="2" t="s">
         <v>30</v>
       </c>
       <c r="G8" s="2" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="9" spans="1:8">
       <c r="A9" s="1">
         <v>13002793100059</v>
       </c>
       <c r="B9" s="2" t="s">
         <v>32</v>
       </c>
       <c r="C9" s="2" t="s">
         <v>33</v>
       </c>
       <c r="D9" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F9" s="2" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="G9" s="2" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:8">
       <c r="A10" s="1">
         <v>13002793100059</v>
       </c>
       <c r="B10" s="2" t="s">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="C10" s="2" t="s">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="D10" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="2" t="s">
-        <v>14</v>
+        <v>10</v>
       </c>
       <c r="F10" s="2" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="G10" s="2" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -807,31 +807,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/01/2026 11:54:25</dc:description>
+  <dc:description>Export en date du 03/19/2026 03:02:19</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>