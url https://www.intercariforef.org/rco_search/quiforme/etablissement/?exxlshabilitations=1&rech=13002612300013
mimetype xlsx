--- v0 (2025-11-02)
+++ v1 (2026-02-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="430">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="465">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP14054</t>
   </si>
   <si>
@@ -1220,50 +1220,155 @@
     <t>RNCP40978</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>RNCP40982</t>
   </si>
   <si>
     <t>30/06/2030</t>
   </si>
   <si>
     <t>RNCP40986</t>
   </si>
   <si>
     <t>RNCP41262</t>
   </si>
   <si>
     <t>31/08/2030</t>
   </si>
   <si>
     <t>RNCP41263</t>
   </si>
   <si>
     <t>RNCP41383</t>
+  </si>
+  <si>
+    <t>RNCP41545</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Création numérique</t>
+  </si>
+  <si>
+    <t>31/08/2027</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41603</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité energétiques : Exploitation des installations énergétiques pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41604</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Management de l’énergie pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41605</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Optimisation énergétique pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP4371</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l’Université de Marne La Vallée, spécialité Image, multimédia, audiovisuel et communication (IMAC)</t>
   </si>
   <si>
     <t>23/10/2021</t>
   </si>
   <si>
     <t>RS3807</t>
   </si>
   <si>
     <t>Pix</t>
   </si>
   <si>
     <t>FAUX</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS5399</t>
   </si>
@@ -1681,51 +1786,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H230"/>
+  <dimension ref="A1:H248"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -6816,221 +6921,635 @@
       </c>
       <c r="D222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E222" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F222" s="2" t="s">
         <v>404</v>
       </c>
       <c r="G222" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" s="1">
         <v>13002612300013</v>
       </c>
       <c r="B223" s="2" t="s">
         <v>405</v>
       </c>
       <c r="C223" s="2" t="s">
         <v>406</v>
       </c>
       <c r="D223" s="2" t="s">
-        <v>407</v>
+        <v>9</v>
       </c>
       <c r="E223" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F223" s="2" t="s">
-        <v>408</v>
+        <v>404</v>
       </c>
       <c r="G223" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" s="1">
         <v>13002612300013</v>
       </c>
       <c r="B224" s="2" t="s">
-        <v>409</v>
+        <v>407</v>
       </c>
       <c r="C224" s="2" t="s">
-        <v>410</v>
+        <v>408</v>
       </c>
       <c r="D224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E224" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F224" s="2" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="G224" s="2" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" s="1">
         <v>13002612300013</v>
       </c>
       <c r="B225" s="2" t="s">
-        <v>413</v>
+        <v>409</v>
       </c>
       <c r="C225" s="2" t="s">
-        <v>414</v>
+        <v>410</v>
       </c>
       <c r="D225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E225" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F225" s="2" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="G225" s="2" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" s="1">
         <v>13002612300013</v>
       </c>
       <c r="B226" s="2" t="s">
-        <v>415</v>
+        <v>411</v>
       </c>
       <c r="C226" s="2" t="s">
-        <v>416</v>
+        <v>412</v>
       </c>
       <c r="D226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E226" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F226" s="2" t="s">
-        <v>411</v>
+        <v>404</v>
       </c>
       <c r="G226" s="2" t="s">
-        <v>412</v>
+        <v>11</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" s="1">
         <v>13002612300013</v>
       </c>
       <c r="B227" s="2" t="s">
-        <v>417</v>
+        <v>413</v>
       </c>
       <c r="C227" s="2" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="D227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E227" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F227" s="2" t="s">
-        <v>419</v>
+        <v>404</v>
       </c>
       <c r="G227" s="2" t="s">
-        <v>420</v>
+        <v>11</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" s="1">
         <v>13002612300013</v>
       </c>
       <c r="B228" s="2" t="s">
-        <v>421</v>
+        <v>415</v>
       </c>
       <c r="C228" s="2" t="s">
-        <v>422</v>
+        <v>416</v>
       </c>
       <c r="D228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E228" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F228" s="2" t="s">
-        <v>423</v>
+        <v>404</v>
       </c>
       <c r="G228" s="2" t="s">
-        <v>424</v>
+        <v>11</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" s="1">
         <v>13002612300013</v>
       </c>
       <c r="B229" s="2" t="s">
-        <v>425</v>
+        <v>417</v>
       </c>
       <c r="C229" s="2" t="s">
-        <v>414</v>
+        <v>418</v>
       </c>
       <c r="D229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E229" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F229" s="2" t="s">
-        <v>423</v>
+        <v>404</v>
       </c>
       <c r="G229" s="2" t="s">
-        <v>424</v>
+        <v>11</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" s="1">
         <v>13002612300013</v>
       </c>
       <c r="B230" s="2" t="s">
+        <v>419</v>
+      </c>
+      <c r="C230" s="2" t="s">
+        <v>420</v>
+      </c>
+      <c r="D230" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E230" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F230" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G230" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="231" spans="1:8">
+      <c r="A231" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B231" s="2" t="s">
+        <v>421</v>
+      </c>
+      <c r="C231" s="2" t="s">
+        <v>240</v>
+      </c>
+      <c r="D231" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E231" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F231" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G231" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="232" spans="1:8">
+      <c r="A232" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B232" s="2" t="s">
+        <v>422</v>
+      </c>
+      <c r="C232" s="2" t="s">
+        <v>423</v>
+      </c>
+      <c r="D232" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E232" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F232" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G232" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="233" spans="1:8">
+      <c r="A233" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B233" s="2" t="s">
+        <v>424</v>
+      </c>
+      <c r="C233" s="2" t="s">
+        <v>425</v>
+      </c>
+      <c r="D233" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E233" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F233" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G233" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="234" spans="1:8">
+      <c r="A234" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B234" s="2" t="s">
         <v>426</v>
       </c>
-      <c r="C230" s="2" t="s">
+      <c r="C234" s="2" t="s">
         <v>427</v>
       </c>
-      <c r="D230" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F230" s="2" t="s">
+      <c r="D234" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E234" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F234" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G234" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="235" spans="1:8">
+      <c r="A235" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B235" s="2" t="s">
         <v>428</v>
       </c>
-      <c r="G230" s="2" t="s">
+      <c r="C235" s="2" t="s">
         <v>429</v>
+      </c>
+      <c r="D235" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E235" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F235" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G235" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="236" spans="1:8">
+      <c r="A236" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B236" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="C236" s="2" t="s">
+        <v>431</v>
+      </c>
+      <c r="D236" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E236" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F236" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G236" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="237" spans="1:8">
+      <c r="A237" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B237" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="C237" s="2" t="s">
+        <v>433</v>
+      </c>
+      <c r="D237" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E237" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F237" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G237" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="238" spans="1:8">
+      <c r="A238" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B238" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="C238" s="2" t="s">
+        <v>435</v>
+      </c>
+      <c r="D238" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E238" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F238" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G238" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="239" spans="1:8">
+      <c r="A239" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B239" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="C239" s="2" t="s">
+        <v>230</v>
+      </c>
+      <c r="D239" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E239" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F239" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="G239" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="240" spans="1:8">
+      <c r="A240" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B240" s="2" t="s">
+        <v>437</v>
+      </c>
+      <c r="C240" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="D240" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E240" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F240" s="2" t="s">
+        <v>439</v>
+      </c>
+      <c r="G240" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="241" spans="1:8">
+      <c r="A241" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B241" s="2" t="s">
+        <v>440</v>
+      </c>
+      <c r="C241" s="2" t="s">
+        <v>441</v>
+      </c>
+      <c r="D241" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="E241" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F241" s="2" t="s">
+        <v>443</v>
+      </c>
+      <c r="G241" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="242" spans="1:8">
+      <c r="A242" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B242" s="2" t="s">
+        <v>444</v>
+      </c>
+      <c r="C242" s="2" t="s">
+        <v>445</v>
+      </c>
+      <c r="D242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E242" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F242" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="G242" s="2" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="243" spans="1:8">
+      <c r="A243" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B243" s="2" t="s">
+        <v>448</v>
+      </c>
+      <c r="C243" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="D243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E243" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F243" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="G243" s="2" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="244" spans="1:8">
+      <c r="A244" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B244" s="2" t="s">
+        <v>450</v>
+      </c>
+      <c r="C244" s="2" t="s">
+        <v>451</v>
+      </c>
+      <c r="D244" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E244" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F244" s="2" t="s">
+        <v>446</v>
+      </c>
+      <c r="G244" s="2" t="s">
+        <v>447</v>
+      </c>
+    </row>
+    <row r="245" spans="1:8">
+      <c r="A245" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B245" s="2" t="s">
+        <v>452</v>
+      </c>
+      <c r="C245" s="2" t="s">
+        <v>453</v>
+      </c>
+      <c r="D245" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E245" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F245" s="2" t="s">
+        <v>454</v>
+      </c>
+      <c r="G245" s="2" t="s">
+        <v>455</v>
+      </c>
+    </row>
+    <row r="246" spans="1:8">
+      <c r="A246" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B246" s="2" t="s">
+        <v>456</v>
+      </c>
+      <c r="C246" s="2" t="s">
+        <v>457</v>
+      </c>
+      <c r="D246" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E246" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F246" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="G246" s="2" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="247" spans="1:8">
+      <c r="A247" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B247" s="2" t="s">
+        <v>460</v>
+      </c>
+      <c r="C247" s="2" t="s">
+        <v>449</v>
+      </c>
+      <c r="D247" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E247" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F247" s="2" t="s">
+        <v>458</v>
+      </c>
+      <c r="G247" s="2" t="s">
+        <v>459</v>
+      </c>
+    </row>
+    <row r="248" spans="1:8">
+      <c r="A248" s="1">
+        <v>13002612300013</v>
+      </c>
+      <c r="B248" s="2" t="s">
+        <v>461</v>
+      </c>
+      <c r="C248" s="2" t="s">
+        <v>462</v>
+      </c>
+      <c r="D248" s="2" t="s">
+        <v>442</v>
+      </c>
+      <c r="E248" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F248" s="2" t="s">
+        <v>463</v>
+      </c>
+      <c r="G248" s="2" t="s">
+        <v>464</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -7043,31 +7562,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/02/2025 18:24:04</dc:description>
+  <dc:description>Export en date du 02/18/2026 11:49:53</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>