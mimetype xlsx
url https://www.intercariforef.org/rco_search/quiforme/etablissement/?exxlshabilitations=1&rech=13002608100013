--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="869">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="950">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP20136</t>
   </si>
   <si>
@@ -2264,50 +2264,293 @@
     <t>RNCP40794</t>
   </si>
   <si>
     <t>MASTER Histoire (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40806</t>
   </si>
   <si>
     <t>LICENCE Mathématiques et informatique appliquées aux sciences humaines et sociales (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40815</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>RNCP41176</t>
   </si>
   <si>
     <t>RNCP41257</t>
   </si>
   <si>
     <t>RNCP41277</t>
+  </si>
+  <si>
+    <t>RNCP41541</t>
+  </si>
+  <si>
+    <t>31/08/2027</t>
+  </si>
+  <si>
+    <t>RNCP41543</t>
+  </si>
+  <si>
+    <t>RNCP41544</t>
+  </si>
+  <si>
+    <t>RNCP41545</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Création numérique</t>
+  </si>
+  <si>
+    <t>RNCP41546</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Développement web et dispositifs interactifs</t>
+  </si>
+  <si>
+    <t>RNCP41547</t>
+  </si>
+  <si>
+    <t>BUT Métiers du multimédia et de l’Internet : Stratégie de communication numérique et design d’expérience</t>
+  </si>
+  <si>
+    <t>RNCP41548</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Administration et justice</t>
+  </si>
+  <si>
+    <t>RNCP41549</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Entreprise et association</t>
+  </si>
+  <si>
+    <t>RNCP41550</t>
+  </si>
+  <si>
+    <t>BUT Carrières juridiques : Patrimoine et finance</t>
+  </si>
+  <si>
+    <t>RNCP41551</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Animation sociale et socioculturelle</t>
+  </si>
+  <si>
+    <t>RNCP41552</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Assistance sociale</t>
+  </si>
+  <si>
+    <t>RNCP41554</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Éducation spécialisée</t>
+  </si>
+  <si>
+    <t>RNCP41556</t>
+  </si>
+  <si>
+    <t>RNCP41558</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41584</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Simulation numérique et réalité virtuelle</t>
+  </si>
+  <si>
+    <t>RNCP41585</t>
+  </si>
+  <si>
+    <t>RNCP41586</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41603</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité energétiques : Exploitation des installations énergétiques pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41605</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Optimisation énergétique pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41606</t>
+  </si>
+  <si>
+    <t>BUT Métiers de la transition et de l'efficacité énergétiques : Réalisation des installations énergétiques pour le bâtiment et l’industrie</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41612</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Développement système et Cloud</t>
+  </si>
+  <si>
+    <t>RNCP41616</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Exploration et modélisation statistique</t>
+  </si>
+  <si>
+    <t>RNCP41617</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Visualisation, conception d'outils décisionnels</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RS101</t>
   </si>
   <si>
     <t>BULATS - Linguaskill</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS1889</t>
   </si>
   <si>
     <t>Diplôme d'Etudiant Entrepreneur (D2E)</t>
   </si>
   <si>
     <t>RS2417</t>
   </si>
   <si>
     <t>Formation pour les personnels assurant les soins aux animaux - soins aux animaux d'expérimentation</t>
   </si>
   <si>
     <t>RS3807</t>
   </si>
@@ -2998,51 +3241,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H464"/>
+  <dimension ref="A1:H508"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -12454,1282 +12697,2294 @@
       </c>
       <c r="C410" s="2" t="s">
         <v>95</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>648</v>
       </c>
       <c r="G410" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B411" s="2" t="s">
         <v>750</v>
       </c>
       <c r="C411" s="2" t="s">
+        <v>427</v>
+      </c>
+      <c r="D411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F411" s="2" t="s">
         <v>751</v>
-      </c>
-[...7 lines deleted...]
-        <v>752</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>753</v>
+        <v>752</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>754</v>
+        <v>425</v>
       </c>
       <c r="D412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>755</v>
+        <v>753</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>756</v>
+        <v>423</v>
       </c>
       <c r="D413" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F413" s="2" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B414" s="2" t="s">
-        <v>757</v>
+        <v>754</v>
       </c>
       <c r="C414" s="2" t="s">
-        <v>758</v>
+        <v>755</v>
       </c>
       <c r="D414" s="2" t="s">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>752</v>
+        <v>751</v>
       </c>
       <c r="G414" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>759</v>
+        <v>756</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>760</v>
+        <v>757</v>
       </c>
       <c r="D415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>761</v>
+        <v>751</v>
       </c>
       <c r="G415" s="2" t="s">
-        <v>762</v>
+        <v>11</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B416" s="2" t="s">
-        <v>763</v>
+        <v>758</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>764</v>
+        <v>759</v>
       </c>
       <c r="D416" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F416" s="2" t="s">
-        <v>761</v>
+        <v>751</v>
       </c>
       <c r="G416" s="2" t="s">
-        <v>762</v>
+        <v>11</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>765</v>
+        <v>760</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>766</v>
+        <v>761</v>
       </c>
       <c r="D417" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>761</v>
+        <v>751</v>
       </c>
       <c r="G417" s="2" t="s">
-        <v>762</v>
+        <v>11</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>768</v>
+        <v>763</v>
       </c>
       <c r="D418" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>769</v>
+        <v>751</v>
       </c>
       <c r="G418" s="2" t="s">
-        <v>762</v>
+        <v>11</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="D419" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
       <c r="G419" s="2" t="s">
-        <v>773</v>
+        <v>11</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>774</v>
+        <v>766</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>775</v>
+        <v>767</v>
       </c>
       <c r="D420" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G420" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>777</v>
+        <v>768</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>778</v>
+        <v>769</v>
       </c>
       <c r="D421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G421" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>779</v>
+        <v>770</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="D422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>781</v>
+        <v>772</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>782</v>
+        <v>485</v>
       </c>
       <c r="D423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>783</v>
+        <v>773</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>784</v>
+        <v>487</v>
       </c>
       <c r="D424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>785</v>
+        <v>774</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>786</v>
+        <v>775</v>
       </c>
       <c r="D425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>787</v>
+        <v>776</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>788</v>
+        <v>777</v>
       </c>
       <c r="D426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G426" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>789</v>
+        <v>778</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>790</v>
+        <v>779</v>
       </c>
       <c r="D427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G427" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>791</v>
+        <v>780</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>792</v>
+        <v>781</v>
       </c>
       <c r="D428" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E428" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>793</v>
+        <v>782</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>794</v>
+        <v>783</v>
       </c>
       <c r="D429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G429" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>795</v>
+        <v>784</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>796</v>
+        <v>785</v>
       </c>
       <c r="D430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>797</v>
+        <v>786</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>798</v>
+        <v>787</v>
       </c>
       <c r="D431" s="2" t="s">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G431" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>799</v>
+        <v>788</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>800</v>
+        <v>789</v>
       </c>
       <c r="D432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>801</v>
+        <v>790</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>802</v>
+        <v>791</v>
       </c>
       <c r="D433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>803</v>
+        <v>792</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>804</v>
+        <v>793</v>
       </c>
       <c r="D434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>805</v>
+        <v>794</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>806</v>
+        <v>795</v>
       </c>
       <c r="D435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G435" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>807</v>
+        <v>796</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>808</v>
+        <v>797</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>809</v>
+        <v>798</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>810</v>
+        <v>799</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>811</v>
+        <v>800</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>812</v>
+        <v>801</v>
       </c>
       <c r="D438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>813</v>
+        <v>802</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>814</v>
+        <v>461</v>
       </c>
       <c r="D439" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>815</v>
+        <v>751</v>
       </c>
       <c r="G439" s="2" t="s">
-        <v>816</v>
+        <v>11</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>817</v>
+        <v>803</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>818</v>
+        <v>459</v>
       </c>
       <c r="D440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>819</v>
+        <v>751</v>
       </c>
       <c r="G440" s="2" t="s">
-        <v>820</v>
+        <v>11</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>821</v>
+        <v>804</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>822</v>
+        <v>457</v>
       </c>
       <c r="D441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>823</v>
+        <v>751</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>824</v>
+        <v>11</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>825</v>
+        <v>805</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>826</v>
+        <v>806</v>
       </c>
       <c r="D442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>827</v>
+        <v>751</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>828</v>
+        <v>11</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>829</v>
+        <v>807</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>760</v>
+        <v>808</v>
       </c>
       <c r="D443" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>830</v>
+        <v>751</v>
       </c>
       <c r="G443" s="2" t="s">
-        <v>831</v>
+        <v>11</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>832</v>
+        <v>809</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>808</v>
+        <v>810</v>
       </c>
       <c r="D444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>835</v>
+        <v>811</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>836</v>
+        <v>812</v>
       </c>
       <c r="D445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B446" s="2" t="s">
-        <v>837</v>
+        <v>813</v>
       </c>
       <c r="C446" s="2" t="s">
-        <v>775</v>
+        <v>814</v>
       </c>
       <c r="D446" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E446" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F446" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G446" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B447" s="2" t="s">
-        <v>838</v>
+        <v>815</v>
       </c>
       <c r="C447" s="2" t="s">
-        <v>782</v>
+        <v>816</v>
       </c>
       <c r="D447" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E447" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F447" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G447" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B448" s="2" t="s">
-        <v>839</v>
+        <v>817</v>
       </c>
       <c r="C448" s="2" t="s">
-        <v>784</v>
+        <v>818</v>
       </c>
       <c r="D448" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E448" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F448" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G448" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B449" s="2" t="s">
-        <v>840</v>
+        <v>819</v>
       </c>
       <c r="C449" s="2" t="s">
-        <v>788</v>
+        <v>820</v>
       </c>
       <c r="D449" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E449" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F449" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G449" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B450" s="2" t="s">
-        <v>841</v>
+        <v>821</v>
       </c>
       <c r="C450" s="2" t="s">
-        <v>794</v>
+        <v>822</v>
       </c>
       <c r="D450" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E450" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F450" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G450" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B451" s="2" t="s">
-        <v>842</v>
+        <v>823</v>
       </c>
       <c r="C451" s="2" t="s">
-        <v>796</v>
+        <v>824</v>
       </c>
       <c r="D451" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E451" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F451" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G451" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B452" s="2" t="s">
-        <v>843</v>
+        <v>825</v>
       </c>
       <c r="C452" s="2" t="s">
-        <v>786</v>
+        <v>826</v>
       </c>
       <c r="D452" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E452" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F452" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G452" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B453" s="2" t="s">
-        <v>844</v>
+        <v>827</v>
       </c>
       <c r="C453" s="2" t="s">
-        <v>790</v>
+        <v>828</v>
       </c>
       <c r="D453" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E453" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F453" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G453" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B454" s="2" t="s">
-        <v>845</v>
+        <v>829</v>
       </c>
       <c r="C454" s="2" t="s">
-        <v>780</v>
+        <v>830</v>
       </c>
       <c r="D454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F454" s="2" t="s">
-        <v>833</v>
+        <v>751</v>
       </c>
       <c r="G454" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B455" s="2" t="s">
-        <v>846</v>
+        <v>831</v>
       </c>
       <c r="C455" s="2" t="s">
-        <v>800</v>
+        <v>832</v>
       </c>
       <c r="D455" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E455" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F455" s="2" t="s">
         <v>833</v>
       </c>
       <c r="G455" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>847</v>
+        <v>834</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>810</v>
+        <v>835</v>
       </c>
       <c r="D456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F456" s="2" t="s">
         <v>833</v>
       </c>
       <c r="G456" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>848</v>
+        <v>836</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>812</v>
+        <v>837</v>
       </c>
       <c r="D457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>849</v>
+        <v>833</v>
       </c>
       <c r="G457" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>850</v>
+        <v>838</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>806</v>
+        <v>839</v>
       </c>
       <c r="D458" s="2" t="s">
-        <v>9</v>
+        <v>400</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>849</v>
+        <v>833</v>
       </c>
       <c r="G458" s="2" t="s">
-        <v>834</v>
+        <v>11</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>851</v>
+        <v>840</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>802</v>
+        <v>841</v>
       </c>
       <c r="D459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>738</v>
+        <v>842</v>
       </c>
       <c r="G459" s="2" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>853</v>
+        <v>844</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>804</v>
+        <v>845</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>854</v>
+        <v>842</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>855</v>
+        <v>843</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>856</v>
+        <v>846</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>798</v>
+        <v>847</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>854</v>
+        <v>842</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>855</v>
+        <v>843</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>857</v>
+        <v>848</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>858</v>
+        <v>849</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="E462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>859</v>
+        <v>850</v>
       </c>
       <c r="G462" s="2" t="s">
-        <v>860</v>
+        <v>843</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>861</v>
+        <v>851</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>862</v>
+        <v>852</v>
       </c>
       <c r="D463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
       <c r="G463" s="2" t="s">
-        <v>864</v>
+        <v>854</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B464" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="C464" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="D464" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E464" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F464" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G464" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="465" spans="1:8">
+      <c r="A465" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B465" s="2" t="s">
+        <v>858</v>
+      </c>
+      <c r="C465" s="2" t="s">
+        <v>859</v>
+      </c>
+      <c r="D465" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E465" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F465" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G465" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="466" spans="1:8">
+      <c r="A466" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B466" s="2" t="s">
+        <v>860</v>
+      </c>
+      <c r="C466" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="D466" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E466" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F466" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G466" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="467" spans="1:8">
+      <c r="A467" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B467" s="2" t="s">
+        <v>862</v>
+      </c>
+      <c r="C467" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="D467" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E467" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F467" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G467" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="468" spans="1:8">
+      <c r="A468" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B468" s="2" t="s">
+        <v>864</v>
+      </c>
+      <c r="C468" s="2" t="s">
         <v>865</v>
       </c>
-      <c r="C464" s="2" t="s">
+      <c r="D468" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E468" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F468" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G468" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="469" spans="1:8">
+      <c r="A469" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B469" s="2" t="s">
         <v>866</v>
       </c>
-      <c r="D464" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F464" s="2" t="s">
+      <c r="C469" s="2" t="s">
         <v>867</v>
       </c>
-      <c r="G464" s="2" t="s">
+      <c r="D469" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E469" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F469" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G469" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="470" spans="1:8">
+      <c r="A470" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B470" s="2" t="s">
         <v>868</v>
+      </c>
+      <c r="C470" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="D470" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E470" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F470" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G470" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="471" spans="1:8">
+      <c r="A471" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B471" s="2" t="s">
+        <v>870</v>
+      </c>
+      <c r="C471" s="2" t="s">
+        <v>871</v>
+      </c>
+      <c r="D471" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E471" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F471" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G471" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="472" spans="1:8">
+      <c r="A472" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B472" s="2" t="s">
+        <v>872</v>
+      </c>
+      <c r="C472" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="D472" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E472" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F472" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G472" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="473" spans="1:8">
+      <c r="A473" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B473" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="C473" s="2" t="s">
+        <v>875</v>
+      </c>
+      <c r="D473" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E473" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F473" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G473" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="474" spans="1:8">
+      <c r="A474" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B474" s="2" t="s">
+        <v>876</v>
+      </c>
+      <c r="C474" s="2" t="s">
+        <v>877</v>
+      </c>
+      <c r="D474" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E474" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F474" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G474" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="475" spans="1:8">
+      <c r="A475" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B475" s="2" t="s">
+        <v>878</v>
+      </c>
+      <c r="C475" s="2" t="s">
+        <v>879</v>
+      </c>
+      <c r="D475" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="E475" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F475" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G475" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="476" spans="1:8">
+      <c r="A476" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B476" s="2" t="s">
+        <v>880</v>
+      </c>
+      <c r="C476" s="2" t="s">
+        <v>881</v>
+      </c>
+      <c r="D476" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E476" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F476" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G476" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="477" spans="1:8">
+      <c r="A477" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B477" s="2" t="s">
+        <v>882</v>
+      </c>
+      <c r="C477" s="2" t="s">
+        <v>883</v>
+      </c>
+      <c r="D477" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E477" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F477" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G477" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="478" spans="1:8">
+      <c r="A478" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B478" s="2" t="s">
+        <v>884</v>
+      </c>
+      <c r="C478" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="D478" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E478" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F478" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G478" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="479" spans="1:8">
+      <c r="A479" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B479" s="2" t="s">
+        <v>886</v>
+      </c>
+      <c r="C479" s="2" t="s">
+        <v>887</v>
+      </c>
+      <c r="D479" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E479" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F479" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G479" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="480" spans="1:8">
+      <c r="A480" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B480" s="2" t="s">
+        <v>888</v>
+      </c>
+      <c r="C480" s="2" t="s">
+        <v>889</v>
+      </c>
+      <c r="D480" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E480" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F480" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G480" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="481" spans="1:8">
+      <c r="A481" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B481" s="2" t="s">
+        <v>890</v>
+      </c>
+      <c r="C481" s="2" t="s">
+        <v>891</v>
+      </c>
+      <c r="D481" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E481" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F481" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G481" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="482" spans="1:8">
+      <c r="A482" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B482" s="2" t="s">
+        <v>892</v>
+      </c>
+      <c r="C482" s="2" t="s">
+        <v>893</v>
+      </c>
+      <c r="D482" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E482" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F482" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G482" s="2" t="s">
+        <v>504</v>
+      </c>
+    </row>
+    <row r="483" spans="1:8">
+      <c r="A483" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B483" s="2" t="s">
+        <v>894</v>
+      </c>
+      <c r="C483" s="2" t="s">
+        <v>895</v>
+      </c>
+      <c r="D483" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E483" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F483" s="2" t="s">
+        <v>896</v>
+      </c>
+      <c r="G483" s="2" t="s">
+        <v>897</v>
+      </c>
+    </row>
+    <row r="484" spans="1:8">
+      <c r="A484" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B484" s="2" t="s">
+        <v>898</v>
+      </c>
+      <c r="C484" s="2" t="s">
+        <v>899</v>
+      </c>
+      <c r="D484" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E484" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F484" s="2" t="s">
+        <v>900</v>
+      </c>
+      <c r="G484" s="2" t="s">
+        <v>901</v>
+      </c>
+    </row>
+    <row r="485" spans="1:8">
+      <c r="A485" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B485" s="2" t="s">
+        <v>902</v>
+      </c>
+      <c r="C485" s="2" t="s">
+        <v>903</v>
+      </c>
+      <c r="D485" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E485" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F485" s="2" t="s">
+        <v>904</v>
+      </c>
+      <c r="G485" s="2" t="s">
+        <v>905</v>
+      </c>
+    </row>
+    <row r="486" spans="1:8">
+      <c r="A486" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B486" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="C486" s="2" t="s">
+        <v>907</v>
+      </c>
+      <c r="D486" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E486" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F486" s="2" t="s">
+        <v>908</v>
+      </c>
+      <c r="G486" s="2" t="s">
+        <v>909</v>
+      </c>
+    </row>
+    <row r="487" spans="1:8">
+      <c r="A487" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B487" s="2" t="s">
+        <v>910</v>
+      </c>
+      <c r="C487" s="2" t="s">
+        <v>841</v>
+      </c>
+      <c r="D487" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E487" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F487" s="2" t="s">
+        <v>911</v>
+      </c>
+      <c r="G487" s="2" t="s">
+        <v>912</v>
+      </c>
+    </row>
+    <row r="488" spans="1:8">
+      <c r="A488" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B488" s="2" t="s">
+        <v>913</v>
+      </c>
+      <c r="C488" s="2" t="s">
+        <v>889</v>
+      </c>
+      <c r="D488" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E488" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F488" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G488" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="489" spans="1:8">
+      <c r="A489" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B489" s="2" t="s">
+        <v>916</v>
+      </c>
+      <c r="C489" s="2" t="s">
+        <v>917</v>
+      </c>
+      <c r="D489" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E489" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F489" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G489" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="490" spans="1:8">
+      <c r="A490" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B490" s="2" t="s">
+        <v>918</v>
+      </c>
+      <c r="C490" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="D490" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E490" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F490" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G490" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="491" spans="1:8">
+      <c r="A491" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B491" s="2" t="s">
+        <v>919</v>
+      </c>
+      <c r="C491" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="D491" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E491" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F491" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G491" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="492" spans="1:8">
+      <c r="A492" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B492" s="2" t="s">
+        <v>920</v>
+      </c>
+      <c r="C492" s="2" t="s">
+        <v>865</v>
+      </c>
+      <c r="D492" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E492" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F492" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G492" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="493" spans="1:8">
+      <c r="A493" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B493" s="2" t="s">
+        <v>921</v>
+      </c>
+      <c r="C493" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="D493" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E493" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F493" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G493" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="494" spans="1:8">
+      <c r="A494" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B494" s="2" t="s">
+        <v>922</v>
+      </c>
+      <c r="C494" s="2" t="s">
+        <v>875</v>
+      </c>
+      <c r="D494" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E494" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F494" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G494" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="495" spans="1:8">
+      <c r="A495" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B495" s="2" t="s">
+        <v>923</v>
+      </c>
+      <c r="C495" s="2" t="s">
+        <v>877</v>
+      </c>
+      <c r="D495" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E495" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F495" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G495" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="496" spans="1:8">
+      <c r="A496" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B496" s="2" t="s">
+        <v>924</v>
+      </c>
+      <c r="C496" s="2" t="s">
+        <v>867</v>
+      </c>
+      <c r="D496" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E496" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F496" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G496" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="497" spans="1:8">
+      <c r="A497" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B497" s="2" t="s">
+        <v>925</v>
+      </c>
+      <c r="C497" s="2" t="s">
+        <v>871</v>
+      </c>
+      <c r="D497" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E497" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F497" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G497" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="498" spans="1:8">
+      <c r="A498" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B498" s="2" t="s">
+        <v>926</v>
+      </c>
+      <c r="C498" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="D498" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E498" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F498" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G498" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="499" spans="1:8">
+      <c r="A499" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B499" s="2" t="s">
+        <v>927</v>
+      </c>
+      <c r="C499" s="2" t="s">
+        <v>881</v>
+      </c>
+      <c r="D499" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E499" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F499" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G499" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="500" spans="1:8">
+      <c r="A500" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B500" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="C500" s="2" t="s">
+        <v>891</v>
+      </c>
+      <c r="D500" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E500" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F500" s="2" t="s">
+        <v>914</v>
+      </c>
+      <c r="G500" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="501" spans="1:8">
+      <c r="A501" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B501" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="C501" s="2" t="s">
+        <v>893</v>
+      </c>
+      <c r="D501" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E501" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F501" s="2" t="s">
+        <v>930</v>
+      </c>
+      <c r="G501" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="502" spans="1:8">
+      <c r="A502" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B502" s="2" t="s">
+        <v>931</v>
+      </c>
+      <c r="C502" s="2" t="s">
+        <v>887</v>
+      </c>
+      <c r="D502" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E502" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F502" s="2" t="s">
+        <v>930</v>
+      </c>
+      <c r="G502" s="2" t="s">
+        <v>915</v>
+      </c>
+    </row>
+    <row r="503" spans="1:8">
+      <c r="A503" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B503" s="2" t="s">
+        <v>932</v>
+      </c>
+      <c r="C503" s="2" t="s">
+        <v>883</v>
+      </c>
+      <c r="D503" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E503" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F503" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="G503" s="2" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="504" spans="1:8">
+      <c r="A504" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B504" s="2" t="s">
+        <v>934</v>
+      </c>
+      <c r="C504" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="D504" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E504" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F504" s="2" t="s">
+        <v>935</v>
+      </c>
+      <c r="G504" s="2" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="505" spans="1:8">
+      <c r="A505" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B505" s="2" t="s">
+        <v>937</v>
+      </c>
+      <c r="C505" s="2" t="s">
+        <v>879</v>
+      </c>
+      <c r="D505" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E505" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F505" s="2" t="s">
+        <v>935</v>
+      </c>
+      <c r="G505" s="2" t="s">
+        <v>936</v>
+      </c>
+    </row>
+    <row r="506" spans="1:8">
+      <c r="A506" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B506" s="2" t="s">
+        <v>938</v>
+      </c>
+      <c r="C506" s="2" t="s">
+        <v>939</v>
+      </c>
+      <c r="D506" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="E506" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F506" s="2" t="s">
+        <v>940</v>
+      </c>
+      <c r="G506" s="2" t="s">
+        <v>941</v>
+      </c>
+    </row>
+    <row r="507" spans="1:8">
+      <c r="A507" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B507" s="2" t="s">
+        <v>942</v>
+      </c>
+      <c r="C507" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="D507" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E507" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F507" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="G507" s="2" t="s">
+        <v>945</v>
+      </c>
+    </row>
+    <row r="508" spans="1:8">
+      <c r="A508" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B508" s="2" t="s">
+        <v>946</v>
+      </c>
+      <c r="C508" s="2" t="s">
+        <v>947</v>
+      </c>
+      <c r="D508" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E508" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F508" s="2" t="s">
+        <v>948</v>
+      </c>
+      <c r="G508" s="2" t="s">
+        <v>949</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -13742,31 +14997,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/22/2025 12:49:37</dc:description>
+  <dc:description>Export en date du 12/07/2025 09:21:14</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>