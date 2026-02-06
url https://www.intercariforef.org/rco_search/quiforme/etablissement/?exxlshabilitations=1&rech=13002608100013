--- v1 (2025-12-07)
+++ v2 (2026-02-06)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="950">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="956">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP20136</t>
   </si>
   <si>
@@ -2507,50 +2507,68 @@
     <t>BUT Science des données : Visualisation, conception d'outils décisionnels</t>
   </si>
   <si>
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41746</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41747</t>
+  </si>
+  <si>
+    <t>RNCP41748</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
   </si>
   <si>
     <t>RS101</t>
   </si>
   <si>
     <t>BULATS - Linguaskill</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS1889</t>
   </si>
   <si>
     <t>Diplôme d'Etudiant Entrepreneur (D2E)</t>
   </si>
   <si>
     <t>RS2417</t>
   </si>
   <si>
     <t>Formation pour les personnels assurant les soins aux animaux - soins aux animaux d'expérimentation</t>
   </si>
   <si>
     <t>RS3807</t>
   </si>
@@ -3241,51 +3259,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H508"/>
+  <dimension ref="A1:H512"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -13709,1282 +13727,1374 @@
       </c>
       <c r="C454" s="2" t="s">
         <v>830</v>
       </c>
       <c r="D454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E454" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F454" s="2" t="s">
         <v>751</v>
       </c>
       <c r="G454" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B455" s="2" t="s">
         <v>831</v>
       </c>
       <c r="C455" s="2" t="s">
+        <v>405</v>
+      </c>
+      <c r="D455" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E455" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F455" s="2" t="s">
         <v>832</v>
-      </c>
-[...7 lines deleted...]
-        <v>833</v>
       </c>
       <c r="G455" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B456" s="2" t="s">
-        <v>834</v>
+        <v>833</v>
       </c>
       <c r="C456" s="2" t="s">
-        <v>835</v>
+        <v>403</v>
       </c>
       <c r="D456" s="2" t="s">
-        <v>9</v>
+        <v>400</v>
       </c>
       <c r="E456" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F456" s="2" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="G456" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B457" s="2" t="s">
-        <v>836</v>
+        <v>834</v>
       </c>
       <c r="C457" s="2" t="s">
-        <v>837</v>
+        <v>548</v>
       </c>
       <c r="D457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E457" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F457" s="2" t="s">
-        <v>833</v>
+        <v>832</v>
       </c>
       <c r="G457" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B458" s="2" t="s">
-        <v>838</v>
+        <v>835</v>
       </c>
       <c r="C458" s="2" t="s">
-        <v>839</v>
+        <v>506</v>
       </c>
       <c r="D458" s="2" t="s">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F458" s="2" t="s">
-        <v>833</v>
+        <v>836</v>
       </c>
       <c r="G458" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B459" s="2" t="s">
-        <v>840</v>
+        <v>837</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>841</v>
+        <v>838</v>
       </c>
       <c r="D459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="G459" s="2" t="s">
-        <v>843</v>
+        <v>11</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>845</v>
+        <v>841</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="G460" s="2" t="s">
-        <v>843</v>
+        <v>11</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>846</v>
+        <v>842</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>847</v>
+        <v>843</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="G461" s="2" t="s">
-        <v>843</v>
+        <v>11</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>848</v>
+        <v>844</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>849</v>
+        <v>845</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>9</v>
+        <v>400</v>
       </c>
       <c r="E462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>850</v>
+        <v>839</v>
       </c>
       <c r="G462" s="2" t="s">
-        <v>843</v>
+        <v>11</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="D463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="G463" s="2" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="D464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>857</v>
+        <v>848</v>
       </c>
       <c r="G464" s="2" t="s">
-        <v>504</v>
+        <v>849</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>858</v>
+        <v>852</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>859</v>
+        <v>853</v>
       </c>
       <c r="D465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>857</v>
+        <v>848</v>
       </c>
       <c r="G465" s="2" t="s">
-        <v>504</v>
+        <v>849</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>860</v>
+        <v>854</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>861</v>
+        <v>855</v>
       </c>
       <c r="D466" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E466" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>857</v>
+        <v>856</v>
       </c>
       <c r="G466" s="2" t="s">
-        <v>504</v>
+        <v>849</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="D467" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E467" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>857</v>
+        <v>859</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>504</v>
+        <v>860</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>864</v>
+        <v>861</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>865</v>
+        <v>862</v>
       </c>
       <c r="D468" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E468" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G468" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>866</v>
+        <v>864</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>867</v>
+        <v>865</v>
       </c>
       <c r="D469" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E469" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G469" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>868</v>
+        <v>866</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>869</v>
+        <v>867</v>
       </c>
       <c r="D470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G470" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>870</v>
+        <v>868</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>871</v>
+        <v>869</v>
       </c>
       <c r="D471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G471" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>872</v>
+        <v>870</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>873</v>
+        <v>871</v>
       </c>
       <c r="D472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G472" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>874</v>
+        <v>872</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>875</v>
+        <v>873</v>
       </c>
       <c r="D473" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E473" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G473" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>876</v>
+        <v>874</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>877</v>
+        <v>875</v>
       </c>
       <c r="D474" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E474" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G474" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>878</v>
+        <v>876</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>879</v>
+        <v>877</v>
       </c>
       <c r="D475" s="2" t="s">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="E475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G475" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>880</v>
+        <v>878</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>881</v>
+        <v>879</v>
       </c>
       <c r="D476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G476" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>882</v>
+        <v>880</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>883</v>
+        <v>881</v>
       </c>
       <c r="D477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G477" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>884</v>
+        <v>882</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>885</v>
+        <v>883</v>
       </c>
       <c r="D478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G478" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>886</v>
+        <v>884</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>887</v>
+        <v>885</v>
       </c>
       <c r="D479" s="2" t="s">
-        <v>9</v>
+        <v>400</v>
       </c>
       <c r="E479" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G479" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>888</v>
+        <v>886</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>889</v>
+        <v>887</v>
       </c>
       <c r="D480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G480" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>890</v>
+        <v>888</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>891</v>
+        <v>889</v>
       </c>
       <c r="D481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G481" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>892</v>
+        <v>890</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>893</v>
+        <v>891</v>
       </c>
       <c r="D482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>857</v>
+        <v>863</v>
       </c>
       <c r="G482" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>894</v>
+        <v>892</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>895</v>
+        <v>893</v>
       </c>
       <c r="D483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>896</v>
+        <v>863</v>
       </c>
       <c r="G483" s="2" t="s">
-        <v>897</v>
+        <v>504</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>898</v>
+        <v>894</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>899</v>
+        <v>895</v>
       </c>
       <c r="D484" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E484" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>900</v>
+        <v>863</v>
       </c>
       <c r="G484" s="2" t="s">
-        <v>901</v>
+        <v>504</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>902</v>
+        <v>896</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>903</v>
+        <v>897</v>
       </c>
       <c r="D485" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E485" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>904</v>
+        <v>863</v>
       </c>
       <c r="G485" s="2" t="s">
-        <v>905</v>
+        <v>504</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>906</v>
+        <v>898</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>907</v>
+        <v>899</v>
       </c>
       <c r="D486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>908</v>
+        <v>863</v>
       </c>
       <c r="G486" s="2" t="s">
-        <v>909</v>
+        <v>504</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>910</v>
+        <v>900</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>841</v>
+        <v>901</v>
       </c>
       <c r="D487" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E487" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>911</v>
+        <v>902</v>
       </c>
       <c r="G487" s="2" t="s">
-        <v>912</v>
+        <v>903</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B488" s="2" t="s">
-        <v>913</v>
+        <v>904</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>889</v>
+        <v>905</v>
       </c>
       <c r="D488" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E488" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>914</v>
+        <v>906</v>
       </c>
       <c r="G488" s="2" t="s">
-        <v>915</v>
+        <v>907</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B489" s="2" t="s">
-        <v>916</v>
+        <v>908</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>917</v>
+        <v>909</v>
       </c>
       <c r="D489" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E489" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>914</v>
+        <v>910</v>
       </c>
       <c r="G489" s="2" t="s">
-        <v>915</v>
+        <v>911</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>918</v>
+        <v>912</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>856</v>
+        <v>913</v>
       </c>
       <c r="D490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F490" s="2" t="s">
         <v>914</v>
       </c>
       <c r="G490" s="2" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>919</v>
+        <v>916</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>863</v>
+        <v>847</v>
       </c>
       <c r="D491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>914</v>
+        <v>917</v>
       </c>
       <c r="G491" s="2" t="s">
-        <v>915</v>
+        <v>918</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B492" s="2" t="s">
+        <v>919</v>
+      </c>
+      <c r="C492" s="2" t="s">
+        <v>895</v>
+      </c>
+      <c r="D492" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E492" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F492" s="2" t="s">
         <v>920</v>
       </c>
-      <c r="C492" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G492" s="2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B493" s="2" t="s">
+        <v>922</v>
+      </c>
+      <c r="C493" s="2" t="s">
+        <v>923</v>
+      </c>
+      <c r="D493" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E493" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F493" s="2" t="s">
+        <v>920</v>
+      </c>
+      <c r="G493" s="2" t="s">
         <v>921</v>
-      </c>
-[...13 lines deleted...]
-        <v>915</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>922</v>
+        <v>924</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>875</v>
+        <v>862</v>
       </c>
       <c r="D494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="G494" s="2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>923</v>
+        <v>925</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>877</v>
+        <v>869</v>
       </c>
       <c r="D495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="G495" s="2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>924</v>
+        <v>926</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="D496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="G496" s="2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>925</v>
+        <v>927</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>871</v>
+        <v>875</v>
       </c>
       <c r="D497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F497" s="2" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="G497" s="2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>926</v>
+        <v>928</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>861</v>
+        <v>881</v>
       </c>
       <c r="D498" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E498" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="G498" s="2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>927</v>
+        <v>929</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>881</v>
+        <v>883</v>
       </c>
       <c r="D499" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E499" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="G499" s="2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B500" s="2" t="s">
-        <v>928</v>
+        <v>930</v>
       </c>
       <c r="C500" s="2" t="s">
-        <v>891</v>
+        <v>873</v>
       </c>
       <c r="D500" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E500" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F500" s="2" t="s">
-        <v>914</v>
+        <v>920</v>
       </c>
       <c r="G500" s="2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B501" s="2" t="s">
-        <v>929</v>
+        <v>931</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>893</v>
+        <v>877</v>
       </c>
       <c r="D501" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E501" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="G501" s="2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B502" s="2" t="s">
-        <v>931</v>
+        <v>932</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>887</v>
+        <v>867</v>
       </c>
       <c r="D502" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E502" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>930</v>
+        <v>920</v>
       </c>
       <c r="G502" s="2" t="s">
-        <v>915</v>
+        <v>921</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>883</v>
+        <v>887</v>
       </c>
       <c r="D503" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E503" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>738</v>
+        <v>920</v>
       </c>
       <c r="G503" s="2" t="s">
-        <v>933</v>
+        <v>921</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B504" s="2" t="s">
         <v>934</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>885</v>
+        <v>897</v>
       </c>
       <c r="D504" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E504" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>935</v>
+        <v>920</v>
       </c>
       <c r="G504" s="2" t="s">
-        <v>936</v>
+        <v>921</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B505" s="2" t="s">
-        <v>937</v>
+        <v>935</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>879</v>
+        <v>899</v>
       </c>
       <c r="D505" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E505" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="G505" s="2" t="s">
-        <v>936</v>
+        <v>921</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B506" s="2" t="s">
-        <v>938</v>
+        <v>937</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>939</v>
+        <v>893</v>
       </c>
       <c r="D506" s="2" t="s">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="E506" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>940</v>
+        <v>936</v>
       </c>
       <c r="G506" s="2" t="s">
-        <v>941</v>
+        <v>921</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B507" s="2" t="s">
-        <v>942</v>
+        <v>938</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>943</v>
+        <v>889</v>
       </c>
       <c r="D507" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E507" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>944</v>
+        <v>738</v>
       </c>
       <c r="G507" s="2" t="s">
-        <v>945</v>
+        <v>939</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B508" s="2" t="s">
+        <v>940</v>
+      </c>
+      <c r="C508" s="2" t="s">
+        <v>891</v>
+      </c>
+      <c r="D508" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E508" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F508" s="2" t="s">
+        <v>941</v>
+      </c>
+      <c r="G508" s="2" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="509" spans="1:8">
+      <c r="A509" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B509" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="C509" s="2" t="s">
+        <v>885</v>
+      </c>
+      <c r="D509" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E509" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F509" s="2" t="s">
+        <v>941</v>
+      </c>
+      <c r="G509" s="2" t="s">
+        <v>942</v>
+      </c>
+    </row>
+    <row r="510" spans="1:8">
+      <c r="A510" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B510" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="C510" s="2" t="s">
+        <v>945</v>
+      </c>
+      <c r="D510" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="E510" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F510" s="2" t="s">
         <v>946</v>
       </c>
-      <c r="C508" s="2" t="s">
+      <c r="G510" s="2" t="s">
         <v>947</v>
       </c>
-      <c r="D508" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F508" s="2" t="s">
+    </row>
+    <row r="511" spans="1:8">
+      <c r="A511" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B511" s="2" t="s">
         <v>948</v>
       </c>
-      <c r="G508" s="2" t="s">
+      <c r="C511" s="2" t="s">
         <v>949</v>
+      </c>
+      <c r="D511" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E511" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F511" s="2" t="s">
+        <v>950</v>
+      </c>
+      <c r="G511" s="2" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="512" spans="1:8">
+      <c r="A512" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B512" s="2" t="s">
+        <v>952</v>
+      </c>
+      <c r="C512" s="2" t="s">
+        <v>953</v>
+      </c>
+      <c r="D512" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E512" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F512" s="2" t="s">
+        <v>954</v>
+      </c>
+      <c r="G512" s="2" t="s">
+        <v>955</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -14997,31 +15107,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/07/2025 09:21:14</dc:description>
+  <dc:description>Export en date du 02/06/2026 01:26:08</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>