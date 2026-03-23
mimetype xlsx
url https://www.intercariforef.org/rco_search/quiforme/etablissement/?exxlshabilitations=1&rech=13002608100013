--- v2 (2026-02-06)
+++ v3 (2026-03-23)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="956">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="965">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP20136</t>
   </si>
   <si>
@@ -2525,50 +2525,77 @@
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41746</t>
   </si>
   <si>
     <t>31/08/2031</t>
   </si>
   <si>
     <t>RNCP41747</t>
   </si>
   <si>
     <t>RNCP41748</t>
   </si>
   <si>
     <t>RNCP41851</t>
   </si>
   <si>
     <t>30/06/2031</t>
+  </si>
+  <si>
+    <t>RNCP41930</t>
+  </si>
+  <si>
+    <t>RNCP41931</t>
+  </si>
+  <si>
+    <t>RNCP41946</t>
+  </si>
+  <si>
+    <t>RNCP41947</t>
+  </si>
+  <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
+    <t>RNCP42014</t>
+  </si>
+  <si>
+    <t>14/07/2031</t>
   </si>
   <si>
     <t>RS101</t>
   </si>
   <si>
     <t>BULATS - Linguaskill</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS1889</t>
   </si>
   <si>
     <t>Diplôme d'Etudiant Entrepreneur (D2E)</t>
   </si>
   <si>
     <t>RS2417</t>
   </si>
   <si>
     <t>Formation pour les personnels assurant les soins aux animaux - soins aux animaux d'expérimentation</t>
   </si>
   <si>
     <t>RS3807</t>
   </si>
@@ -3259,51 +3286,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H512"/>
+  <dimension ref="A1:H520"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -13819,1282 +13846,1466 @@
       </c>
       <c r="C458" s="2" t="s">
         <v>506</v>
       </c>
       <c r="D458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E458" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F458" s="2" t="s">
         <v>836</v>
       </c>
       <c r="G458" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B459" s="2" t="s">
         <v>837</v>
       </c>
       <c r="C459" s="2" t="s">
-        <v>838</v>
+        <v>536</v>
       </c>
       <c r="D459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E459" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F459" s="2" t="s">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="G459" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B460" s="2" t="s">
-        <v>840</v>
+        <v>838</v>
       </c>
       <c r="C460" s="2" t="s">
-        <v>841</v>
+        <v>150</v>
       </c>
       <c r="D460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E460" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F460" s="2" t="s">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="G460" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B461" s="2" t="s">
-        <v>842</v>
+        <v>839</v>
       </c>
       <c r="C461" s="2" t="s">
-        <v>843</v>
+        <v>162</v>
       </c>
       <c r="D461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E461" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F461" s="2" t="s">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="G461" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B462" s="2" t="s">
-        <v>844</v>
+        <v>840</v>
       </c>
       <c r="C462" s="2" t="s">
-        <v>845</v>
+        <v>530</v>
       </c>
       <c r="D462" s="2" t="s">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="E462" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F462" s="2" t="s">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="G462" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B463" s="2" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
       <c r="C463" s="2" t="s">
-        <v>847</v>
+        <v>532</v>
       </c>
       <c r="D463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E463" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F463" s="2" t="s">
-        <v>848</v>
+        <v>832</v>
       </c>
       <c r="G463" s="2" t="s">
-        <v>849</v>
+        <v>11</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B464" s="2" t="s">
-        <v>850</v>
+        <v>842</v>
       </c>
       <c r="C464" s="2" t="s">
-        <v>851</v>
+        <v>538</v>
       </c>
       <c r="D464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E464" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F464" s="2" t="s">
-        <v>848</v>
+        <v>832</v>
       </c>
       <c r="G464" s="2" t="s">
-        <v>849</v>
+        <v>11</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B465" s="2" t="s">
-        <v>852</v>
+        <v>843</v>
       </c>
       <c r="C465" s="2" t="s">
-        <v>853</v>
+        <v>528</v>
       </c>
       <c r="D465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E465" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F465" s="2" t="s">
-        <v>848</v>
+        <v>832</v>
       </c>
       <c r="G465" s="2" t="s">
-        <v>849</v>
+        <v>11</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B466" s="2" t="s">
-        <v>854</v>
+        <v>844</v>
       </c>
       <c r="C466" s="2" t="s">
-        <v>855</v>
+        <v>509</v>
       </c>
       <c r="D466" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E466" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F466" s="2" t="s">
-        <v>856</v>
+        <v>845</v>
       </c>
       <c r="G466" s="2" t="s">
-        <v>849</v>
+        <v>11</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B467" s="2" t="s">
-        <v>857</v>
+        <v>846</v>
       </c>
       <c r="C467" s="2" t="s">
-        <v>858</v>
+        <v>847</v>
       </c>
       <c r="D467" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E467" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F467" s="2" t="s">
-        <v>859</v>
+        <v>848</v>
       </c>
       <c r="G467" s="2" t="s">
-        <v>860</v>
+        <v>11</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B468" s="2" t="s">
-        <v>861</v>
+        <v>849</v>
       </c>
       <c r="C468" s="2" t="s">
-        <v>862</v>
+        <v>850</v>
       </c>
       <c r="D468" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E468" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F468" s="2" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
       <c r="G468" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B469" s="2" t="s">
-        <v>864</v>
+        <v>851</v>
       </c>
       <c r="C469" s="2" t="s">
-        <v>865</v>
+        <v>852</v>
       </c>
       <c r="D469" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E469" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F469" s="2" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
       <c r="G469" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B470" s="2" t="s">
-        <v>866</v>
+        <v>853</v>
       </c>
       <c r="C470" s="2" t="s">
-        <v>867</v>
+        <v>854</v>
       </c>
       <c r="D470" s="2" t="s">
-        <v>9</v>
+        <v>400</v>
       </c>
       <c r="E470" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F470" s="2" t="s">
-        <v>863</v>
+        <v>848</v>
       </c>
       <c r="G470" s="2" t="s">
-        <v>504</v>
+        <v>11</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B471" s="2" t="s">
-        <v>868</v>
+        <v>855</v>
       </c>
       <c r="C471" s="2" t="s">
-        <v>869</v>
+        <v>856</v>
       </c>
       <c r="D471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E471" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F471" s="2" t="s">
-        <v>863</v>
+        <v>857</v>
       </c>
       <c r="G471" s="2" t="s">
-        <v>504</v>
+        <v>858</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B472" s="2" t="s">
-        <v>870</v>
+        <v>859</v>
       </c>
       <c r="C472" s="2" t="s">
-        <v>871</v>
+        <v>860</v>
       </c>
       <c r="D472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E472" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F472" s="2" t="s">
-        <v>863</v>
+        <v>857</v>
       </c>
       <c r="G472" s="2" t="s">
-        <v>504</v>
+        <v>858</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B473" s="2" t="s">
-        <v>872</v>
+        <v>861</v>
       </c>
       <c r="C473" s="2" t="s">
-        <v>873</v>
+        <v>862</v>
       </c>
       <c r="D473" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E473" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F473" s="2" t="s">
-        <v>863</v>
+        <v>857</v>
       </c>
       <c r="G473" s="2" t="s">
-        <v>504</v>
+        <v>858</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B474" s="2" t="s">
-        <v>874</v>
+        <v>863</v>
       </c>
       <c r="C474" s="2" t="s">
-        <v>875</v>
+        <v>864</v>
       </c>
       <c r="D474" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E474" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F474" s="2" t="s">
-        <v>863</v>
+        <v>865</v>
       </c>
       <c r="G474" s="2" t="s">
-        <v>504</v>
+        <v>858</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B475" s="2" t="s">
-        <v>876</v>
+        <v>866</v>
       </c>
       <c r="C475" s="2" t="s">
-        <v>877</v>
+        <v>867</v>
       </c>
       <c r="D475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E475" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F475" s="2" t="s">
-        <v>863</v>
+        <v>868</v>
       </c>
       <c r="G475" s="2" t="s">
-        <v>504</v>
+        <v>869</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B476" s="2" t="s">
-        <v>878</v>
+        <v>870</v>
       </c>
       <c r="C476" s="2" t="s">
-        <v>879</v>
+        <v>871</v>
       </c>
       <c r="D476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E476" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F476" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G476" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B477" s="2" t="s">
-        <v>880</v>
+        <v>873</v>
       </c>
       <c r="C477" s="2" t="s">
-        <v>881</v>
+        <v>874</v>
       </c>
       <c r="D477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E477" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F477" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G477" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B478" s="2" t="s">
-        <v>882</v>
+        <v>875</v>
       </c>
       <c r="C478" s="2" t="s">
-        <v>883</v>
+        <v>876</v>
       </c>
       <c r="D478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E478" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F478" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G478" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B479" s="2" t="s">
-        <v>884</v>
+        <v>877</v>
       </c>
       <c r="C479" s="2" t="s">
-        <v>885</v>
+        <v>878</v>
       </c>
       <c r="D479" s="2" t="s">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="E479" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F479" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G479" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B480" s="2" t="s">
-        <v>886</v>
+        <v>879</v>
       </c>
       <c r="C480" s="2" t="s">
-        <v>887</v>
+        <v>880</v>
       </c>
       <c r="D480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E480" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F480" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G480" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B481" s="2" t="s">
-        <v>888</v>
+        <v>881</v>
       </c>
       <c r="C481" s="2" t="s">
-        <v>889</v>
+        <v>882</v>
       </c>
       <c r="D481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E481" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F481" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G481" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B482" s="2" t="s">
-        <v>890</v>
+        <v>883</v>
       </c>
       <c r="C482" s="2" t="s">
-        <v>891</v>
+        <v>884</v>
       </c>
       <c r="D482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E482" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F482" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G482" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B483" s="2" t="s">
-        <v>892</v>
+        <v>885</v>
       </c>
       <c r="C483" s="2" t="s">
-        <v>893</v>
+        <v>886</v>
       </c>
       <c r="D483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E483" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F483" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G483" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B484" s="2" t="s">
-        <v>894</v>
+        <v>887</v>
       </c>
       <c r="C484" s="2" t="s">
-        <v>895</v>
+        <v>888</v>
       </c>
       <c r="D484" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E484" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F484" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G484" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B485" s="2" t="s">
-        <v>896</v>
+        <v>889</v>
       </c>
       <c r="C485" s="2" t="s">
-        <v>897</v>
+        <v>890</v>
       </c>
       <c r="D485" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E485" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F485" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G485" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B486" s="2" t="s">
-        <v>898</v>
+        <v>891</v>
       </c>
       <c r="C486" s="2" t="s">
-        <v>899</v>
+        <v>892</v>
       </c>
       <c r="D486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E486" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F486" s="2" t="s">
-        <v>863</v>
+        <v>872</v>
       </c>
       <c r="G486" s="2" t="s">
         <v>504</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B487" s="2" t="s">
-        <v>900</v>
+        <v>893</v>
       </c>
       <c r="C487" s="2" t="s">
-        <v>901</v>
+        <v>894</v>
       </c>
       <c r="D487" s="2" t="s">
-        <v>9</v>
+        <v>400</v>
       </c>
       <c r="E487" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F487" s="2" t="s">
-        <v>902</v>
+        <v>872</v>
       </c>
       <c r="G487" s="2" t="s">
-        <v>903</v>
+        <v>504</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B488" s="2" t="s">
-        <v>904</v>
+        <v>895</v>
       </c>
       <c r="C488" s="2" t="s">
-        <v>905</v>
+        <v>896</v>
       </c>
       <c r="D488" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E488" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F488" s="2" t="s">
-        <v>906</v>
+        <v>872</v>
       </c>
       <c r="G488" s="2" t="s">
-        <v>907</v>
+        <v>504</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B489" s="2" t="s">
-        <v>908</v>
+        <v>897</v>
       </c>
       <c r="C489" s="2" t="s">
-        <v>909</v>
+        <v>898</v>
       </c>
       <c r="D489" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E489" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F489" s="2" t="s">
-        <v>910</v>
+        <v>872</v>
       </c>
       <c r="G489" s="2" t="s">
-        <v>911</v>
+        <v>504</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B490" s="2" t="s">
-        <v>912</v>
+        <v>899</v>
       </c>
       <c r="C490" s="2" t="s">
-        <v>913</v>
+        <v>900</v>
       </c>
       <c r="D490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E490" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F490" s="2" t="s">
-        <v>914</v>
+        <v>872</v>
       </c>
       <c r="G490" s="2" t="s">
-        <v>915</v>
+        <v>504</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B491" s="2" t="s">
-        <v>916</v>
+        <v>901</v>
       </c>
       <c r="C491" s="2" t="s">
-        <v>847</v>
+        <v>902</v>
       </c>
       <c r="D491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E491" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F491" s="2" t="s">
-        <v>917</v>
+        <v>872</v>
       </c>
       <c r="G491" s="2" t="s">
-        <v>918</v>
+        <v>504</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B492" s="2" t="s">
-        <v>919</v>
+        <v>903</v>
       </c>
       <c r="C492" s="2" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="D492" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E492" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F492" s="2" t="s">
-        <v>920</v>
+        <v>872</v>
       </c>
       <c r="G492" s="2" t="s">
-        <v>921</v>
+        <v>504</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B493" s="2" t="s">
-        <v>922</v>
+        <v>905</v>
       </c>
       <c r="C493" s="2" t="s">
-        <v>923</v>
+        <v>906</v>
       </c>
       <c r="D493" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E493" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F493" s="2" t="s">
-        <v>920</v>
+        <v>872</v>
       </c>
       <c r="G493" s="2" t="s">
-        <v>921</v>
+        <v>504</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B494" s="2" t="s">
-        <v>924</v>
+        <v>907</v>
       </c>
       <c r="C494" s="2" t="s">
-        <v>862</v>
+        <v>908</v>
       </c>
       <c r="D494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E494" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F494" s="2" t="s">
-        <v>920</v>
+        <v>872</v>
       </c>
       <c r="G494" s="2" t="s">
-        <v>921</v>
+        <v>504</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B495" s="2" t="s">
-        <v>925</v>
+        <v>909</v>
       </c>
       <c r="C495" s="2" t="s">
-        <v>869</v>
+        <v>910</v>
       </c>
       <c r="D495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E495" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F495" s="2" t="s">
-        <v>920</v>
+        <v>911</v>
       </c>
       <c r="G495" s="2" t="s">
-        <v>921</v>
+        <v>912</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B496" s="2" t="s">
-        <v>926</v>
+        <v>913</v>
       </c>
       <c r="C496" s="2" t="s">
-        <v>871</v>
+        <v>914</v>
       </c>
       <c r="D496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E496" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F496" s="2" t="s">
-        <v>920</v>
+        <v>915</v>
       </c>
       <c r="G496" s="2" t="s">
-        <v>921</v>
+        <v>916</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B497" s="2" t="s">
-        <v>927</v>
+        <v>917</v>
       </c>
       <c r="C497" s="2" t="s">
-        <v>875</v>
+        <v>918</v>
       </c>
       <c r="D497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E497" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F497" s="2" t="s">
+        <v>919</v>
+      </c>
+      <c r="G497" s="2" t="s">
         <v>920</v>
-      </c>
-[...1 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B498" s="2" t="s">
-        <v>928</v>
+        <v>921</v>
       </c>
       <c r="C498" s="2" t="s">
-        <v>881</v>
+        <v>922</v>
       </c>
       <c r="D498" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E498" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F498" s="2" t="s">
-        <v>920</v>
+        <v>923</v>
       </c>
       <c r="G498" s="2" t="s">
-        <v>921</v>
+        <v>924</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B499" s="2" t="s">
-        <v>929</v>
+        <v>925</v>
       </c>
       <c r="C499" s="2" t="s">
-        <v>883</v>
+        <v>856</v>
       </c>
       <c r="D499" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E499" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F499" s="2" t="s">
-        <v>920</v>
+        <v>926</v>
       </c>
       <c r="G499" s="2" t="s">
-        <v>921</v>
+        <v>927</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B500" s="2" t="s">
+        <v>928</v>
+      </c>
+      <c r="C500" s="2" t="s">
+        <v>904</v>
+      </c>
+      <c r="D500" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E500" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F500" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="G500" s="2" t="s">
         <v>930</v>
-      </c>
-[...13 lines deleted...]
-        <v>921</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B501" s="2" t="s">
         <v>931</v>
       </c>
       <c r="C501" s="2" t="s">
-        <v>877</v>
+        <v>932</v>
       </c>
       <c r="D501" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E501" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F501" s="2" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="G501" s="2" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B502" s="2" t="s">
-        <v>932</v>
+        <v>933</v>
       </c>
       <c r="C502" s="2" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="D502" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E502" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F502" s="2" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="G502" s="2" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B503" s="2" t="s">
-        <v>933</v>
+        <v>934</v>
       </c>
       <c r="C503" s="2" t="s">
-        <v>887</v>
+        <v>878</v>
       </c>
       <c r="D503" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E503" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F503" s="2" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="G503" s="2" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B504" s="2" t="s">
-        <v>934</v>
+        <v>935</v>
       </c>
       <c r="C504" s="2" t="s">
-        <v>897</v>
+        <v>880</v>
       </c>
       <c r="D504" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E504" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F504" s="2" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="G504" s="2" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B505" s="2" t="s">
-        <v>935</v>
+        <v>936</v>
       </c>
       <c r="C505" s="2" t="s">
-        <v>899</v>
+        <v>884</v>
       </c>
       <c r="D505" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E505" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F505" s="2" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="G505" s="2" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B506" s="2" t="s">
         <v>937</v>
       </c>
       <c r="C506" s="2" t="s">
-        <v>893</v>
+        <v>890</v>
       </c>
       <c r="D506" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E506" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F506" s="2" t="s">
-        <v>936</v>
+        <v>929</v>
       </c>
       <c r="G506" s="2" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B507" s="2" t="s">
         <v>938</v>
       </c>
       <c r="C507" s="2" t="s">
-        <v>889</v>
+        <v>892</v>
       </c>
       <c r="D507" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E507" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F507" s="2" t="s">
-        <v>738</v>
+        <v>929</v>
       </c>
       <c r="G507" s="2" t="s">
-        <v>939</v>
+        <v>930</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B508" s="2" t="s">
-        <v>940</v>
+        <v>939</v>
       </c>
       <c r="C508" s="2" t="s">
-        <v>891</v>
+        <v>882</v>
       </c>
       <c r="D508" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E508" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F508" s="2" t="s">
-        <v>941</v>
+        <v>929</v>
       </c>
       <c r="G508" s="2" t="s">
-        <v>942</v>
+        <v>930</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B509" s="2" t="s">
-        <v>943</v>
+        <v>940</v>
       </c>
       <c r="C509" s="2" t="s">
-        <v>885</v>
+        <v>886</v>
       </c>
       <c r="D509" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E509" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F509" s="2" t="s">
-        <v>941</v>
+        <v>929</v>
       </c>
       <c r="G509" s="2" t="s">
-        <v>942</v>
+        <v>930</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B510" s="2" t="s">
-        <v>944</v>
+        <v>941</v>
       </c>
       <c r="C510" s="2" t="s">
-        <v>945</v>
+        <v>876</v>
       </c>
       <c r="D510" s="2" t="s">
-        <v>400</v>
+        <v>9</v>
       </c>
       <c r="E510" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F510" s="2" t="s">
-        <v>946</v>
+        <v>929</v>
       </c>
       <c r="G510" s="2" t="s">
-        <v>947</v>
+        <v>930</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B511" s="2" t="s">
-        <v>948</v>
+        <v>942</v>
       </c>
       <c r="C511" s="2" t="s">
-        <v>949</v>
+        <v>896</v>
       </c>
       <c r="D511" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E511" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F511" s="2" t="s">
-        <v>950</v>
+        <v>929</v>
       </c>
       <c r="G511" s="2" t="s">
-        <v>951</v>
+        <v>930</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" s="1">
         <v>13002608100013</v>
       </c>
       <c r="B512" s="2" t="s">
+        <v>943</v>
+      </c>
+      <c r="C512" s="2" t="s">
+        <v>906</v>
+      </c>
+      <c r="D512" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E512" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F512" s="2" t="s">
+        <v>929</v>
+      </c>
+      <c r="G512" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="513" spans="1:8">
+      <c r="A513" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B513" s="2" t="s">
+        <v>944</v>
+      </c>
+      <c r="C513" s="2" t="s">
+        <v>908</v>
+      </c>
+      <c r="D513" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E513" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F513" s="2" t="s">
+        <v>945</v>
+      </c>
+      <c r="G513" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="514" spans="1:8">
+      <c r="A514" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B514" s="2" t="s">
+        <v>946</v>
+      </c>
+      <c r="C514" s="2" t="s">
+        <v>902</v>
+      </c>
+      <c r="D514" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E514" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F514" s="2" t="s">
+        <v>945</v>
+      </c>
+      <c r="G514" s="2" t="s">
+        <v>930</v>
+      </c>
+    </row>
+    <row r="515" spans="1:8">
+      <c r="A515" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B515" s="2" t="s">
+        <v>947</v>
+      </c>
+      <c r="C515" s="2" t="s">
+        <v>898</v>
+      </c>
+      <c r="D515" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E515" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F515" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="G515" s="2" t="s">
+        <v>948</v>
+      </c>
+    </row>
+    <row r="516" spans="1:8">
+      <c r="A516" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B516" s="2" t="s">
+        <v>949</v>
+      </c>
+      <c r="C516" s="2" t="s">
+        <v>900</v>
+      </c>
+      <c r="D516" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E516" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F516" s="2" t="s">
+        <v>950</v>
+      </c>
+      <c r="G516" s="2" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="517" spans="1:8">
+      <c r="A517" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B517" s="2" t="s">
         <v>952</v>
       </c>
-      <c r="C512" s="2" t="s">
+      <c r="C517" s="2" t="s">
+        <v>894</v>
+      </c>
+      <c r="D517" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E517" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F517" s="2" t="s">
+        <v>950</v>
+      </c>
+      <c r="G517" s="2" t="s">
+        <v>951</v>
+      </c>
+    </row>
+    <row r="518" spans="1:8">
+      <c r="A518" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B518" s="2" t="s">
         <v>953</v>
       </c>
-      <c r="D512" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F512" s="2" t="s">
+      <c r="C518" s="2" t="s">
         <v>954</v>
       </c>
-      <c r="G512" s="2" t="s">
+      <c r="D518" s="2" t="s">
+        <v>400</v>
+      </c>
+      <c r="E518" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F518" s="2" t="s">
         <v>955</v>
+      </c>
+      <c r="G518" s="2" t="s">
+        <v>956</v>
+      </c>
+    </row>
+    <row r="519" spans="1:8">
+      <c r="A519" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B519" s="2" t="s">
+        <v>957</v>
+      </c>
+      <c r="C519" s="2" t="s">
+        <v>958</v>
+      </c>
+      <c r="D519" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E519" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F519" s="2" t="s">
+        <v>959</v>
+      </c>
+      <c r="G519" s="2" t="s">
+        <v>960</v>
+      </c>
+    </row>
+    <row r="520" spans="1:8">
+      <c r="A520" s="1">
+        <v>13002608100013</v>
+      </c>
+      <c r="B520" s="2" t="s">
+        <v>961</v>
+      </c>
+      <c r="C520" s="2" t="s">
+        <v>962</v>
+      </c>
+      <c r="D520" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E520" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F520" s="2" t="s">
+        <v>963</v>
+      </c>
+      <c r="G520" s="2" t="s">
+        <v>964</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -15107,31 +15318,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/06/2026 01:26:08</dc:description>
+  <dc:description>Export en date du 03/23/2026 08:52:55</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>