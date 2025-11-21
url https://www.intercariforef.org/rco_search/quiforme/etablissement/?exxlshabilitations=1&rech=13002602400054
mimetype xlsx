--- v0 (2025-10-07)
+++ v1 (2025-11-21)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="593">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="627">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP13839</t>
   </si>
   <si>
@@ -1730,50 +1730,152 @@
     <t>RNCP40804</t>
   </si>
   <si>
     <t>RNCP40952</t>
   </si>
   <si>
     <t>31/08/2030</t>
   </si>
   <si>
     <t>RNCP40953</t>
   </si>
   <si>
     <t>RNCP40954</t>
   </si>
   <si>
     <t>RNCP41077</t>
   </si>
   <si>
     <t>MASTER Innovation, entreprise et société (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41168</t>
   </si>
   <si>
     <t>RNCP41256</t>
+  </si>
+  <si>
+    <t>RNCP41501</t>
+  </si>
+  <si>
+    <t>Titre ingénieur Ingénieur diplômé de l'université Paris X, spécialité mécanique</t>
+  </si>
+  <si>
+    <t>RNCP41556</t>
+  </si>
+  <si>
+    <t>RNCP41557</t>
+  </si>
+  <si>
+    <t>RNCP41558</t>
+  </si>
+  <si>
+    <t>RNCP41559</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41584</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Simulation numérique et réalité virtuelle</t>
+  </si>
+  <si>
+    <t>RNCP41585</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41594</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Mesures et analyses environnementales</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
   </si>
   <si>
     <t>RS5404</t>
   </si>
   <si>
     <t>CLES B2 Anglais - Certificat de compétences en langues de l'enseignement supérieur</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5405</t>
   </si>
   <si>
     <t>CLES B1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS5406</t>
   </si>
   <si>
     <t>CLES C1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
@@ -2170,51 +2272,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H317"/>
+  <dimension ref="A1:H337"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -9335,192 +9437,652 @@
       </c>
       <c r="F310" s="2" t="s">
         <v>501</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>572</v>
       </c>
       <c r="C311" s="2" t="s">
         <v>573</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>574</v>
+        <v>409</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>575</v>
+        <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>576</v>
+        <v>574</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>577</v>
+        <v>355</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>574</v>
+        <v>409</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>575</v>
+        <v>11</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>579</v>
+        <v>361</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>574</v>
+        <v>409</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>575</v>
+        <v>11</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>581</v>
+        <v>359</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>582</v>
+        <v>409</v>
       </c>
       <c r="G314" s="2" t="s">
-        <v>583</v>
+        <v>11</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>584</v>
+        <v>577</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>573</v>
+        <v>357</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>585</v>
+        <v>409</v>
       </c>
       <c r="G315" s="2" t="s">
-        <v>586</v>
+        <v>11</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>587</v>
+        <v>578</v>
       </c>
       <c r="C316" s="2" t="s">
         <v>579</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>585</v>
+        <v>409</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>586</v>
+        <v>11</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B317" s="2" t="s">
+        <v>580</v>
+      </c>
+      <c r="C317" s="2" t="s">
+        <v>581</v>
+      </c>
+      <c r="D317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E317" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F317" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G317" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="318" spans="1:8">
+      <c r="A318" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B318" s="2" t="s">
+        <v>582</v>
+      </c>
+      <c r="C318" s="2" t="s">
+        <v>583</v>
+      </c>
+      <c r="D318" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E318" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F318" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G318" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="319" spans="1:8">
+      <c r="A319" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B319" s="2" t="s">
+        <v>584</v>
+      </c>
+      <c r="C319" s="2" t="s">
+        <v>585</v>
+      </c>
+      <c r="D319" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E319" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F319" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G319" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="320" spans="1:8">
+      <c r="A320" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B320" s="2" t="s">
+        <v>586</v>
+      </c>
+      <c r="C320" s="2" t="s">
+        <v>587</v>
+      </c>
+      <c r="D320" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E320" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F320" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G320" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="321" spans="1:8">
+      <c r="A321" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B321" s="2" t="s">
         <v>588</v>
       </c>
-      <c r="C317" s="2" t="s">
+      <c r="C321" s="2" t="s">
         <v>589</v>
       </c>
-      <c r="D317" s="2" t="s">
+      <c r="D321" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E321" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F321" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G321" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="322" spans="1:8">
+      <c r="A322" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B322" s="2" t="s">
         <v>590</v>
       </c>
-      <c r="E317" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F317" s="2" t="s">
+      <c r="C322" s="2" t="s">
         <v>591</v>
       </c>
-      <c r="G317" s="2" t="s">
+      <c r="D322" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E322" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F322" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G322" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="323" spans="1:8">
+      <c r="A323" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B323" s="2" t="s">
         <v>592</v>
+      </c>
+      <c r="C323" s="2" t="s">
+        <v>593</v>
+      </c>
+      <c r="D323" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E323" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F323" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G323" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="324" spans="1:8">
+      <c r="A324" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B324" s="2" t="s">
+        <v>594</v>
+      </c>
+      <c r="C324" s="2" t="s">
+        <v>595</v>
+      </c>
+      <c r="D324" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E324" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F324" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G324" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="325" spans="1:8">
+      <c r="A325" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B325" s="2" t="s">
+        <v>596</v>
+      </c>
+      <c r="C325" s="2" t="s">
+        <v>597</v>
+      </c>
+      <c r="D325" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E325" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F325" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G325" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="326" spans="1:8">
+      <c r="A326" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B326" s="2" t="s">
+        <v>598</v>
+      </c>
+      <c r="C326" s="2" t="s">
+        <v>347</v>
+      </c>
+      <c r="D326" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E326" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F326" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G326" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="327" spans="1:8">
+      <c r="A327" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B327" s="2" t="s">
+        <v>599</v>
+      </c>
+      <c r="C327" s="2" t="s">
+        <v>345</v>
+      </c>
+      <c r="D327" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E327" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F327" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G327" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="328" spans="1:8">
+      <c r="A328" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B328" s="2" t="s">
+        <v>600</v>
+      </c>
+      <c r="C328" s="2" t="s">
+        <v>601</v>
+      </c>
+      <c r="D328" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E328" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F328" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G328" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="329" spans="1:8">
+      <c r="A329" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B329" s="2" t="s">
+        <v>602</v>
+      </c>
+      <c r="C329" s="2" t="s">
+        <v>603</v>
+      </c>
+      <c r="D329" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E329" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F329" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G329" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="330" spans="1:8">
+      <c r="A330" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B330" s="2" t="s">
+        <v>604</v>
+      </c>
+      <c r="C330" s="2" t="s">
+        <v>605</v>
+      </c>
+      <c r="D330" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E330" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F330" s="2" t="s">
+        <v>409</v>
+      </c>
+      <c r="G330" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="331" spans="1:8">
+      <c r="A331" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B331" s="2" t="s">
+        <v>606</v>
+      </c>
+      <c r="C331" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="D331" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E331" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F331" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="G331" s="2" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="332" spans="1:8">
+      <c r="A332" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B332" s="2" t="s">
+        <v>610</v>
+      </c>
+      <c r="C332" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="D332" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E332" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F332" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="G332" s="2" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="333" spans="1:8">
+      <c r="A333" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B333" s="2" t="s">
+        <v>612</v>
+      </c>
+      <c r="C333" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="D333" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E333" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F333" s="2" t="s">
+        <v>608</v>
+      </c>
+      <c r="G333" s="2" t="s">
+        <v>609</v>
+      </c>
+    </row>
+    <row r="334" spans="1:8">
+      <c r="A334" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B334" s="2" t="s">
+        <v>614</v>
+      </c>
+      <c r="C334" s="2" t="s">
+        <v>615</v>
+      </c>
+      <c r="D334" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E334" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F334" s="2" t="s">
+        <v>616</v>
+      </c>
+      <c r="G334" s="2" t="s">
+        <v>617</v>
+      </c>
+    </row>
+    <row r="335" spans="1:8">
+      <c r="A335" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B335" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="C335" s="2" t="s">
+        <v>607</v>
+      </c>
+      <c r="D335" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E335" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F335" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="G335" s="2" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="336" spans="1:8">
+      <c r="A336" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B336" s="2" t="s">
+        <v>621</v>
+      </c>
+      <c r="C336" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="D336" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E336" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F336" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="G336" s="2" t="s">
+        <v>620</v>
+      </c>
+    </row>
+    <row r="337" spans="1:8">
+      <c r="A337" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B337" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="C337" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="D337" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="E337" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F337" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="G337" s="2" t="s">
+        <v>626</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -9533,31 +10095,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/07/2025 09:48:32</dc:description>
+  <dc:description>Export en date du 11/21/2025 15:46:56</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>