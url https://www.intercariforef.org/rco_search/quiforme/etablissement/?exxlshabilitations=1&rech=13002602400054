--- v1 (2025-11-21)
+++ v2 (2026-01-08)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="627">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="643">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP13839</t>
   </si>
   <si>
@@ -1732,50 +1732,59 @@
   <si>
     <t>RNCP40952</t>
   </si>
   <si>
     <t>31/08/2030</t>
   </si>
   <si>
     <t>RNCP40953</t>
   </si>
   <si>
     <t>RNCP40954</t>
   </si>
   <si>
     <t>RNCP41077</t>
   </si>
   <si>
     <t>MASTER Innovation, entreprise et société (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41168</t>
   </si>
   <si>
     <t>RNCP41256</t>
   </si>
   <si>
+    <t>RNCP41348</t>
+  </si>
+  <si>
+    <t>24/09/2028</t>
+  </si>
+  <si>
+    <t>24/09/2025</t>
+  </si>
+  <si>
     <t>RNCP41501</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'université Paris X, spécialité mécanique</t>
   </si>
   <si>
     <t>RNCP41556</t>
   </si>
   <si>
     <t>RNCP41557</t>
   </si>
   <si>
     <t>RNCP41558</t>
   </si>
   <si>
     <t>RNCP41559</t>
   </si>
   <si>
     <t>RNCP41562</t>
   </si>
   <si>
     <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
   </si>
   <si>
     <t>RNCP41563</t>
@@ -1832,50 +1841,89 @@
     <t>BUT Génie mécanique et productique : Simulation numérique et réalité virtuelle</t>
   </si>
   <si>
     <t>RNCP41585</t>
   </si>
   <si>
     <t>RNCP41588</t>
   </si>
   <si>
     <t>RNCP41593</t>
   </si>
   <si>
     <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
   </si>
   <si>
     <t>RNCP41594</t>
   </si>
   <si>
     <t>BUT Mesures physiques : Mesures et analyses environnementales</t>
   </si>
   <si>
     <t>RNCP41595</t>
   </si>
   <si>
     <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>RNCP41719</t>
+  </si>
+  <si>
+    <t>Concepteur développeur de solutions blockchain</t>
+  </si>
+  <si>
+    <t>27/10/2028</t>
+  </si>
+  <si>
+    <t>27/10/2025</t>
   </si>
   <si>
     <t>RS5404</t>
   </si>
   <si>
     <t>CLES B2 Anglais - Certificat de compétences en langues de l'enseignement supérieur</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5405</t>
   </si>
   <si>
     <t>CLES B1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS5406</t>
   </si>
   <si>
     <t>CLES C1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
@@ -2272,51 +2320,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H337"/>
+  <dimension ref="A1:H344"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -9428,661 +9476,822 @@
       </c>
       <c r="C310" s="2" t="s">
         <v>238</v>
       </c>
       <c r="D310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F310" s="2" t="s">
         <v>501</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B311" s="2" t="s">
         <v>572</v>
       </c>
       <c r="C311" s="2" t="s">
+        <v>404</v>
+      </c>
+      <c r="D311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E311" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F311" s="2" t="s">
         <v>573</v>
       </c>
-      <c r="D311" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G311" s="2" t="s">
-        <v>11</v>
+        <v>574</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>355</v>
+        <v>576</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>361</v>
+        <v>355</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F314" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>577</v>
+        <v>579</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>357</v>
+        <v>359</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F315" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>578</v>
+        <v>580</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>579</v>
+        <v>357</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F317" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="D320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F320" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="D321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F321" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F322" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F323" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B324" s="2" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F324" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="D325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F325" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G325" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>347</v>
+        <v>600</v>
       </c>
       <c r="D326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F326" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G326" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>599</v>
+        <v>601</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>345</v>
+        <v>347</v>
       </c>
       <c r="D327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F327" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>600</v>
+        <v>602</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>601</v>
+        <v>345</v>
       </c>
       <c r="D328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F328" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="D329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F329" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G329" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F330" s="2" t="s">
         <v>409</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>608</v>
+        <v>409</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>609</v>
+        <v>11</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B332" s="2" t="s">
+        <v>609</v>
+      </c>
+      <c r="C332" s="2" t="s">
         <v>610</v>
       </c>
-      <c r="C332" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>608</v>
+        <v>409</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>609</v>
+        <v>11</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B333" s="2" t="s">
+        <v>611</v>
+      </c>
+      <c r="C333" s="2" t="s">
         <v>612</v>
       </c>
-      <c r="C333" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>608</v>
+        <v>409</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>609</v>
+        <v>11</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B334" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="C334" s="2" t="s">
         <v>614</v>
       </c>
-      <c r="C334" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>616</v>
+        <v>409</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>617</v>
+        <v>11</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>618</v>
+        <v>615</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>607</v>
+        <v>616</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>619</v>
+        <v>409</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>620</v>
+        <v>11</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>613</v>
+        <v>320</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>619</v>
+        <v>409</v>
       </c>
       <c r="G336" s="2" t="s">
-        <v>620</v>
+        <v>11</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B337" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="C337" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="D337" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E337" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F337" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="G337" s="2" t="s">
+        <v>621</v>
+      </c>
+    </row>
+    <row r="338" spans="1:8">
+      <c r="A338" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B338" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="C337" s="2" t="s">
+      <c r="C338" s="2" t="s">
         <v>623</v>
       </c>
-      <c r="D337" s="2" t="s">
+      <c r="D338" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E338" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F338" s="2" t="s">
         <v>624</v>
       </c>
-      <c r="E337" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F337" s="2" t="s">
+      <c r="G338" s="2" t="s">
         <v>625</v>
       </c>
-      <c r="G337" s="2" t="s">
+    </row>
+    <row r="339" spans="1:8">
+      <c r="A339" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B339" s="2" t="s">
         <v>626</v>
+      </c>
+      <c r="C339" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="D339" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E339" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F339" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="G339" s="2" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="340" spans="1:8">
+      <c r="A340" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B340" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="C340" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="D340" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E340" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F340" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="G340" s="2" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B341" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="C341" s="2" t="s">
+        <v>631</v>
+      </c>
+      <c r="D341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F341" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="G341" s="2" t="s">
+        <v>633</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B342" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="C342" s="2" t="s">
+        <v>623</v>
+      </c>
+      <c r="D342" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E342" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F342" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="G342" s="2" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B343" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="C343" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="D343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F343" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="G343" s="2" t="s">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B344" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="C344" s="2" t="s">
+        <v>639</v>
+      </c>
+      <c r="D344" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="E344" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="G344" s="2" t="s">
+        <v>642</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -10095,31 +10304,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/21/2025 15:46:56</dc:description>
+  <dc:description>Export en date du 01/08/2026 20:22:06</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>