--- v2 (2026-01-08)
+++ v3 (2026-02-24)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="643">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="648">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP13839</t>
   </si>
   <si>
@@ -1880,50 +1880,65 @@
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP41719</t>
   </si>
   <si>
     <t>Concepteur développeur de solutions blockchain</t>
   </si>
   <si>
     <t>27/10/2028</t>
   </si>
   <si>
     <t>27/10/2025</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
+  </si>
+  <si>
+    <t>RNCP41930</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41935</t>
   </si>
   <si>
     <t>RS5404</t>
   </si>
   <si>
     <t>CLES B2 Anglais - Certificat de compétences en langues de l'enseignement supérieur</t>
   </si>
   <si>
     <t>19/04/2024</t>
   </si>
   <si>
     <t>19/04/2021</t>
   </si>
   <si>
     <t>RS5405</t>
   </si>
   <si>
     <t>CLES B1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
   <si>
     <t>RS5406</t>
   </si>
   <si>
     <t>CLES C1 Anglais - Certificat de compétences en langues de l’enseignement supérieur</t>
   </si>
@@ -2320,51 +2335,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H344"/>
+  <dimension ref="A1:H347"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -10097,201 +10112,270 @@
       </c>
       <c r="C337" s="2" t="s">
         <v>619</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F337" s="2" t="s">
         <v>620</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>621</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B338" s="2" t="s">
         <v>622</v>
       </c>
       <c r="C338" s="2" t="s">
+        <v>363</v>
+      </c>
+      <c r="D338" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E338" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F338" s="2" t="s">
         <v>623</v>
       </c>
-      <c r="D338" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G338" s="2" t="s">
-        <v>625</v>
+        <v>11</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>626</v>
+        <v>624</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>627</v>
+        <v>391</v>
       </c>
       <c r="D339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>625</v>
+        <v>11</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>628</v>
+        <v>626</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>629</v>
+        <v>389</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="G340" s="2" t="s">
-        <v>625</v>
+        <v>11</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B341" s="2" t="s">
+        <v>627</v>
+      </c>
+      <c r="C341" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="D341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F341" s="2" t="s">
+        <v>629</v>
+      </c>
+      <c r="G341" s="2" t="s">
         <v>630</v>
-      </c>
-[...13 lines deleted...]
-        <v>633</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>623</v>
+        <v>632</v>
       </c>
       <c r="D342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="G342" s="2" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B343" s="2" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="C343" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="D343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F343" s="2" t="s">
         <v>629</v>
       </c>
-      <c r="D343" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G343" s="2" t="s">
-        <v>636</v>
+        <v>630</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1">
         <v>13002602400054</v>
       </c>
       <c r="B344" s="2" t="s">
+        <v>635</v>
+      </c>
+      <c r="C344" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="D344" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E344" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>637</v>
+      </c>
+      <c r="G344" s="2" t="s">
         <v>638</v>
       </c>
-      <c r="C344" s="2" t="s">
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B345" s="2" t="s">
         <v>639</v>
       </c>
-      <c r="D344" s="2" t="s">
+      <c r="C345" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="D345" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E345" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F345" s="2" t="s">
         <v>640</v>
       </c>
-      <c r="E344" s="2" t="s">
-[...2 lines deleted...]
-      <c r="F344" s="2" t="s">
+      <c r="G345" s="2" t="s">
         <v>641</v>
       </c>
-      <c r="G344" s="2" t="s">
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B346" s="2" t="s">
         <v>642</v>
+      </c>
+      <c r="C346" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="D346" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E346" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F346" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="G346" s="2" t="s">
+        <v>641</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" s="1">
+        <v>13002602400054</v>
+      </c>
+      <c r="B347" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="C347" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="D347" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="E347" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F347" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="G347" s="2" t="s">
+        <v>647</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -10304,31 +10388,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 01/08/2026 20:22:06</dc:description>
+  <dc:description>Export en date du 02/24/2026 10:36:09</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>