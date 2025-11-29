--- v0 (2025-10-15)
+++ v1 (2025-11-29)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="659">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="701">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP15159</t>
   </si>
   <si>
@@ -1691,50 +1691,176 @@
     <t>RNCP40740</t>
   </si>
   <si>
     <t>RNCP40806</t>
   </si>
   <si>
     <t>LICENCE Mathématiques et informatique appliquées aux sciences humaines et sociales (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40832</t>
   </si>
   <si>
     <t>RNCP40979</t>
   </si>
   <si>
     <t>RNCP41077</t>
   </si>
   <si>
     <t>MASTER Innovation, entreprise et société (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP41079</t>
   </si>
   <si>
     <t>MASTER Humanités et industries créatives (fiche nationale)</t>
+  </si>
+  <si>
+    <t>RNCP41383</t>
+  </si>
+  <si>
+    <t>31/08/2030</t>
+  </si>
+  <si>
+    <t>RNCP41542</t>
+  </si>
+  <si>
+    <t>RNCP41544</t>
+  </si>
+  <si>
+    <t>RNCP41551</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Animation sociale et socioculturelle</t>
+  </si>
+  <si>
+    <t>RNCP41554</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Éducation spécialisée</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41607</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la production</t>
+  </si>
+  <si>
+    <t>RNCP41609</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Organisation et supply chain</t>
+  </si>
+  <si>
+    <t>RNCP41610</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Qualité et management intégré</t>
+  </si>
+  <si>
+    <t>RNCP41611</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Cybersécurité</t>
+  </si>
+  <si>
+    <t>RNCP41613</t>
+  </si>
+  <si>
+    <t>BUT Réseaux &amp; télécommunications : Internet des objets et mobilité</t>
+  </si>
+  <si>
+    <t>RNCP41616</t>
+  </si>
+  <si>
+    <t>BUT Science des données : Exploration et modélisation statistique</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP4809</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'Ecole polytechnique de l’Université Côte d'Azur, spécialité Génie biologique</t>
   </si>
   <si>
     <t>01/09/2017</t>
   </si>
   <si>
     <t>RNCP4813</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'Ecole polytechnique de l'Université Côte d'Azur, spécialité Mathématiques appliquées et modélisation</t>
   </si>
   <si>
     <t>31/08/2015</t>
   </si>
   <si>
     <t>RNCP9245</t>
   </si>
   <si>
     <t>MASTER Master Domaine : “ Sciences Humaines et Sociales ” - Mention : “ Ethnologie” (Master à finalité Recherche et Professionnelle)</t>
   </si>
@@ -2368,51 +2494,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H340"/>
+  <dimension ref="A1:H363"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -9087,1167 +9213,1696 @@
       </c>
       <c r="C291" s="2" t="s">
         <v>558</v>
       </c>
       <c r="D291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E291" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F291" s="2" t="s">
         <v>509</v>
       </c>
       <c r="G291" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B292" s="2" t="s">
         <v>559</v>
       </c>
       <c r="C292" s="2" t="s">
+        <v>346</v>
+      </c>
+      <c r="D292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E292" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F292" s="2" t="s">
         <v>560</v>
-      </c>
-[...7 lines deleted...]
-        <v>561</v>
       </c>
       <c r="G292" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B293" s="2" t="s">
-        <v>562</v>
+        <v>561</v>
       </c>
       <c r="C293" s="2" t="s">
-        <v>563</v>
+        <v>318</v>
       </c>
       <c r="D293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E293" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F293" s="2" t="s">
-        <v>564</v>
+        <v>400</v>
       </c>
       <c r="G293" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B294" s="2" t="s">
-        <v>565</v>
+        <v>562</v>
       </c>
       <c r="C294" s="2" t="s">
-        <v>566</v>
+        <v>316</v>
       </c>
       <c r="D294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E294" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F294" s="2" t="s">
-        <v>27</v>
+        <v>400</v>
       </c>
       <c r="G294" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B295" s="2" t="s">
-        <v>567</v>
+        <v>563</v>
       </c>
       <c r="C295" s="2" t="s">
-        <v>568</v>
+        <v>564</v>
       </c>
       <c r="D295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E295" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F295" s="2" t="s">
-        <v>27</v>
+        <v>400</v>
       </c>
       <c r="G295" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B296" s="2" t="s">
-        <v>569</v>
+        <v>565</v>
       </c>
       <c r="C296" s="2" t="s">
         <v>566</v>
       </c>
       <c r="D296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E296" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F296" s="2" t="s">
-        <v>27</v>
+        <v>400</v>
       </c>
       <c r="G296" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B297" s="2" t="s">
-        <v>570</v>
+        <v>567</v>
       </c>
       <c r="C297" s="2" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="D297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E297" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F297" s="2" t="s">
-        <v>572</v>
+        <v>400</v>
       </c>
       <c r="G297" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B298" s="2" t="s">
-        <v>573</v>
+        <v>569</v>
       </c>
       <c r="C298" s="2" t="s">
-        <v>574</v>
+        <v>570</v>
       </c>
       <c r="D298" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E298" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F298" s="2" t="s">
-        <v>572</v>
+        <v>400</v>
       </c>
       <c r="G298" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B299" s="2" t="s">
-        <v>575</v>
+        <v>571</v>
       </c>
       <c r="C299" s="2" t="s">
-        <v>576</v>
+        <v>572</v>
       </c>
       <c r="D299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E299" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F299" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G299" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B300" s="2" t="s">
-        <v>579</v>
+        <v>573</v>
       </c>
       <c r="C300" s="2" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="D300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E300" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F300" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G300" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B301" s="2" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="C301" s="2" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="D301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E301" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F301" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G301" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B302" s="2" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="C302" s="2" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="D302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E302" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F302" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G302" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B303" s="2" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="C303" s="2" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="D303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E303" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F303" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G303" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B304" s="2" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="C304" s="2" t="s">
-        <v>588</v>
+        <v>340</v>
       </c>
       <c r="D304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E304" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F304" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G304" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B305" s="2" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="C305" s="2" t="s">
-        <v>590</v>
+        <v>583</v>
       </c>
       <c r="D305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E305" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F305" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G305" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B306" s="2" t="s">
-        <v>591</v>
+        <v>584</v>
       </c>
       <c r="C306" s="2" t="s">
-        <v>592</v>
+        <v>585</v>
       </c>
       <c r="D306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E306" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F306" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G306" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B307" s="2" t="s">
-        <v>593</v>
+        <v>586</v>
       </c>
       <c r="C307" s="2" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="D307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E307" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F307" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G307" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B308" s="2" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="C308" s="2" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F308" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G308" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B309" s="2" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
       <c r="D309" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G309" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>599</v>
+        <v>592</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>600</v>
+        <v>593</v>
       </c>
       <c r="D310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G310" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>601</v>
+        <v>594</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>602</v>
+        <v>595</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G311" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B312" s="2" t="s">
-        <v>603</v>
+        <v>596</v>
       </c>
       <c r="C312" s="2" t="s">
-        <v>604</v>
+        <v>597</v>
       </c>
       <c r="D312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E312" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F312" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G312" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>605</v>
+        <v>598</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>606</v>
+        <v>599</v>
       </c>
       <c r="D313" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G313" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>608</v>
+        <v>314</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>577</v>
+        <v>400</v>
       </c>
       <c r="G314" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>609</v>
+        <v>601</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>610</v>
+        <v>602</v>
       </c>
       <c r="D315" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>577</v>
+        <v>603</v>
       </c>
       <c r="G315" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>611</v>
+        <v>604</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>612</v>
+        <v>605</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>577</v>
+        <v>606</v>
       </c>
       <c r="G316" s="2" t="s">
-        <v>578</v>
+        <v>12</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>613</v>
+        <v>607</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>614</v>
+        <v>608</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>615</v>
+        <v>27</v>
       </c>
       <c r="G317" s="2" t="s">
-        <v>616</v>
+        <v>12</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>619</v>
+        <v>27</v>
       </c>
       <c r="G318" s="2" t="s">
-        <v>620</v>
+        <v>12</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>621</v>
+        <v>611</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>622</v>
+        <v>608</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>623</v>
+        <v>27</v>
       </c>
       <c r="G319" s="2" t="s">
-        <v>624</v>
+        <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="D320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>626</v>
+        <v>614</v>
       </c>
       <c r="G320" s="2" t="s">
-        <v>627</v>
+        <v>12</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>628</v>
+        <v>615</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>629</v>
+        <v>616</v>
       </c>
       <c r="D321" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>626</v>
+        <v>614</v>
       </c>
       <c r="G321" s="2" t="s">
-        <v>627</v>
+        <v>12</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>630</v>
+        <v>617</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>576</v>
+        <v>618</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="G322" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>584</v>
+        <v>622</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="G323" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B324" s="2" t="s">
-        <v>632</v>
+        <v>623</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>586</v>
+        <v>624</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="G324" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>590</v>
+        <v>626</v>
       </c>
       <c r="D325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="G325" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>634</v>
+        <v>627</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>594</v>
+        <v>628</v>
       </c>
       <c r="D326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>635</v>
+        <v>629</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>596</v>
+        <v>630</v>
       </c>
       <c r="D327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>636</v>
+        <v>631</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>588</v>
+        <v>632</v>
       </c>
       <c r="D328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="G328" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>592</v>
+        <v>634</v>
       </c>
       <c r="D329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="G329" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>582</v>
+        <v>636</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>626</v>
+        <v>619</v>
       </c>
       <c r="G330" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>639</v>
+        <v>637</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>600</v>
+        <v>638</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>640</v>
+        <v>619</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>641</v>
+        <v>639</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>612</v>
+        <v>640</v>
       </c>
       <c r="D332" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>640</v>
+        <v>619</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B333" s="2" t="s">
+        <v>641</v>
+      </c>
+      <c r="C333" s="2" t="s">
         <v>642</v>
       </c>
-      <c r="C333" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>640</v>
+        <v>619</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>627</v>
+        <v>620</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B334" s="2" t="s">
         <v>643</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>610</v>
+        <v>644</v>
       </c>
       <c r="D334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>644</v>
+        <v>619</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>645</v>
+        <v>620</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B335" s="2" t="s">
+        <v>645</v>
+      </c>
+      <c r="C335" s="2" t="s">
         <v>646</v>
       </c>
-      <c r="C335" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>644</v>
+        <v>619</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>645</v>
+        <v>620</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B336" s="2" t="s">
         <v>647</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>598</v>
+        <v>648</v>
       </c>
       <c r="D336" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>644</v>
+        <v>619</v>
       </c>
       <c r="G336" s="2" t="s">
-        <v>645</v>
+        <v>620</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>606</v>
+        <v>650</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>644</v>
+        <v>619</v>
       </c>
       <c r="G337" s="2" t="s">
-        <v>645</v>
+        <v>620</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="D338" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>651</v>
+        <v>619</v>
       </c>
       <c r="G338" s="2" t="s">
-        <v>652</v>
+        <v>620</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B339" s="2" t="s">
         <v>653</v>
       </c>
       <c r="C339" s="2" t="s">
         <v>654</v>
       </c>
       <c r="D339" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>655</v>
+        <v>619</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>656</v>
+        <v>620</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B340" s="2" t="s">
+        <v>655</v>
+      </c>
+      <c r="C340" s="2" t="s">
+        <v>656</v>
+      </c>
+      <c r="D340" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E340" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F340" s="2" t="s">
         <v>657</v>
       </c>
-      <c r="C340" s="2" t="s">
+      <c r="G340" s="2" t="s">
         <v>658</v>
       </c>
-      <c r="D340" s="2" t="s">
-[...9 lines deleted...]
-        <v>656</v>
+    </row>
+    <row r="341" spans="1:8">
+      <c r="A341" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B341" s="2" t="s">
+        <v>659</v>
+      </c>
+      <c r="C341" s="2" t="s">
+        <v>660</v>
+      </c>
+      <c r="D341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F341" s="2" t="s">
+        <v>661</v>
+      </c>
+      <c r="G341" s="2" t="s">
+        <v>662</v>
+      </c>
+    </row>
+    <row r="342" spans="1:8">
+      <c r="A342" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B342" s="2" t="s">
+        <v>663</v>
+      </c>
+      <c r="C342" s="2" t="s">
+        <v>664</v>
+      </c>
+      <c r="D342" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E342" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F342" s="2" t="s">
+        <v>665</v>
+      </c>
+      <c r="G342" s="2" t="s">
+        <v>666</v>
+      </c>
+    </row>
+    <row r="343" spans="1:8">
+      <c r="A343" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B343" s="2" t="s">
+        <v>667</v>
+      </c>
+      <c r="C343" s="2" t="s">
+        <v>650</v>
+      </c>
+      <c r="D343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E343" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F343" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G343" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="344" spans="1:8">
+      <c r="A344" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B344" s="2" t="s">
+        <v>670</v>
+      </c>
+      <c r="C344" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="D344" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E344" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F344" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G344" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="345" spans="1:8">
+      <c r="A345" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B345" s="2" t="s">
+        <v>672</v>
+      </c>
+      <c r="C345" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="D345" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E345" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F345" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G345" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="346" spans="1:8">
+      <c r="A346" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B346" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="C346" s="2" t="s">
+        <v>626</v>
+      </c>
+      <c r="D346" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E346" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F346" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G346" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="347" spans="1:8">
+      <c r="A347" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B347" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="C347" s="2" t="s">
+        <v>628</v>
+      </c>
+      <c r="D347" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E347" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F347" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G347" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="348" spans="1:8">
+      <c r="A348" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B348" s="2" t="s">
+        <v>675</v>
+      </c>
+      <c r="C348" s="2" t="s">
+        <v>632</v>
+      </c>
+      <c r="D348" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E348" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F348" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G348" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="349" spans="1:8">
+      <c r="A349" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B349" s="2" t="s">
+        <v>676</v>
+      </c>
+      <c r="C349" s="2" t="s">
+        <v>636</v>
+      </c>
+      <c r="D349" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E349" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F349" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G349" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="350" spans="1:8">
+      <c r="A350" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B350" s="2" t="s">
+        <v>677</v>
+      </c>
+      <c r="C350" s="2" t="s">
+        <v>638</v>
+      </c>
+      <c r="D350" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E350" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F350" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G350" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="351" spans="1:8">
+      <c r="A351" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B351" s="2" t="s">
+        <v>678</v>
+      </c>
+      <c r="C351" s="2" t="s">
+        <v>630</v>
+      </c>
+      <c r="D351" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E351" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F351" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G351" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="352" spans="1:8">
+      <c r="A352" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B352" s="2" t="s">
+        <v>679</v>
+      </c>
+      <c r="C352" s="2" t="s">
+        <v>634</v>
+      </c>
+      <c r="D352" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E352" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F352" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G352" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="353" spans="1:8">
+      <c r="A353" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B353" s="2" t="s">
+        <v>680</v>
+      </c>
+      <c r="C353" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="D353" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E353" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F353" s="2" t="s">
+        <v>668</v>
+      </c>
+      <c r="G353" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="354" spans="1:8">
+      <c r="A354" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B354" s="2" t="s">
+        <v>681</v>
+      </c>
+      <c r="C354" s="2" t="s">
+        <v>642</v>
+      </c>
+      <c r="D354" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E354" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F354" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="G354" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="355" spans="1:8">
+      <c r="A355" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B355" s="2" t="s">
+        <v>683</v>
+      </c>
+      <c r="C355" s="2" t="s">
+        <v>654</v>
+      </c>
+      <c r="D355" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E355" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F355" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="G355" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="356" spans="1:8">
+      <c r="A356" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B356" s="2" t="s">
+        <v>684</v>
+      </c>
+      <c r="C356" s="2" t="s">
+        <v>646</v>
+      </c>
+      <c r="D356" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E356" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F356" s="2" t="s">
+        <v>682</v>
+      </c>
+      <c r="G356" s="2" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="357" spans="1:8">
+      <c r="A357" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B357" s="2" t="s">
+        <v>685</v>
+      </c>
+      <c r="C357" s="2" t="s">
+        <v>652</v>
+      </c>
+      <c r="D357" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E357" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F357" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="G357" s="2" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="358" spans="1:8">
+      <c r="A358" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B358" s="2" t="s">
+        <v>688</v>
+      </c>
+      <c r="C358" s="2" t="s">
+        <v>644</v>
+      </c>
+      <c r="D358" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E358" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F358" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="G358" s="2" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="359" spans="1:8">
+      <c r="A359" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B359" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="C359" s="2" t="s">
+        <v>640</v>
+      </c>
+      <c r="D359" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E359" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F359" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="G359" s="2" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="360" spans="1:8">
+      <c r="A360" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B360" s="2" t="s">
+        <v>690</v>
+      </c>
+      <c r="C360" s="2" t="s">
+        <v>648</v>
+      </c>
+      <c r="D360" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E360" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F360" s="2" t="s">
+        <v>686</v>
+      </c>
+      <c r="G360" s="2" t="s">
+        <v>687</v>
+      </c>
+    </row>
+    <row r="361" spans="1:8">
+      <c r="A361" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B361" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="C361" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="D361" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E361" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F361" s="2" t="s">
+        <v>693</v>
+      </c>
+      <c r="G361" s="2" t="s">
+        <v>694</v>
+      </c>
+    </row>
+    <row r="362" spans="1:8">
+      <c r="A362" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B362" s="2" t="s">
+        <v>695</v>
+      </c>
+      <c r="C362" s="2" t="s">
+        <v>696</v>
+      </c>
+      <c r="D362" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E362" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F362" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="G362" s="2" t="s">
+        <v>698</v>
+      </c>
+    </row>
+    <row r="363" spans="1:8">
+      <c r="A363" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B363" s="2" t="s">
+        <v>699</v>
+      </c>
+      <c r="C363" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="D363" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E363" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F363" s="2" t="s">
+        <v>697</v>
+      </c>
+      <c r="G363" s="2" t="s">
+        <v>698</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -10260,31 +10915,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/15/2025 15:19:09</dc:description>
+  <dc:description>Export en date du 11/29/2025 21:16:47</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>