--- v1 (2025-11-29)
+++ v2 (2026-01-28)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="701">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="704">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP15159</t>
   </si>
   <si>
@@ -1817,50 +1817,59 @@
     <t>RNCP41616</t>
   </si>
   <si>
     <t>BUT Science des données : Exploration et modélisation statistique</t>
   </si>
   <si>
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>DEUST Préparateur/Technicien en pharmacie (fiche nationale)</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
   </si>
   <si>
     <t>RNCP4809</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'Ecole polytechnique de l’Université Côte d'Azur, spécialité Génie biologique</t>
   </si>
   <si>
     <t>01/09/2017</t>
   </si>
   <si>
     <t>RNCP4813</t>
   </si>
   <si>
     <t>Titre ingénieur Ingénieur diplômé de l'Ecole polytechnique de l'Université Côte d'Azur, spécialité Mathématiques appliquées et modélisation</t>
   </si>
   <si>
     <t>31/08/2015</t>
   </si>
   <si>
     <t>RNCP9245</t>
   </si>
   <si>
     <t>MASTER Master Domaine : “ Sciences Humaines et Sociales ” - Mention : “ Ethnologie” (Master à finalité Recherche et Professionnelle)</t>
   </si>
@@ -2494,51 +2503,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H363"/>
+  <dimension ref="A1:H364"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -9797,1112 +9806,1135 @@
       </c>
       <c r="F316" s="2" t="s">
         <v>606</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B317" s="2" t="s">
         <v>607</v>
       </c>
       <c r="C317" s="2" t="s">
         <v>608</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>27</v>
+        <v>609</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F318" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F319" s="2" t="s">
         <v>27</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>613</v>
+        <v>611</v>
       </c>
       <c r="D320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>614</v>
+        <v>27</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B321" s="2" t="s">
         <v>615</v>
       </c>
       <c r="C321" s="2" t="s">
         <v>616</v>
       </c>
       <c r="D321" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>614</v>
+        <v>617</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B322" s="2" t="s">
+        <v>618</v>
+      </c>
+      <c r="C322" s="2" t="s">
+        <v>619</v>
+      </c>
+      <c r="D322" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E322" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F322" s="2" t="s">
         <v>617</v>
       </c>
-      <c r="C322" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G322" s="2" t="s">
-        <v>620</v>
+        <v>12</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B323" s="2" t="s">
+        <v>620</v>
+      </c>
+      <c r="C323" s="2" t="s">
         <v>621</v>
       </c>
-      <c r="C323" s="2" t="s">
+      <c r="D323" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E323" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F323" s="2" t="s">
         <v>622</v>
       </c>
-      <c r="D323" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G323" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B324" s="2" t="s">
+        <v>624</v>
+      </c>
+      <c r="C324" s="2" t="s">
+        <v>625</v>
+      </c>
+      <c r="D324" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E324" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F324" s="2" t="s">
+        <v>622</v>
+      </c>
+      <c r="G324" s="2" t="s">
         <v>623</v>
-      </c>
-[...13 lines deleted...]
-        <v>620</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="D325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G325" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G326" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="D327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G327" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="D328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G328" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="D329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G329" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G330" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G331" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>639</v>
+        <v>640</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="D332" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G332" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>641</v>
+        <v>642</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>642</v>
+        <v>643</v>
       </c>
       <c r="D333" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G333" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>643</v>
+        <v>644</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>644</v>
+        <v>645</v>
       </c>
       <c r="D334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G334" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>645</v>
+        <v>646</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>646</v>
+        <v>647</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G335" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>647</v>
+        <v>648</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>648</v>
+        <v>649</v>
       </c>
       <c r="D336" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G336" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>649</v>
+        <v>650</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>650</v>
+        <v>651</v>
       </c>
       <c r="D337" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G337" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>652</v>
+        <v>653</v>
       </c>
       <c r="D338" s="2" t="s">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G338" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>653</v>
+        <v>654</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="D339" s="2" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>619</v>
+        <v>622</v>
       </c>
       <c r="G339" s="2" t="s">
-        <v>620</v>
+        <v>623</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>655</v>
+        <v>656</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>657</v>
+        <v>622</v>
       </c>
       <c r="G340" s="2" t="s">
-        <v>658</v>
+        <v>623</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B341" s="2" t="s">
+        <v>658</v>
+      </c>
+      <c r="C341" s="2" t="s">
         <v>659</v>
       </c>
-      <c r="C341" s="2" t="s">
+      <c r="D341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E341" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F341" s="2" t="s">
         <v>660</v>
       </c>
-      <c r="D341" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F341" s="2" t="s">
+      <c r="G341" s="2" t="s">
         <v>661</v>
-      </c>
-[...1 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B342" s="2" t="s">
+        <v>662</v>
+      </c>
+      <c r="C342" s="2" t="s">
         <v>663</v>
       </c>
-      <c r="C342" s="2" t="s">
+      <c r="D342" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E342" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F342" s="2" t="s">
         <v>664</v>
       </c>
-      <c r="D342" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F342" s="2" t="s">
+      <c r="G342" s="2" t="s">
         <v>665</v>
-      </c>
-[...1 lines deleted...]
-        <v>666</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B343" s="2" t="s">
+        <v>666</v>
+      </c>
+      <c r="C343" s="2" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>650</v>
       </c>
       <c r="D343" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F343" s="2" t="s">
         <v>668</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>669</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B344" s="2" t="s">
         <v>670</v>
       </c>
       <c r="C344" s="2" t="s">
+        <v>653</v>
+      </c>
+      <c r="D344" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E344" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F344" s="2" t="s">
         <v>671</v>
       </c>
-      <c r="D344" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G344" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B345" s="2" t="s">
+        <v>673</v>
+      </c>
+      <c r="C345" s="2" t="s">
+        <v>674</v>
+      </c>
+      <c r="D345" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E345" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F345" s="2" t="s">
+        <v>671</v>
+      </c>
+      <c r="G345" s="2" t="s">
         <v>672</v>
-      </c>
-[...13 lines deleted...]
-        <v>669</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>626</v>
+        <v>621</v>
       </c>
       <c r="D346" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="G346" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="D347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="G347" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>632</v>
+        <v>631</v>
       </c>
       <c r="D348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="G348" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B349" s="2" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>636</v>
+        <v>635</v>
       </c>
       <c r="D349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="G349" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>638</v>
+        <v>639</v>
       </c>
       <c r="D350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="G350" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>630</v>
+        <v>641</v>
       </c>
       <c r="D351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="G351" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>634</v>
+        <v>633</v>
       </c>
       <c r="D352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="G352" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>624</v>
+        <v>637</v>
       </c>
       <c r="D353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>668</v>
+        <v>671</v>
       </c>
       <c r="G353" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>681</v>
+        <v>683</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>642</v>
+        <v>627</v>
       </c>
       <c r="D354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>682</v>
+        <v>671</v>
       </c>
       <c r="G354" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>683</v>
+        <v>684</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>654</v>
+        <v>645</v>
       </c>
       <c r="D355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="G355" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>684</v>
+        <v>686</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>646</v>
+        <v>657</v>
       </c>
       <c r="D356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="G356" s="2" t="s">
-        <v>669</v>
+        <v>672</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B357" s="2" t="s">
+        <v>687</v>
+      </c>
+      <c r="C357" s="2" t="s">
+        <v>649</v>
+      </c>
+      <c r="D357" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E357" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F357" s="2" t="s">
         <v>685</v>
       </c>
-      <c r="C357" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G357" s="2" t="s">
-        <v>687</v>
+        <v>672</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B358" s="2" t="s">
         <v>688</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>644</v>
+        <v>655</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>686</v>
+        <v>689</v>
       </c>
       <c r="G358" s="2" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B359" s="2" t="s">
+        <v>691</v>
+      </c>
+      <c r="C359" s="2" t="s">
+        <v>647</v>
+      </c>
+      <c r="D359" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E359" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F359" s="2" t="s">
         <v>689</v>
       </c>
-      <c r="C359" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G359" s="2" t="s">
-        <v>687</v>
+        <v>690</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B360" s="2" t="s">
+        <v>692</v>
+      </c>
+      <c r="C360" s="2" t="s">
+        <v>643</v>
+      </c>
+      <c r="D360" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E360" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F360" s="2" t="s">
+        <v>689</v>
+      </c>
+      <c r="G360" s="2" t="s">
         <v>690</v>
-      </c>
-[...13 lines deleted...]
-        <v>687</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>692</v>
+        <v>651</v>
       </c>
       <c r="D361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>693</v>
+        <v>689</v>
       </c>
       <c r="G361" s="2" t="s">
-        <v>694</v>
+        <v>690</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B362" s="2" t="s">
+        <v>694</v>
+      </c>
+      <c r="C362" s="2" t="s">
         <v>695</v>
       </c>
-      <c r="C362" s="2" t="s">
+      <c r="D362" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E362" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F362" s="2" t="s">
         <v>696</v>
       </c>
-      <c r="D362" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F362" s="2" t="s">
+      <c r="G362" s="2" t="s">
         <v>697</v>
-      </c>
-[...1 lines deleted...]
-        <v>698</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1">
         <v>13002566100013</v>
       </c>
       <c r="B363" s="2" t="s">
+        <v>698</v>
+      </c>
+      <c r="C363" s="2" t="s">
         <v>699</v>
       </c>
-      <c r="C363" s="2" t="s">
+      <c r="D363" s="2" t="s">
+        <v>10</v>
+      </c>
+      <c r="E363" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F363" s="2" t="s">
         <v>700</v>
       </c>
-      <c r="D363" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G363" s="2" t="s">
-        <v>698</v>
+        <v>701</v>
+      </c>
+    </row>
+    <row r="364" spans="1:8">
+      <c r="A364" s="1">
+        <v>13002566100013</v>
+      </c>
+      <c r="B364" s="2" t="s">
+        <v>702</v>
+      </c>
+      <c r="C364" s="2" t="s">
+        <v>703</v>
+      </c>
+      <c r="D364" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E364" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F364" s="2" t="s">
+        <v>700</v>
+      </c>
+      <c r="G364" s="2" t="s">
+        <v>701</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -10915,31 +10947,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 11/29/2025 21:16:47</dc:description>
+  <dc:description>Export en date du 01/28/2026 12:01:15</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>