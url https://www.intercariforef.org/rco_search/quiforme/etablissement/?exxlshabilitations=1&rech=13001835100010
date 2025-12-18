--- v0 (2025-10-28)
+++ v1 (2025-12-18)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="761">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="847">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP12909</t>
   </si>
   <si>
@@ -2089,50 +2089,263 @@
   <si>
     <t>RNCP40621</t>
   </si>
   <si>
     <t>28/02/2027</t>
   </si>
   <si>
     <t>RNCP40717</t>
   </si>
   <si>
     <t>RNCP40755</t>
   </si>
   <si>
     <t>RNCP40806</t>
   </si>
   <si>
     <t>LICENCE Mathématiques et informatique appliquées aux sciences humaines et sociales (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP40807</t>
   </si>
   <si>
     <t>RNCP40832</t>
   </si>
   <si>
+    <t>RNCP41551</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Animation sociale et socioculturelle</t>
+  </si>
+  <si>
+    <t>RNCP41555</t>
+  </si>
+  <si>
+    <t>BUT Carrières sociales : Villes et territoires durables</t>
+  </si>
+  <si>
+    <t>RNCP41561</t>
+  </si>
+  <si>
+    <t>RNCP41562</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Contrôle de gestion et pilotage de la performance</t>
+  </si>
+  <si>
+    <t>RNCP41563</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion comptable, fiscale et financière</t>
+  </si>
+  <si>
+    <t>RNCP41564</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion entrepreneuriat et management d’activités</t>
+  </si>
+  <si>
+    <t>RNCP41565</t>
+  </si>
+  <si>
+    <t>BUT Gestion des entreprises et des administrations : Gestion et pilotage des ressources humaines</t>
+  </si>
+  <si>
+    <t>RNCP41566</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Agronomie</t>
+  </si>
+  <si>
+    <t>RNCP41567</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Science de l'aliment et biotechnologie</t>
+  </si>
+  <si>
+    <t>RNCP41570</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Contrôle, pilotage et optimisation des procédés</t>
+  </si>
+  <si>
+    <t>RNCP41571</t>
+  </si>
+  <si>
+    <t>BUT Génie chimique - Génie des procédés : Contrôle, qualité, environnement et sécurité des procédés</t>
+  </si>
+  <si>
+    <t>RNCP41572</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Bureau d’études conception</t>
+  </si>
+  <si>
+    <t>RNCP41573</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Réhabilitation et amélioration des performances environnementales des bâtiments</t>
+  </si>
+  <si>
+    <t>RNCP41574</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux bâtiment</t>
+  </si>
+  <si>
+    <t>RNCP41575</t>
+  </si>
+  <si>
+    <t>BUT Génie civil - Construction durable : Travaux publics</t>
+  </si>
+  <si>
+    <t>RNCP41577</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Automatisme et informatique industrielle</t>
+  </si>
+  <si>
+    <t>RNCP41578</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électricité et maîtrise de l'énergie</t>
+  </si>
+  <si>
+    <t>RNCP41579</t>
+  </si>
+  <si>
+    <t>BUT Génie électrique et informatique industrielle : Électronique et systèmes embarqués</t>
+  </si>
+  <si>
+    <t>RNCP41581</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Conception et production durables</t>
+  </si>
+  <si>
+    <t>RNCP41582</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Innovation pour l'industrie</t>
+  </si>
+  <si>
+    <t>RNCP41583</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Management de process industriel</t>
+  </si>
+  <si>
+    <t>RNCP41584</t>
+  </si>
+  <si>
+    <t>BUT Génie mécanique et productique : Simulation numérique et réalité virtuelle</t>
+  </si>
+  <si>
+    <t>RNCP41587</t>
+  </si>
+  <si>
+    <t>RNCP41588</t>
+  </si>
+  <si>
+    <t>RNCP41589</t>
+  </si>
+  <si>
+    <t>RNCP41590</t>
+  </si>
+  <si>
+    <t>RNCP41593</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Matériaux et contrôles physico-chimiques</t>
+  </si>
+  <si>
+    <t>RNCP41594</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Mesures et analyses environnementales</t>
+  </si>
+  <si>
+    <t>RNCP41595</t>
+  </si>
+  <si>
+    <t>BUT Mesures physiques : Techniques d'instrumentation</t>
+  </si>
+  <si>
+    <t>RNCP41598</t>
+  </si>
+  <si>
+    <t>RNCP41599</t>
+  </si>
+  <si>
+    <t>BUT Gestion administrative et commerciale des organisations : Management responsable de projet et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41600</t>
+  </si>
+  <si>
+    <t>BUT Génie biologique : Diététique et nutrition</t>
+  </si>
+  <si>
+    <t>RNCP41602</t>
+  </si>
+  <si>
+    <t>RNCP41607</t>
+  </si>
+  <si>
+    <t>BUT Qualité, logistique industrielle et organisation : Management de la production</t>
+  </si>
+  <si>
+    <t>RNCP41619</t>
+  </si>
+  <si>
+    <t>RNCP41621</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
+  </si>
+  <si>
+    <t>RNCP41622</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
+  </si>
+  <si>
+    <t>RNCP41623</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
+  </si>
+  <si>
+    <t>RNCP41624</t>
+  </si>
+  <si>
+    <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
+  </si>
+  <si>
+    <t>RNCP41625</t>
+  </si>
+  <si>
     <t>RNCP4861</t>
   </si>
   <si>
     <t>DE de psychomotricien</t>
   </si>
   <si>
     <t>RS137</t>
   </si>
   <si>
     <t>PCIE - Passeport de Compétences Informatique Européen</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS3186</t>
   </si>
   <si>
     <t>Certification audits qualité dans les industries de santé et fournisseurs des industries de santé</t>
   </si>
   <si>
     <t>RS3551</t>
   </si>
   <si>
     <t>Formation civile et civique</t>
@@ -2263,84 +2476,129 @@
   <si>
     <t>RS6165</t>
   </si>
   <si>
     <t>ICDL - Édition d'images</t>
   </si>
   <si>
     <t>RS6166</t>
   </si>
   <si>
     <t>ICDL - Édition de sites web</t>
   </si>
   <si>
     <t>RS6489</t>
   </si>
   <si>
     <t>Gestion du fait religieux et laïcité –Laïcité, religion et citoyenneté (DU)</t>
   </si>
   <si>
     <t>21/12/2027</t>
   </si>
   <si>
     <t>21/12/2023</t>
   </si>
   <si>
+    <t>RS6559</t>
+  </si>
+  <si>
+    <t>ICDL - Traitement de Texte (Word, Writer, Google Docs)</t>
+  </si>
+  <si>
+    <t>27/03/2026</t>
+  </si>
+  <si>
+    <t>27/03/2024</t>
+  </si>
+  <si>
+    <t>RS6560</t>
+  </si>
+  <si>
+    <t>RS6561</t>
+  </si>
+  <si>
+    <t>RS6562</t>
+  </si>
+  <si>
+    <t>RS6563</t>
+  </si>
+  <si>
+    <t>RS6564</t>
+  </si>
+  <si>
+    <t>ICDL - Présentation Assistée par Ordinateur PréAO (Powerpoint, Impress, Google Slides)</t>
+  </si>
+  <si>
     <t>RS6727</t>
   </si>
   <si>
     <t>Prévenir et gérer les risques pour la santé et la sécurité au travail (DU)</t>
   </si>
   <si>
     <t>19/07/2026</t>
   </si>
   <si>
     <t>19/07/2024</t>
   </si>
   <si>
     <t>RS6894</t>
   </si>
   <si>
     <t>Certificat Pix</t>
   </si>
   <si>
     <t>28/11/2029</t>
   </si>
   <si>
     <t>28/11/2024</t>
   </si>
   <si>
     <t>RS7244</t>
   </si>
   <si>
     <t>Signaler des collections en bibliothèque</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
+  </si>
+  <si>
+    <t>RS7249</t>
+  </si>
+  <si>
+    <t>ICDL - Concevoir des projets techniques avec des outils et logiciels de CAO 3D</t>
+  </si>
+  <si>
+    <t>24/09/2027</t>
+  </si>
+  <si>
+    <t>RS7250</t>
+  </si>
+  <si>
+    <t>ICDL - Utiliser des outils et logiciels de PAO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2674,51 +2932,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H396"/>
+  <dimension ref="A1:H444"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -11242,606 +11500,1710 @@
       </c>
       <c r="F371" s="2" t="s">
         <v>625</v>
       </c>
       <c r="G371" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B372" s="2" t="s">
         <v>691</v>
       </c>
       <c r="C372" s="2" t="s">
         <v>692</v>
       </c>
       <c r="D372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>21</v>
+        <v>522</v>
       </c>
       <c r="G372" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B373" s="2" t="s">
         <v>693</v>
       </c>
       <c r="C373" s="2" t="s">
         <v>694</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F373" s="2" t="s">
-        <v>695</v>
+        <v>522</v>
       </c>
       <c r="G373" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>696</v>
+        <v>695</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>697</v>
+        <v>428</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F374" s="2" t="s">
-        <v>695</v>
+        <v>522</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>698</v>
+        <v>696</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>699</v>
+        <v>697</v>
       </c>
       <c r="D375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F375" s="2" t="s">
-        <v>695</v>
+        <v>522</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>700</v>
+        <v>698</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>701</v>
+        <v>699</v>
       </c>
       <c r="D376" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F376" s="2" t="s">
-        <v>695</v>
+        <v>522</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>702</v>
+        <v>700</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>703</v>
+        <v>701</v>
       </c>
       <c r="D377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F377" s="2" t="s">
-        <v>704</v>
+        <v>522</v>
       </c>
       <c r="G377" s="2" t="s">
-        <v>705</v>
+        <v>11</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>706</v>
+        <v>702</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>707</v>
+        <v>703</v>
       </c>
       <c r="D378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F378" s="2" t="s">
-        <v>708</v>
+        <v>522</v>
       </c>
       <c r="G378" s="2" t="s">
-        <v>709</v>
+        <v>11</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>710</v>
+        <v>704</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>711</v>
+        <v>705</v>
       </c>
       <c r="D379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F379" s="2" t="s">
-        <v>712</v>
+        <v>522</v>
       </c>
       <c r="G379" s="2" t="s">
-        <v>713</v>
+        <v>11</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>715</v>
+        <v>707</v>
       </c>
       <c r="D380" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F380" s="2" t="s">
-        <v>716</v>
+        <v>522</v>
       </c>
       <c r="G380" s="2" t="s">
-        <v>717</v>
+        <v>11</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
       <c r="D381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F381" s="2" t="s">
-        <v>716</v>
+        <v>522</v>
       </c>
       <c r="G381" s="2" t="s">
-        <v>717</v>
+        <v>11</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>721</v>
+        <v>711</v>
       </c>
       <c r="D382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F382" s="2" t="s">
-        <v>716</v>
+        <v>522</v>
       </c>
       <c r="G382" s="2" t="s">
-        <v>717</v>
+        <v>11</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>722</v>
+        <v>712</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>723</v>
+        <v>713</v>
       </c>
       <c r="D383" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E383" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F383" s="2" t="s">
-        <v>716</v>
+        <v>522</v>
       </c>
       <c r="G383" s="2" t="s">
-        <v>717</v>
+        <v>11</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>724</v>
+        <v>714</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>725</v>
+        <v>715</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F384" s="2" t="s">
-        <v>716</v>
+        <v>522</v>
       </c>
       <c r="G384" s="2" t="s">
-        <v>717</v>
+        <v>11</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>726</v>
+        <v>716</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>727</v>
+        <v>717</v>
       </c>
       <c r="D385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F385" s="2" t="s">
-        <v>716</v>
+        <v>522</v>
       </c>
       <c r="G385" s="2" t="s">
-        <v>717</v>
+        <v>11</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>728</v>
+        <v>718</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>729</v>
+        <v>719</v>
       </c>
       <c r="D386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F386" s="2" t="s">
-        <v>730</v>
+        <v>522</v>
       </c>
       <c r="G386" s="2" t="s">
-        <v>731</v>
+        <v>11</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>732</v>
+        <v>720</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="D387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F387" s="2" t="s">
-        <v>212</v>
+        <v>522</v>
       </c>
       <c r="G387" s="2" t="s">
-        <v>734</v>
+        <v>11</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>735</v>
+        <v>722</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>736</v>
+        <v>723</v>
       </c>
       <c r="D388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F388" s="2" t="s">
-        <v>212</v>
+        <v>522</v>
       </c>
       <c r="G388" s="2" t="s">
-        <v>734</v>
+        <v>11</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>737</v>
+        <v>724</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>738</v>
+        <v>725</v>
       </c>
       <c r="D389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F389" s="2" t="s">
-        <v>212</v>
+        <v>522</v>
       </c>
       <c r="G389" s="2" t="s">
-        <v>734</v>
+        <v>11</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>739</v>
+        <v>726</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>740</v>
+        <v>727</v>
       </c>
       <c r="D390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F390" s="2" t="s">
-        <v>212</v>
+        <v>522</v>
       </c>
       <c r="G390" s="2" t="s">
-        <v>734</v>
+        <v>11</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>741</v>
+        <v>728</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>742</v>
+        <v>729</v>
       </c>
       <c r="D391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F391" s="2" t="s">
-        <v>212</v>
+        <v>522</v>
       </c>
       <c r="G391" s="2" t="s">
-        <v>734</v>
+        <v>11</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>743</v>
+        <v>730</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>744</v>
+        <v>731</v>
       </c>
       <c r="D392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F392" s="2" t="s">
-        <v>212</v>
+        <v>522</v>
       </c>
       <c r="G392" s="2" t="s">
-        <v>734</v>
+        <v>11</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>745</v>
+        <v>732</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>746</v>
+        <v>733</v>
       </c>
       <c r="D393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F393" s="2" t="s">
-        <v>747</v>
+        <v>522</v>
       </c>
       <c r="G393" s="2" t="s">
-        <v>748</v>
+        <v>11</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>749</v>
+        <v>734</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>750</v>
+        <v>456</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F394" s="2" t="s">
-        <v>751</v>
+        <v>522</v>
       </c>
       <c r="G394" s="2" t="s">
-        <v>752</v>
+        <v>11</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>753</v>
+        <v>735</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>754</v>
+        <v>454</v>
       </c>
       <c r="D395" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F395" s="2" t="s">
-        <v>755</v>
+        <v>522</v>
       </c>
       <c r="G395" s="2" t="s">
-        <v>756</v>
+        <v>11</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B396" s="2" t="s">
+        <v>736</v>
+      </c>
+      <c r="C396" s="2" t="s">
+        <v>432</v>
+      </c>
+      <c r="D396" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E396" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F396" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G396" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B397" s="2" t="s">
+        <v>737</v>
+      </c>
+      <c r="C397" s="2" t="s">
+        <v>434</v>
+      </c>
+      <c r="D397" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E397" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F397" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G397" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B398" s="2" t="s">
+        <v>738</v>
+      </c>
+      <c r="C398" s="2" t="s">
+        <v>739</v>
+      </c>
+      <c r="D398" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E398" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F398" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G398" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B399" s="2" t="s">
+        <v>740</v>
+      </c>
+      <c r="C399" s="2" t="s">
+        <v>741</v>
+      </c>
+      <c r="D399" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E399" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F399" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G399" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B400" s="2" t="s">
+        <v>742</v>
+      </c>
+      <c r="C400" s="2" t="s">
+        <v>743</v>
+      </c>
+      <c r="D400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E400" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F400" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G400" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B401" s="2" t="s">
+        <v>744</v>
+      </c>
+      <c r="C401" s="2" t="s">
+        <v>430</v>
+      </c>
+      <c r="D401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E401" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F401" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G401" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B402" s="2" t="s">
+        <v>745</v>
+      </c>
+      <c r="C402" s="2" t="s">
+        <v>746</v>
+      </c>
+      <c r="D402" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E402" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F402" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G402" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B403" s="2" t="s">
+        <v>747</v>
+      </c>
+      <c r="C403" s="2" t="s">
+        <v>748</v>
+      </c>
+      <c r="D403" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E403" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F403" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G403" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B404" s="2" t="s">
+        <v>749</v>
+      </c>
+      <c r="C404" s="2" t="s">
+        <v>438</v>
+      </c>
+      <c r="D404" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E404" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F404" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G404" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B405" s="2" t="s">
+        <v>750</v>
+      </c>
+      <c r="C405" s="2" t="s">
+        <v>751</v>
+      </c>
+      <c r="D405" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E405" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F405" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G405" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B406" s="2" t="s">
+        <v>752</v>
+      </c>
+      <c r="C406" s="2" t="s">
+        <v>436</v>
+      </c>
+      <c r="D406" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E406" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F406" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G406" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B407" s="2" t="s">
+        <v>753</v>
+      </c>
+      <c r="C407" s="2" t="s">
+        <v>754</v>
+      </c>
+      <c r="D407" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E407" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F407" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G407" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B408" s="2" t="s">
+        <v>755</v>
+      </c>
+      <c r="C408" s="2" t="s">
+        <v>756</v>
+      </c>
+      <c r="D408" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E408" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F408" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G408" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B409" s="2" t="s">
         <v>757</v>
       </c>
-      <c r="C396" s="2" t="s">
+      <c r="C409" s="2" t="s">
         <v>758</v>
       </c>
-      <c r="D396" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E396" s="2" t="s">
+      <c r="D409" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E409" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F409" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G409" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B410" s="2" t="s">
+        <v>759</v>
+      </c>
+      <c r="C410" s="2" t="s">
+        <v>760</v>
+      </c>
+      <c r="D410" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E410" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F410" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G410" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B411" s="2" t="s">
+        <v>761</v>
+      </c>
+      <c r="C411" s="2" t="s">
+        <v>406</v>
+      </c>
+      <c r="D411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E411" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F411" s="2" t="s">
+        <v>522</v>
+      </c>
+      <c r="G411" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B412" s="2" t="s">
+        <v>762</v>
+      </c>
+      <c r="C412" s="2" t="s">
+        <v>763</v>
+      </c>
+      <c r="D412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F412" s="2" t="s">
+        <v>21</v>
+      </c>
+      <c r="G412" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B413" s="2" t="s">
+        <v>764</v>
+      </c>
+      <c r="C413" s="2" t="s">
+        <v>765</v>
+      </c>
+      <c r="D413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E413" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F413" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="G413" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B414" s="2" t="s">
+        <v>767</v>
+      </c>
+      <c r="C414" s="2" t="s">
+        <v>768</v>
+      </c>
+      <c r="D414" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E414" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F414" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="G414" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="415" spans="1:8">
+      <c r="A415" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B415" s="2" t="s">
+        <v>769</v>
+      </c>
+      <c r="C415" s="2" t="s">
+        <v>770</v>
+      </c>
+      <c r="D415" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E415" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F415" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="G415" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="416" spans="1:8">
+      <c r="A416" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B416" s="2" t="s">
+        <v>771</v>
+      </c>
+      <c r="C416" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="D416" s="2" t="s">
         <v>14</v>
       </c>
-      <c r="F396" s="2" t="s">
-[...3 lines deleted...]
-        <v>760</v>
+      <c r="E416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F416" s="2" t="s">
+        <v>766</v>
+      </c>
+      <c r="G416" s="2" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="417" spans="1:8">
+      <c r="A417" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B417" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="C417" s="2" t="s">
+        <v>774</v>
+      </c>
+      <c r="D417" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E417" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F417" s="2" t="s">
+        <v>775</v>
+      </c>
+      <c r="G417" s="2" t="s">
+        <v>776</v>
+      </c>
+    </row>
+    <row r="418" spans="1:8">
+      <c r="A418" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B418" s="2" t="s">
+        <v>777</v>
+      </c>
+      <c r="C418" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="D418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E418" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F418" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="G418" s="2" t="s">
+        <v>780</v>
+      </c>
+    </row>
+    <row r="419" spans="1:8">
+      <c r="A419" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B419" s="2" t="s">
+        <v>781</v>
+      </c>
+      <c r="C419" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="D419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F419" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="G419" s="2" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="420" spans="1:8">
+      <c r="A420" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B420" s="2" t="s">
+        <v>785</v>
+      </c>
+      <c r="C420" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="D420" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E420" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F420" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="G420" s="2" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="421" spans="1:8">
+      <c r="A421" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B421" s="2" t="s">
+        <v>789</v>
+      </c>
+      <c r="C421" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="D421" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E421" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="G421" s="2" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="422" spans="1:8">
+      <c r="A422" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B422" s="2" t="s">
+        <v>791</v>
+      </c>
+      <c r="C422" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="D422" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E422" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F422" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="G422" s="2" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="423" spans="1:8">
+      <c r="A423" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B423" s="2" t="s">
+        <v>793</v>
+      </c>
+      <c r="C423" s="2" t="s">
+        <v>794</v>
+      </c>
+      <c r="D423" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E423" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F423" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="G423" s="2" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="424" spans="1:8">
+      <c r="A424" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B424" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="C424" s="2" t="s">
+        <v>796</v>
+      </c>
+      <c r="D424" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E424" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F424" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="G424" s="2" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="425" spans="1:8">
+      <c r="A425" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B425" s="2" t="s">
+        <v>797</v>
+      </c>
+      <c r="C425" s="2" t="s">
+        <v>798</v>
+      </c>
+      <c r="D425" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E425" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F425" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="G425" s="2" t="s">
+        <v>788</v>
+      </c>
+    </row>
+    <row r="426" spans="1:8">
+      <c r="A426" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B426" s="2" t="s">
+        <v>799</v>
+      </c>
+      <c r="C426" s="2" t="s">
+        <v>800</v>
+      </c>
+      <c r="D426" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E426" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F426" s="2" t="s">
+        <v>801</v>
+      </c>
+      <c r="G426" s="2" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="427" spans="1:8">
+      <c r="A427" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B427" s="2" t="s">
+        <v>803</v>
+      </c>
+      <c r="C427" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="D427" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E427" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F427" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="G427" s="2" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="428" spans="1:8">
+      <c r="A428" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B428" s="2" t="s">
+        <v>806</v>
+      </c>
+      <c r="C428" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="D428" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E428" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F428" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="G428" s="2" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="429" spans="1:8">
+      <c r="A429" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B429" s="2" t="s">
+        <v>808</v>
+      </c>
+      <c r="C429" s="2" t="s">
+        <v>809</v>
+      </c>
+      <c r="D429" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E429" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F429" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="G429" s="2" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="430" spans="1:8">
+      <c r="A430" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B430" s="2" t="s">
+        <v>810</v>
+      </c>
+      <c r="C430" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="D430" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E430" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F430" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="G430" s="2" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="431" spans="1:8">
+      <c r="A431" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B431" s="2" t="s">
+        <v>812</v>
+      </c>
+      <c r="C431" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="D431" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E431" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F431" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="G431" s="2" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="432" spans="1:8">
+      <c r="A432" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B432" s="2" t="s">
+        <v>814</v>
+      </c>
+      <c r="C432" s="2" t="s">
+        <v>815</v>
+      </c>
+      <c r="D432" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E432" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F432" s="2" t="s">
+        <v>212</v>
+      </c>
+      <c r="G432" s="2" t="s">
+        <v>805</v>
+      </c>
+    </row>
+    <row r="433" spans="1:8">
+      <c r="A433" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B433" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="C433" s="2" t="s">
+        <v>817</v>
+      </c>
+      <c r="D433" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E433" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F433" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="G433" s="2" t="s">
+        <v>819</v>
+      </c>
+    </row>
+    <row r="434" spans="1:8">
+      <c r="A434" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B434" s="2" t="s">
+        <v>820</v>
+      </c>
+      <c r="C434" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="D434" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E434" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F434" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="G434" s="2" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="435" spans="1:8">
+      <c r="A435" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B435" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="C435" s="2" t="s">
+        <v>815</v>
+      </c>
+      <c r="D435" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E435" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F435" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="G435" s="2" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="436" spans="1:8">
+      <c r="A436" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B436" s="2" t="s">
+        <v>825</v>
+      </c>
+      <c r="C436" s="2" t="s">
+        <v>813</v>
+      </c>
+      <c r="D436" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E436" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F436" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="G436" s="2" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="437" spans="1:8">
+      <c r="A437" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B437" s="2" t="s">
+        <v>826</v>
+      </c>
+      <c r="C437" s="2" t="s">
+        <v>811</v>
+      </c>
+      <c r="D437" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E437" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F437" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="G437" s="2" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="438" spans="1:8">
+      <c r="A438" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B438" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="C438" s="2" t="s">
+        <v>807</v>
+      </c>
+      <c r="D438" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E438" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F438" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="G438" s="2" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="439" spans="1:8">
+      <c r="A439" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B439" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="C439" s="2" t="s">
+        <v>829</v>
+      </c>
+      <c r="D439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F439" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="G439" s="2" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="440" spans="1:8">
+      <c r="A440" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B440" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="C440" s="2" t="s">
+        <v>831</v>
+      </c>
+      <c r="D440" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E440" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F440" s="2" t="s">
+        <v>832</v>
+      </c>
+      <c r="G440" s="2" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="441" spans="1:8">
+      <c r="A441" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B441" s="2" t="s">
+        <v>834</v>
+      </c>
+      <c r="C441" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="D441" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E441" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F441" s="2" t="s">
+        <v>836</v>
+      </c>
+      <c r="G441" s="2" t="s">
+        <v>837</v>
+      </c>
+    </row>
+    <row r="442" spans="1:8">
+      <c r="A442" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B442" s="2" t="s">
+        <v>838</v>
+      </c>
+      <c r="C442" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="D442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E442" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F442" s="2" t="s">
+        <v>840</v>
+      </c>
+      <c r="G442" s="2" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="443" spans="1:8">
+      <c r="A443" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B443" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="C443" s="2" t="s">
+        <v>843</v>
+      </c>
+      <c r="D443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F443" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="G443" s="2" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="444" spans="1:8">
+      <c r="A444" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B444" s="2" t="s">
+        <v>845</v>
+      </c>
+      <c r="C444" s="2" t="s">
+        <v>846</v>
+      </c>
+      <c r="D444" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E444" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F444" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="G444" s="2" t="s">
+        <v>841</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -11854,31 +13216,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 10/28/2025 12:25:28</dc:description>
+  <dc:description>Export en date du 12/18/2025 15:16:25</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>