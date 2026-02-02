--- v1 (2025-12-18)
+++ v2 (2026-02-02)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="847">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="852">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP12909</t>
   </si>
   <si>
@@ -2300,50 +2300,65 @@
     <t>RNCP41621</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business développement et management de la relation client</t>
   </si>
   <si>
     <t>RNCP41622</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Business international : achat et vente</t>
   </si>
   <si>
     <t>RNCP41623</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing digital, e-business et entrepreneuriat</t>
   </si>
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
+  </si>
+  <si>
+    <t>RNCP41851</t>
+  </si>
+  <si>
+    <t>30/06/2031</t>
+  </si>
+  <si>
+    <t>RNCP41863</t>
+  </si>
+  <si>
+    <t>Licence Professionnelle Métiers de la santé : Management des établissements d'hydrothérapie (fiche nationale)</t>
+  </si>
+  <si>
+    <t>14/12/2030</t>
   </si>
   <si>
     <t>RNCP4861</t>
   </si>
   <si>
     <t>DE de psychomotricien</t>
   </si>
   <si>
     <t>RS137</t>
   </si>
   <si>
     <t>PCIE - Passeport de Compétences Informatique Européen</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS3186</t>
   </si>
   <si>
     <t>Certification audits qualité dans les industries de santé et fournisseurs des industries de santé</t>
   </si>
   <si>
     <t>RS3551</t>
   </si>
@@ -2932,51 +2947,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H444"/>
+  <dimension ref="A1:H446"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -12411,799 +12426,845 @@
       </c>
       <c r="C411" s="2" t="s">
         <v>406</v>
       </c>
       <c r="D411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B412" s="2" t="s">
         <v>762</v>
       </c>
       <c r="C412" s="2" t="s">
+        <v>479</v>
+      </c>
+      <c r="D412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E412" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F412" s="2" t="s">
         <v>763</v>
-      </c>
-[...7 lines deleted...]
-        <v>21</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B413" s="2" t="s">
         <v>764</v>
       </c>
       <c r="C413" s="2" t="s">
         <v>765</v>
       </c>
       <c r="D413" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>766</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>767</v>
       </c>
       <c r="C414" s="2" t="s">
         <v>768</v>
       </c>
       <c r="D414" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>766</v>
+        <v>21</v>
       </c>
       <c r="G414" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B415" s="2" t="s">
         <v>769</v>
       </c>
       <c r="C415" s="2" t="s">
         <v>770</v>
       </c>
       <c r="D415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F415" s="2" t="s">
-        <v>766</v>
+        <v>771</v>
       </c>
       <c r="G415" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B416" s="2" t="s">
+        <v>772</v>
+      </c>
+      <c r="C416" s="2" t="s">
+        <v>773</v>
+      </c>
+      <c r="D416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E416" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F416" s="2" t="s">
         <v>771</v>
-      </c>
-[...10 lines deleted...]
-        <v>766</v>
       </c>
       <c r="G416" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>773</v>
+        <v>774</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>774</v>
+        <v>775</v>
       </c>
       <c r="D417" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F417" s="2" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
       <c r="G417" s="2" t="s">
-        <v>776</v>
+        <v>11</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B418" s="2" t="s">
+        <v>776</v>
+      </c>
+      <c r="C418" s="2" t="s">
         <v>777</v>
       </c>
-      <c r="C418" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D418" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F418" s="2" t="s">
-        <v>779</v>
+        <v>771</v>
       </c>
       <c r="G418" s="2" t="s">
-        <v>780</v>
+        <v>11</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B419" s="2" t="s">
+        <v>778</v>
+      </c>
+      <c r="C419" s="2" t="s">
+        <v>779</v>
+      </c>
+      <c r="D419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E419" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F419" s="2" t="s">
+        <v>780</v>
+      </c>
+      <c r="G419" s="2" t="s">
         <v>781</v>
-      </c>
-[...13 lines deleted...]
-        <v>784</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B420" s="2" t="s">
+        <v>782</v>
+      </c>
+      <c r="C420" s="2" t="s">
+        <v>783</v>
+      </c>
+      <c r="D420" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E420" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F420" s="2" t="s">
+        <v>784</v>
+      </c>
+      <c r="G420" s="2" t="s">
         <v>785</v>
-      </c>
-[...13 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B421" s="2" t="s">
+        <v>786</v>
+      </c>
+      <c r="C421" s="2" t="s">
+        <v>787</v>
+      </c>
+      <c r="D421" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E421" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F421" s="2" t="s">
+        <v>788</v>
+      </c>
+      <c r="G421" s="2" t="s">
         <v>789</v>
-      </c>
-[...13 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B422" s="2" t="s">
+        <v>790</v>
+      </c>
+      <c r="C422" s="2" t="s">
         <v>791</v>
       </c>
-      <c r="C422" s="2" t="s">
+      <c r="D422" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E422" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F422" s="2" t="s">
         <v>792</v>
       </c>
-      <c r="D422" s="2" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G422" s="2" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B423" s="2" t="s">
+        <v>794</v>
+      </c>
+      <c r="C423" s="2" t="s">
+        <v>795</v>
+      </c>
+      <c r="D423" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E423" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F423" s="2" t="s">
+        <v>792</v>
+      </c>
+      <c r="G423" s="2" t="s">
         <v>793</v>
-      </c>
-[...13 lines deleted...]
-        <v>788</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>795</v>
+        <v>796</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>796</v>
+        <v>797</v>
       </c>
       <c r="D424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>797</v>
+        <v>798</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>798</v>
+        <v>799</v>
       </c>
       <c r="D425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>787</v>
+        <v>792</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>788</v>
+        <v>793</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>799</v>
+        <v>800</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>800</v>
+        <v>801</v>
       </c>
       <c r="D426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>801</v>
+        <v>792</v>
       </c>
       <c r="G426" s="2" t="s">
-        <v>802</v>
+        <v>793</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B427" s="2" t="s">
+        <v>802</v>
+      </c>
+      <c r="C427" s="2" t="s">
         <v>803</v>
       </c>
-      <c r="C427" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F427" s="2" t="s">
-        <v>212</v>
+        <v>792</v>
       </c>
       <c r="G427" s="2" t="s">
-        <v>805</v>
+        <v>793</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B428" s="2" t="s">
+        <v>804</v>
+      </c>
+      <c r="C428" s="2" t="s">
+        <v>805</v>
+      </c>
+      <c r="D428" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E428" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F428" s="2" t="s">
         <v>806</v>
       </c>
-      <c r="C428" s="2" t="s">
+      <c r="G428" s="2" t="s">
         <v>807</v>
-      </c>
-[...10 lines deleted...]
-        <v>805</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B429" s="2" t="s">
         <v>808</v>
       </c>
       <c r="C429" s="2" t="s">
         <v>809</v>
       </c>
       <c r="D429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F429" s="2" t="s">
         <v>212</v>
       </c>
       <c r="G429" s="2" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>810</v>
+        <v>811</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>811</v>
+        <v>812</v>
       </c>
       <c r="D430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F430" s="2" t="s">
         <v>212</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>812</v>
+        <v>813</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>813</v>
+        <v>814</v>
       </c>
       <c r="D431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F431" s="2" t="s">
         <v>212</v>
       </c>
       <c r="G431" s="2" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>814</v>
+        <v>815</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>815</v>
+        <v>816</v>
       </c>
       <c r="D432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F432" s="2" t="s">
         <v>212</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>805</v>
+        <v>810</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>816</v>
+        <v>817</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>817</v>
+        <v>818</v>
       </c>
       <c r="D433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>818</v>
+        <v>212</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>819</v>
+        <v>810</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B434" s="2" t="s">
+        <v>819</v>
+      </c>
+      <c r="C434" s="2" t="s">
         <v>820</v>
       </c>
-      <c r="C434" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>822</v>
+        <v>212</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>823</v>
+        <v>810</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B435" s="2" t="s">
+        <v>821</v>
+      </c>
+      <c r="C435" s="2" t="s">
+        <v>822</v>
+      </c>
+      <c r="D435" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E435" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F435" s="2" t="s">
+        <v>823</v>
+      </c>
+      <c r="G435" s="2" t="s">
         <v>824</v>
-      </c>
-[...13 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B436" s="2" t="s">
         <v>825</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>813</v>
+        <v>826</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>826</v>
+        <v>829</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>822</v>
+        <v>827</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B438" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="C438" s="2" t="s">
+        <v>818</v>
+      </c>
+      <c r="D438" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E438" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F438" s="2" t="s">
         <v>827</v>
       </c>
-      <c r="C438" s="2" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="G438" s="2" t="s">
-        <v>823</v>
+        <v>828</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B439" s="2" t="s">
+        <v>831</v>
+      </c>
+      <c r="C439" s="2" t="s">
+        <v>816</v>
+      </c>
+      <c r="D439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E439" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F439" s="2" t="s">
+        <v>827</v>
+      </c>
+      <c r="G439" s="2" t="s">
         <v>828</v>
-      </c>
-[...13 lines deleted...]
-        <v>823</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>830</v>
+        <v>832</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>831</v>
+        <v>812</v>
       </c>
       <c r="D440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
       <c r="G440" s="2" t="s">
-        <v>833</v>
+        <v>828</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B441" s="2" t="s">
+        <v>833</v>
+      </c>
+      <c r="C441" s="2" t="s">
         <v>834</v>
       </c>
-      <c r="C441" s="2" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D441" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>836</v>
+        <v>827</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>837</v>
+        <v>828</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B442" s="2" t="s">
+        <v>835</v>
+      </c>
+      <c r="C442" s="2" t="s">
+        <v>836</v>
+      </c>
+      <c r="D442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E442" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F442" s="2" t="s">
+        <v>837</v>
+      </c>
+      <c r="G442" s="2" t="s">
         <v>838</v>
-      </c>
-[...13 lines deleted...]
-        <v>841</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B443" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="C443" s="2" t="s">
+        <v>840</v>
+      </c>
+      <c r="D443" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="E443" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F443" s="2" t="s">
+        <v>841</v>
+      </c>
+      <c r="G443" s="2" t="s">
         <v>842</v>
-      </c>
-[...13 lines deleted...]
-        <v>841</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B444" s="2" t="s">
+        <v>843</v>
+      </c>
+      <c r="C444" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="D444" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E444" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F444" s="2" t="s">
         <v>845</v>
       </c>
-      <c r="C444" s="2" t="s">
+      <c r="G444" s="2" t="s">
         <v>846</v>
       </c>
-      <c r="D444" s="2" t="s">
-[...9 lines deleted...]
-        <v>841</v>
+    </row>
+    <row r="445" spans="1:8">
+      <c r="A445" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B445" s="2" t="s">
+        <v>847</v>
+      </c>
+      <c r="C445" s="2" t="s">
+        <v>848</v>
+      </c>
+      <c r="D445" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E445" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F445" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="G445" s="2" t="s">
+        <v>846</v>
+      </c>
+    </row>
+    <row r="446" spans="1:8">
+      <c r="A446" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B446" s="2" t="s">
+        <v>850</v>
+      </c>
+      <c r="C446" s="2" t="s">
+        <v>851</v>
+      </c>
+      <c r="D446" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E446" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F446" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="G446" s="2" t="s">
+        <v>846</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -13216,31 +13277,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 12/18/2025 15:16:25</dc:description>
+  <dc:description>Export en date du 02/02/2026 01:56:40</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>