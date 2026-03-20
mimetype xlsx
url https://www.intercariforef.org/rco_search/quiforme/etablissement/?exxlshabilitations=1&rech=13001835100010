--- v2 (2026-02-02)
+++ v3 (2026-03-20)
@@ -14,51 +14,51 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="QUIFORME" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'QUIFORME'!$A$1:$H$1</definedName>
   </definedNames>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="852">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="878">
   <si>
     <t>SIRET</t>
   </si>
   <si>
     <t>CODE FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>LIBELLÉ FRANCE COMPÉTENCES</t>
   </si>
   <si>
     <t>FORMER</t>
   </si>
   <si>
     <t>ORGANISER</t>
   </si>
   <si>
     <t>DATE DE FIN D'ENREGISTREMENT</t>
   </si>
   <si>
     <t>DATE DE DÉCISION</t>
   </si>
   <si>
     <t>RNCP12909</t>
   </si>
   <si>
@@ -1837,50 +1837,59 @@
   <si>
     <t>RNCP39018</t>
   </si>
   <si>
     <t>LICENCE Economie et gestion (fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39023</t>
   </si>
   <si>
     <t>LICENCE Psychologie (Fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39025</t>
   </si>
   <si>
     <t>MASTER Psychologie (Fiche nationale)</t>
   </si>
   <si>
     <t>RNCP39038</t>
   </si>
   <si>
     <t>RNCP39059</t>
   </si>
   <si>
+    <t>RNCP39136</t>
+  </si>
+  <si>
+    <t>Grade_Master Diplôme des Instituts d’Études Politiques – Sciences Po</t>
+  </si>
+  <si>
+    <t>14/04/2029</t>
+  </si>
+  <si>
     <t>RNCP39185</t>
   </si>
   <si>
     <t>31/08/2029</t>
   </si>
   <si>
     <t>RNCP39197</t>
   </si>
   <si>
     <t>RNCP39278</t>
   </si>
   <si>
     <t>RNCP39311</t>
   </si>
   <si>
     <t>RNCP39416</t>
   </si>
   <si>
     <t>RNCP39433</t>
   </si>
   <si>
     <t>RNCP39490</t>
   </si>
   <si>
     <t>RNCP39493</t>
@@ -2317,50 +2326,77 @@
   <si>
     <t>RNCP41624</t>
   </si>
   <si>
     <t>BUT Techniques de commercialisation : Marketing et management du point de vente</t>
   </si>
   <si>
     <t>RNCP41625</t>
   </si>
   <si>
     <t>RNCP41851</t>
   </si>
   <si>
     <t>30/06/2031</t>
   </si>
   <si>
     <t>RNCP41863</t>
   </si>
   <si>
     <t>Licence Professionnelle Métiers de la santé : Management des établissements d'hydrothérapie (fiche nationale)</t>
   </si>
   <si>
     <t>14/12/2030</t>
   </si>
   <si>
+    <t>RNCP41946</t>
+  </si>
+  <si>
+    <t>31/08/2031</t>
+  </si>
+  <si>
+    <t>RNCP41947</t>
+  </si>
+  <si>
+    <t>RNCP41949</t>
+  </si>
+  <si>
+    <t>RNCP41950</t>
+  </si>
+  <si>
+    <t>RNCP41951</t>
+  </si>
+  <si>
+    <t>RNCP41954</t>
+  </si>
+  <si>
+    <t>RNCP42014</t>
+  </si>
+  <si>
+    <t>14/07/2031</t>
+  </si>
+  <si>
     <t>RNCP4861</t>
   </si>
   <si>
     <t>DE de psychomotricien</t>
   </si>
   <si>
     <t>RS137</t>
   </si>
   <si>
     <t>PCIE - Passeport de Compétences Informatique Européen</t>
   </si>
   <si>
     <t>31/12/2021</t>
   </si>
   <si>
     <t>RS3186</t>
   </si>
   <si>
     <t>Certification audits qualité dans les industries de santé et fournisseurs des industries de santé</t>
   </si>
   <si>
     <t>RS3551</t>
   </si>
   <si>
     <t>Formation civile et civique</t>
@@ -2570,50 +2606,92 @@
     <t>RS7244</t>
   </si>
   <si>
     <t>Signaler des collections en bibliothèque</t>
   </si>
   <si>
     <t>24/09/2030</t>
   </si>
   <si>
     <t>24/09/2025</t>
   </si>
   <si>
     <t>RS7249</t>
   </si>
   <si>
     <t>ICDL - Concevoir des projets techniques avec des outils et logiciels de CAO 3D</t>
   </si>
   <si>
     <t>24/09/2027</t>
   </si>
   <si>
     <t>RS7250</t>
   </si>
   <si>
     <t>ICDL - Utiliser des outils et logiciels de PAO</t>
+  </si>
+  <si>
+    <t>RS7524</t>
+  </si>
+  <si>
+    <t>ICDL - Créer des présentations visuelles et animées avec un logiciel de PréAO</t>
+  </si>
+  <si>
+    <t>27/02/2029</t>
+  </si>
+  <si>
+    <t>27/02/2026</t>
+  </si>
+  <si>
+    <t>RS7525</t>
+  </si>
+  <si>
+    <t>ICDL - Concevoir, structurer, et gérer un site web avec un outil d’édition de site web</t>
+  </si>
+  <si>
+    <t>RS7526</t>
+  </si>
+  <si>
+    <t>ICDL - Créer, retoucher et préparer des visuels à l’aide d’un logiciel d’édition d’images</t>
+  </si>
+  <si>
+    <t>RS7527</t>
+  </si>
+  <si>
+    <t>ICDL - Travailler en équipe à l’aide d'outils collaboratifs en ligne</t>
+  </si>
+  <si>
+    <t>RS7528</t>
+  </si>
+  <si>
+    <t>ICDL - Organiser, analyser et présenter des données chiffrées avec un logiciel de tableur</t>
+  </si>
+  <si>
+    <t>RS7529</t>
+  </si>
+  <si>
+    <t>ICDL - Rédiger, structurer et présenter des documents professionnels avec un logiciel de traitement de texte</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="#"/>
   </numFmts>
   <fonts count="2">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b val="1"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="12"/>
@@ -2947,51 +3025,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr filterMode="1">
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:H446"/>
+  <dimension ref="A1:H460"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1:H1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="17.567" bestFit="true" customWidth="true" style="1"/>
     <col min="2" max="2" width="13" customWidth="true" style="2"/>
     <col min="3" max="3" width="50" customWidth="true" style="2"/>
     <col min="4" max="4" width="10" customWidth="true" style="2"/>
     <col min="5" max="5" width="50" customWidth="true" style="2"/>
     <col min="6" max="6" width="17" customWidth="true" style="2"/>
     <col min="7" max="7" width="17" customWidth="true" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="4" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="4" t="s">
         <v>2</v>
@@ -10057,3214 +10135,3536 @@
       </c>
       <c r="C308" s="2" t="s">
         <v>381</v>
       </c>
       <c r="D308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E308" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F308" s="2" t="s">
         <v>576</v>
       </c>
       <c r="G308" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B309" s="2" t="s">
         <v>607</v>
       </c>
       <c r="C309" s="2" t="s">
-        <v>365</v>
+        <v>608</v>
       </c>
       <c r="D309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E309" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F309" s="2" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="G309" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B310" s="2" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="C310" s="2" t="s">
-        <v>343</v>
+        <v>365</v>
       </c>
       <c r="D310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E310" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F310" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G310" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B311" s="2" t="s">
-        <v>610</v>
+        <v>612</v>
       </c>
       <c r="C311" s="2" t="s">
-        <v>355</v>
+        <v>343</v>
       </c>
       <c r="D311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E311" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F311" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G311" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B312" s="2" t="s">
+        <v>613</v>
+      </c>
+      <c r="C312" s="2" t="s">
+        <v>355</v>
+      </c>
+      <c r="D312" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E312" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F312" s="2" t="s">
         <v>611</v>
-      </c>
-[...10 lines deleted...]
-        <v>608</v>
       </c>
       <c r="G312" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B313" s="2" t="s">
-        <v>612</v>
+        <v>614</v>
       </c>
       <c r="C313" s="2" t="s">
-        <v>373</v>
+        <v>375</v>
       </c>
       <c r="D313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E313" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F313" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G313" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B314" s="2" t="s">
-        <v>613</v>
+        <v>615</v>
       </c>
       <c r="C314" s="2" t="s">
-        <v>331</v>
+        <v>373</v>
       </c>
       <c r="D314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E314" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F314" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G314" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B315" s="2" t="s">
-        <v>614</v>
+        <v>616</v>
       </c>
       <c r="C315" s="2" t="s">
-        <v>264</v>
+        <v>331</v>
       </c>
       <c r="D315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E315" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F315" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G315" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B316" s="2" t="s">
-        <v>615</v>
+        <v>617</v>
       </c>
       <c r="C316" s="2" t="s">
-        <v>324</v>
+        <v>264</v>
       </c>
       <c r="D316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E316" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F316" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G316" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B317" s="2" t="s">
-        <v>616</v>
+        <v>618</v>
       </c>
       <c r="C317" s="2" t="s">
-        <v>617</v>
+        <v>324</v>
       </c>
       <c r="D317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E317" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F317" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G317" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B318" s="2" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="C318" s="2" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="D318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E318" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F318" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G318" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B319" s="2" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="C319" s="2" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="D319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E319" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F319" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G319" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B320" s="2" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="C320" s="2" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="D320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E320" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F320" s="2" t="s">
-        <v>608</v>
+        <v>611</v>
       </c>
       <c r="G320" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B321" s="2" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="C321" s="2" t="s">
-        <v>54</v>
+        <v>626</v>
       </c>
       <c r="D321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E321" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F321" s="2" t="s">
-        <v>625</v>
+        <v>611</v>
       </c>
       <c r="G321" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B322" s="2" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="C322" s="2" t="s">
-        <v>627</v>
+        <v>54</v>
       </c>
       <c r="D322" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E322" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F322" s="2" t="s">
-        <v>515</v>
+        <v>628</v>
       </c>
       <c r="G322" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B323" s="2" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="C323" s="2" t="s">
-        <v>33</v>
+        <v>630</v>
       </c>
       <c r="D323" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E323" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F323" s="2" t="s">
-        <v>625</v>
+        <v>515</v>
       </c>
       <c r="G323" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B324" s="2" t="s">
-        <v>629</v>
+        <v>631</v>
       </c>
       <c r="C324" s="2" t="s">
-        <v>70</v>
+        <v>33</v>
       </c>
       <c r="D324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E324" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F324" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G324" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B325" s="2" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="C325" s="2" t="s">
-        <v>631</v>
+        <v>70</v>
       </c>
       <c r="D325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E325" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F325" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G325" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B326" s="2" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="C326" s="2" t="s">
-        <v>367</v>
+        <v>634</v>
       </c>
       <c r="D326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E326" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F326" s="2" t="s">
-        <v>608</v>
+        <v>628</v>
       </c>
       <c r="G326" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B327" s="2" t="s">
-        <v>633</v>
+        <v>635</v>
       </c>
       <c r="C327" s="2" t="s">
-        <v>634</v>
+        <v>367</v>
       </c>
       <c r="D327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E327" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F327" s="2" t="s">
-        <v>625</v>
+        <v>611</v>
       </c>
       <c r="G327" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B328" s="2" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="C328" s="2" t="s">
-        <v>187</v>
+        <v>637</v>
       </c>
       <c r="D328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E328" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F328" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G328" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B329" s="2" t="s">
-        <v>636</v>
+        <v>638</v>
       </c>
       <c r="C329" s="2" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="D329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E329" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F329" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G329" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B330" s="2" t="s">
-        <v>637</v>
+        <v>639</v>
       </c>
       <c r="C330" s="2" t="s">
-        <v>379</v>
+        <v>185</v>
       </c>
       <c r="D330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E330" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F330" s="2" t="s">
-        <v>608</v>
+        <v>628</v>
       </c>
       <c r="G330" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B331" s="2" t="s">
-        <v>638</v>
+        <v>640</v>
       </c>
       <c r="C331" s="2" t="s">
-        <v>639</v>
+        <v>379</v>
       </c>
       <c r="D331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E331" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F331" s="2" t="s">
-        <v>625</v>
+        <v>611</v>
       </c>
       <c r="G331" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B332" s="2" t="s">
-        <v>640</v>
+        <v>641</v>
       </c>
       <c r="C332" s="2" t="s">
-        <v>145</v>
+        <v>642</v>
       </c>
       <c r="D332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E332" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F332" s="2" t="s">
-        <v>515</v>
+        <v>628</v>
       </c>
       <c r="G332" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B333" s="2" t="s">
-        <v>641</v>
+        <v>643</v>
       </c>
       <c r="C333" s="2" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="D333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E333" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F333" s="2" t="s">
-        <v>625</v>
+        <v>515</v>
       </c>
       <c r="G333" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B334" s="2" t="s">
-        <v>642</v>
+        <v>644</v>
       </c>
       <c r="C334" s="2" t="s">
-        <v>117</v>
+        <v>151</v>
       </c>
       <c r="D334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E334" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F334" s="2" t="s">
-        <v>515</v>
+        <v>628</v>
       </c>
       <c r="G334" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B335" s="2" t="s">
-        <v>643</v>
+        <v>645</v>
       </c>
       <c r="C335" s="2" t="s">
-        <v>155</v>
+        <v>117</v>
       </c>
       <c r="D335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E335" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F335" s="2" t="s">
-        <v>625</v>
+        <v>515</v>
       </c>
       <c r="G335" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B336" s="2" t="s">
-        <v>644</v>
+        <v>646</v>
       </c>
       <c r="C336" s="2" t="s">
-        <v>209</v>
+        <v>155</v>
       </c>
       <c r="D336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E336" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F336" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G336" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B337" s="2" t="s">
-        <v>645</v>
+        <v>647</v>
       </c>
       <c r="C337" s="2" t="s">
-        <v>181</v>
+        <v>209</v>
       </c>
       <c r="D337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E337" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F337" s="2" t="s">
-        <v>515</v>
+        <v>628</v>
       </c>
       <c r="G337" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B338" s="2" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="C338" s="2" t="s">
-        <v>121</v>
+        <v>181</v>
       </c>
       <c r="D338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E338" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F338" s="2" t="s">
-        <v>625</v>
+        <v>515</v>
       </c>
       <c r="G338" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B339" s="2" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C339" s="2" t="s">
-        <v>99</v>
+        <v>121</v>
       </c>
       <c r="D339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E339" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F339" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G339" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B340" s="2" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="C340" s="2" t="s">
-        <v>169</v>
+        <v>99</v>
       </c>
       <c r="D340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E340" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F340" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G340" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B341" s="2" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C341" s="2" t="s">
-        <v>650</v>
+        <v>169</v>
       </c>
       <c r="D341" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E341" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F341" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G341" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B342" s="2" t="s">
-        <v>651</v>
+        <v>652</v>
       </c>
       <c r="C342" s="2" t="s">
-        <v>41</v>
+        <v>653</v>
       </c>
       <c r="D342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E342" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F342" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G342" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B343" s="2" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="C343" s="2" t="s">
-        <v>653</v>
+        <v>41</v>
       </c>
       <c r="D343" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E343" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F343" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G343" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B344" s="2" t="s">
-        <v>654</v>
+        <v>655</v>
       </c>
       <c r="C344" s="2" t="s">
-        <v>216</v>
+        <v>656</v>
       </c>
       <c r="D344" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E344" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F344" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G344" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B345" s="2" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C345" s="2" t="s">
-        <v>197</v>
+        <v>216</v>
       </c>
       <c r="D345" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E345" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F345" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G345" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B346" s="2" t="s">
-        <v>656</v>
+        <v>658</v>
       </c>
       <c r="C346" s="2" t="s">
-        <v>157</v>
+        <v>197</v>
       </c>
       <c r="D346" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E346" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F346" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G346" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B347" s="2" t="s">
-        <v>657</v>
+        <v>659</v>
       </c>
       <c r="C347" s="2" t="s">
-        <v>119</v>
+        <v>157</v>
       </c>
       <c r="D347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E347" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F347" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G347" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B348" s="2" t="s">
-        <v>658</v>
+        <v>660</v>
       </c>
       <c r="C348" s="2" t="s">
-        <v>659</v>
+        <v>119</v>
       </c>
       <c r="D348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E348" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F348" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G348" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B349" s="2" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C349" s="2" t="s">
-        <v>201</v>
+        <v>662</v>
       </c>
       <c r="D349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E349" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F349" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G349" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B350" s="2" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="C350" s="2" t="s">
-        <v>662</v>
+        <v>201</v>
       </c>
       <c r="D350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E350" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F350" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G350" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B351" s="2" t="s">
-        <v>663</v>
+        <v>664</v>
       </c>
       <c r="C351" s="2" t="s">
-        <v>91</v>
+        <v>665</v>
       </c>
       <c r="D351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E351" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F351" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G351" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B352" s="2" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C352" s="2" t="s">
-        <v>131</v>
+        <v>91</v>
       </c>
       <c r="D352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E352" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F352" s="2" t="s">
-        <v>665</v>
+        <v>628</v>
       </c>
       <c r="G352" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B353" s="2" t="s">
-        <v>666</v>
+        <v>667</v>
       </c>
       <c r="C353" s="2" t="s">
-        <v>123</v>
+        <v>131</v>
       </c>
       <c r="D353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E353" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F353" s="2" t="s">
-        <v>625</v>
+        <v>668</v>
       </c>
       <c r="G353" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B354" s="2" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="C354" s="2" t="s">
-        <v>147</v>
+        <v>123</v>
       </c>
       <c r="D354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E354" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F354" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G354" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B355" s="2" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C355" s="2" t="s">
-        <v>111</v>
+        <v>147</v>
       </c>
       <c r="D355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E355" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F355" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G355" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B356" s="2" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="C356" s="2" t="s">
-        <v>175</v>
+        <v>111</v>
       </c>
       <c r="D356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E356" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F356" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G356" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B357" s="2" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C357" s="2" t="s">
-        <v>89</v>
+        <v>175</v>
       </c>
       <c r="D357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E357" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F357" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G357" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B358" s="2" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="C358" s="2" t="s">
-        <v>159</v>
+        <v>89</v>
       </c>
       <c r="D358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E358" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F358" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G358" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B359" s="2" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C359" s="2" t="s">
-        <v>673</v>
+        <v>159</v>
       </c>
       <c r="D359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E359" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F359" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G359" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B360" s="2" t="s">
-        <v>674</v>
+        <v>675</v>
       </c>
       <c r="C360" s="2" t="s">
-        <v>214</v>
+        <v>676</v>
       </c>
       <c r="D360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E360" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F360" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G360" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B361" s="2" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="C361" s="2" t="s">
-        <v>89</v>
+        <v>214</v>
       </c>
       <c r="D361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E361" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F361" s="2" t="s">
-        <v>676</v>
+        <v>628</v>
       </c>
       <c r="G361" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B362" s="2" t="s">
-        <v>677</v>
+        <v>678</v>
       </c>
       <c r="C362" s="2" t="s">
-        <v>678</v>
+        <v>89</v>
       </c>
       <c r="D362" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E362" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F362" s="2" t="s">
-        <v>625</v>
+        <v>679</v>
       </c>
       <c r="G362" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B363" s="2" t="s">
-        <v>679</v>
+        <v>680</v>
       </c>
       <c r="C363" s="2" t="s">
-        <v>680</v>
+        <v>681</v>
       </c>
       <c r="D363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E363" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F363" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G363" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B364" s="2" t="s">
-        <v>681</v>
+        <v>682</v>
       </c>
       <c r="C364" s="2" t="s">
-        <v>127</v>
+        <v>683</v>
       </c>
       <c r="D364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E364" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F364" s="2" t="s">
-        <v>515</v>
+        <v>628</v>
       </c>
       <c r="G364" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B365" s="2" t="s">
-        <v>682</v>
+        <v>684</v>
       </c>
       <c r="C365" s="2" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="D365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E365" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F365" s="2" t="s">
         <v>515</v>
       </c>
       <c r="G365" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B366" s="2" t="s">
-        <v>683</v>
+        <v>685</v>
       </c>
       <c r="C366" s="2" t="s">
-        <v>173</v>
+        <v>125</v>
       </c>
       <c r="D366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E366" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F366" s="2" t="s">
-        <v>684</v>
+        <v>515</v>
       </c>
       <c r="G366" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B367" s="2" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="C367" s="2" t="s">
-        <v>271</v>
+        <v>173</v>
       </c>
       <c r="D367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E367" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F367" s="2" t="s">
-        <v>625</v>
+        <v>687</v>
       </c>
       <c r="G367" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B368" s="2" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="C368" s="2" t="s">
-        <v>129</v>
+        <v>271</v>
       </c>
       <c r="D368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E368" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F368" s="2" t="s">
-        <v>515</v>
+        <v>628</v>
       </c>
       <c r="G368" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B369" s="2" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C369" s="2" t="s">
-        <v>688</v>
+        <v>129</v>
       </c>
       <c r="D369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E369" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F369" s="2" t="s">
-        <v>625</v>
+        <v>515</v>
       </c>
       <c r="G369" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B370" s="2" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="C370" s="2" t="s">
-        <v>177</v>
+        <v>691</v>
       </c>
       <c r="D370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E370" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F370" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G370" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B371" s="2" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C371" s="2" t="s">
-        <v>141</v>
+        <v>177</v>
       </c>
       <c r="D371" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E371" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F371" s="2" t="s">
-        <v>625</v>
+        <v>628</v>
       </c>
       <c r="G371" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B372" s="2" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="C372" s="2" t="s">
-        <v>692</v>
+        <v>141</v>
       </c>
       <c r="D372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E372" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F372" s="2" t="s">
-        <v>522</v>
+        <v>628</v>
       </c>
       <c r="G372" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B373" s="2" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="C373" s="2" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="D373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E373" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F373" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G373" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B374" s="2" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="C374" s="2" t="s">
-        <v>428</v>
+        <v>697</v>
       </c>
       <c r="D374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E374" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F374" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G374" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B375" s="2" t="s">
-        <v>696</v>
+        <v>698</v>
       </c>
       <c r="C375" s="2" t="s">
-        <v>697</v>
+        <v>428</v>
       </c>
       <c r="D375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E375" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F375" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G375" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B376" s="2" t="s">
-        <v>698</v>
+        <v>699</v>
       </c>
       <c r="C376" s="2" t="s">
-        <v>699</v>
+        <v>700</v>
       </c>
       <c r="D376" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E376" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F376" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G376" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B377" s="2" t="s">
-        <v>700</v>
+        <v>701</v>
       </c>
       <c r="C377" s="2" t="s">
-        <v>701</v>
+        <v>702</v>
       </c>
       <c r="D377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E377" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F377" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G377" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B378" s="2" t="s">
-        <v>702</v>
+        <v>703</v>
       </c>
       <c r="C378" s="2" t="s">
-        <v>703</v>
+        <v>704</v>
       </c>
       <c r="D378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E378" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F378" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G378" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B379" s="2" t="s">
-        <v>704</v>
+        <v>705</v>
       </c>
       <c r="C379" s="2" t="s">
-        <v>705</v>
+        <v>706</v>
       </c>
       <c r="D379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E379" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F379" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G379" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B380" s="2" t="s">
-        <v>706</v>
+        <v>707</v>
       </c>
       <c r="C380" s="2" t="s">
-        <v>707</v>
+        <v>708</v>
       </c>
       <c r="D380" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E380" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F380" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G380" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B381" s="2" t="s">
-        <v>708</v>
+        <v>709</v>
       </c>
       <c r="C381" s="2" t="s">
-        <v>709</v>
+        <v>710</v>
       </c>
       <c r="D381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E381" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F381" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G381" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B382" s="2" t="s">
-        <v>710</v>
+        <v>711</v>
       </c>
       <c r="C382" s="2" t="s">
-        <v>711</v>
+        <v>712</v>
       </c>
       <c r="D382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E382" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F382" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G382" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B383" s="2" t="s">
-        <v>712</v>
+        <v>713</v>
       </c>
       <c r="C383" s="2" t="s">
-        <v>713</v>
+        <v>714</v>
       </c>
       <c r="D383" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E383" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F383" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G383" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B384" s="2" t="s">
-        <v>714</v>
+        <v>715</v>
       </c>
       <c r="C384" s="2" t="s">
-        <v>715</v>
+        <v>716</v>
       </c>
       <c r="D384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E384" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F384" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G384" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B385" s="2" t="s">
-        <v>716</v>
+        <v>717</v>
       </c>
       <c r="C385" s="2" t="s">
-        <v>717</v>
+        <v>718</v>
       </c>
       <c r="D385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E385" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F385" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G385" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B386" s="2" t="s">
-        <v>718</v>
+        <v>719</v>
       </c>
       <c r="C386" s="2" t="s">
-        <v>719</v>
+        <v>720</v>
       </c>
       <c r="D386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E386" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F386" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G386" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B387" s="2" t="s">
-        <v>720</v>
+        <v>721</v>
       </c>
       <c r="C387" s="2" t="s">
-        <v>721</v>
+        <v>722</v>
       </c>
       <c r="D387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E387" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F387" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G387" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B388" s="2" t="s">
-        <v>722</v>
+        <v>723</v>
       </c>
       <c r="C388" s="2" t="s">
-        <v>723</v>
+        <v>724</v>
       </c>
       <c r="D388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E388" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F388" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G388" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B389" s="2" t="s">
-        <v>724</v>
+        <v>725</v>
       </c>
       <c r="C389" s="2" t="s">
-        <v>725</v>
+        <v>726</v>
       </c>
       <c r="D389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E389" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F389" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G389" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B390" s="2" t="s">
-        <v>726</v>
+        <v>727</v>
       </c>
       <c r="C390" s="2" t="s">
-        <v>727</v>
+        <v>728</v>
       </c>
       <c r="D390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E390" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F390" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G390" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B391" s="2" t="s">
-        <v>728</v>
+        <v>729</v>
       </c>
       <c r="C391" s="2" t="s">
-        <v>729</v>
+        <v>730</v>
       </c>
       <c r="D391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E391" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F391" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G391" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B392" s="2" t="s">
-        <v>730</v>
+        <v>731</v>
       </c>
       <c r="C392" s="2" t="s">
-        <v>731</v>
+        <v>732</v>
       </c>
       <c r="D392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E392" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F392" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G392" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B393" s="2" t="s">
-        <v>732</v>
+        <v>733</v>
       </c>
       <c r="C393" s="2" t="s">
-        <v>733</v>
+        <v>734</v>
       </c>
       <c r="D393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E393" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F393" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G393" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B394" s="2" t="s">
-        <v>734</v>
+        <v>735</v>
       </c>
       <c r="C394" s="2" t="s">
-        <v>456</v>
+        <v>736</v>
       </c>
       <c r="D394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E394" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F394" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G394" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B395" s="2" t="s">
-        <v>735</v>
+        <v>737</v>
       </c>
       <c r="C395" s="2" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
       <c r="D395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E395" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F395" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G395" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B396" s="2" t="s">
-        <v>736</v>
+        <v>738</v>
       </c>
       <c r="C396" s="2" t="s">
-        <v>432</v>
+        <v>454</v>
       </c>
       <c r="D396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E396" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F396" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G396" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B397" s="2" t="s">
-        <v>737</v>
+        <v>739</v>
       </c>
       <c r="C397" s="2" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
       <c r="D397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E397" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F397" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G397" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B398" s="2" t="s">
-        <v>738</v>
+        <v>740</v>
       </c>
       <c r="C398" s="2" t="s">
-        <v>739</v>
+        <v>434</v>
       </c>
       <c r="D398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E398" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F398" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G398" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B399" s="2" t="s">
-        <v>740</v>
+        <v>741</v>
       </c>
       <c r="C399" s="2" t="s">
-        <v>741</v>
+        <v>742</v>
       </c>
       <c r="D399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E399" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F399" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G399" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B400" s="2" t="s">
-        <v>742</v>
+        <v>743</v>
       </c>
       <c r="C400" s="2" t="s">
-        <v>743</v>
+        <v>744</v>
       </c>
       <c r="D400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E400" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F400" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G400" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B401" s="2" t="s">
-        <v>744</v>
+        <v>745</v>
       </c>
       <c r="C401" s="2" t="s">
-        <v>430</v>
+        <v>746</v>
       </c>
       <c r="D401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E401" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F401" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G401" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B402" s="2" t="s">
-        <v>745</v>
+        <v>747</v>
       </c>
       <c r="C402" s="2" t="s">
-        <v>746</v>
+        <v>430</v>
       </c>
       <c r="D402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E402" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F402" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G402" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B403" s="2" t="s">
-        <v>747</v>
+        <v>748</v>
       </c>
       <c r="C403" s="2" t="s">
-        <v>748</v>
+        <v>749</v>
       </c>
       <c r="D403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E403" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F403" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G403" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B404" s="2" t="s">
-        <v>749</v>
+        <v>750</v>
       </c>
       <c r="C404" s="2" t="s">
-        <v>438</v>
+        <v>751</v>
       </c>
       <c r="D404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E404" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F404" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G404" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B405" s="2" t="s">
-        <v>750</v>
+        <v>752</v>
       </c>
       <c r="C405" s="2" t="s">
-        <v>751</v>
+        <v>438</v>
       </c>
       <c r="D405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E405" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F405" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G405" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B406" s="2" t="s">
-        <v>752</v>
+        <v>753</v>
       </c>
       <c r="C406" s="2" t="s">
-        <v>436</v>
+        <v>754</v>
       </c>
       <c r="D406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E406" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F406" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G406" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B407" s="2" t="s">
-        <v>753</v>
+        <v>755</v>
       </c>
       <c r="C407" s="2" t="s">
-        <v>754</v>
+        <v>436</v>
       </c>
       <c r="D407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E407" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F407" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G407" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B408" s="2" t="s">
-        <v>755</v>
+        <v>756</v>
       </c>
       <c r="C408" s="2" t="s">
-        <v>756</v>
+        <v>757</v>
       </c>
       <c r="D408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E408" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F408" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G408" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B409" s="2" t="s">
-        <v>757</v>
+        <v>758</v>
       </c>
       <c r="C409" s="2" t="s">
-        <v>758</v>
+        <v>759</v>
       </c>
       <c r="D409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E409" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F409" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G409" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B410" s="2" t="s">
-        <v>759</v>
+        <v>760</v>
       </c>
       <c r="C410" s="2" t="s">
-        <v>760</v>
+        <v>761</v>
       </c>
       <c r="D410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E410" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F410" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G410" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B411" s="2" t="s">
-        <v>761</v>
+        <v>762</v>
       </c>
       <c r="C411" s="2" t="s">
-        <v>406</v>
+        <v>763</v>
       </c>
       <c r="D411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E411" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F411" s="2" t="s">
         <v>522</v>
       </c>
       <c r="G411" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B412" s="2" t="s">
-        <v>762</v>
+        <v>764</v>
       </c>
       <c r="C412" s="2" t="s">
-        <v>479</v>
+        <v>406</v>
       </c>
       <c r="D412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E412" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F412" s="2" t="s">
-        <v>763</v>
+        <v>522</v>
       </c>
       <c r="G412" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B413" s="2" t="s">
-        <v>764</v>
+        <v>765</v>
       </c>
       <c r="C413" s="2" t="s">
-        <v>765</v>
+        <v>479</v>
       </c>
       <c r="D413" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E413" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F413" s="2" t="s">
         <v>766</v>
       </c>
       <c r="G413" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B414" s="2" t="s">
         <v>767</v>
       </c>
       <c r="C414" s="2" t="s">
         <v>768</v>
       </c>
       <c r="D414" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E414" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F414" s="2" t="s">
-        <v>21</v>
+        <v>769</v>
       </c>
       <c r="G414" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B415" s="2" t="s">
-        <v>769</v>
+        <v>770</v>
       </c>
       <c r="C415" s="2" t="s">
-        <v>770</v>
+        <v>143</v>
       </c>
       <c r="D415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E415" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F415" s="2" t="s">
         <v>771</v>
       </c>
       <c r="G415" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B416" s="2" t="s">
         <v>772</v>
       </c>
       <c r="C416" s="2" t="s">
-        <v>773</v>
+        <v>502</v>
       </c>
       <c r="D416" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E416" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F416" s="2" t="s">
         <v>771</v>
       </c>
       <c r="G416" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B417" s="2" t="s">
-        <v>774</v>
+        <v>773</v>
       </c>
       <c r="C417" s="2" t="s">
-        <v>775</v>
+        <v>504</v>
       </c>
       <c r="D417" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E417" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F417" s="2" t="s">
         <v>771</v>
       </c>
       <c r="G417" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B418" s="2" t="s">
-        <v>776</v>
+        <v>774</v>
       </c>
       <c r="C418" s="2" t="s">
-        <v>777</v>
+        <v>508</v>
       </c>
       <c r="D418" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E418" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F418" s="2" t="s">
         <v>771</v>
       </c>
       <c r="G418" s="2" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B419" s="2" t="s">
-        <v>778</v>
+        <v>775</v>
       </c>
       <c r="C419" s="2" t="s">
-        <v>779</v>
+        <v>500</v>
       </c>
       <c r="D419" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E419" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F419" s="2" t="s">
-        <v>780</v>
+        <v>771</v>
       </c>
       <c r="G419" s="2" t="s">
-        <v>781</v>
+        <v>11</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B420" s="2" t="s">
-        <v>782</v>
+        <v>776</v>
       </c>
       <c r="C420" s="2" t="s">
-        <v>783</v>
+        <v>287</v>
       </c>
       <c r="D420" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E420" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F420" s="2" t="s">
-        <v>784</v>
+        <v>771</v>
       </c>
       <c r="G420" s="2" t="s">
-        <v>785</v>
+        <v>11</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B421" s="2" t="s">
-        <v>786</v>
+        <v>777</v>
       </c>
       <c r="C421" s="2" t="s">
-        <v>787</v>
+        <v>482</v>
       </c>
       <c r="D421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E421" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F421" s="2" t="s">
-        <v>788</v>
+        <v>778</v>
       </c>
       <c r="G421" s="2" t="s">
-        <v>789</v>
+        <v>11</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B422" s="2" t="s">
-        <v>790</v>
+        <v>779</v>
       </c>
       <c r="C422" s="2" t="s">
-        <v>791</v>
+        <v>780</v>
       </c>
       <c r="D422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E422" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F422" s="2" t="s">
-        <v>792</v>
+        <v>21</v>
       </c>
       <c r="G422" s="2" t="s">
-        <v>793</v>
+        <v>11</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B423" s="2" t="s">
-        <v>794</v>
+        <v>781</v>
       </c>
       <c r="C423" s="2" t="s">
-        <v>795</v>
+        <v>782</v>
       </c>
       <c r="D423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E423" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F423" s="2" t="s">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="G423" s="2" t="s">
-        <v>793</v>
+        <v>11</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B424" s="2" t="s">
-        <v>796</v>
+        <v>784</v>
       </c>
       <c r="C424" s="2" t="s">
-        <v>797</v>
+        <v>785</v>
       </c>
       <c r="D424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E424" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F424" s="2" t="s">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="G424" s="2" t="s">
-        <v>793</v>
+        <v>11</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B425" s="2" t="s">
-        <v>798</v>
+        <v>786</v>
       </c>
       <c r="C425" s="2" t="s">
-        <v>799</v>
+        <v>787</v>
       </c>
       <c r="D425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E425" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F425" s="2" t="s">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="G425" s="2" t="s">
-        <v>793</v>
+        <v>11</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B426" s="2" t="s">
-        <v>800</v>
+        <v>788</v>
       </c>
       <c r="C426" s="2" t="s">
-        <v>801</v>
+        <v>789</v>
       </c>
       <c r="D426" s="2" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E426" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F426" s="2" t="s">
-        <v>792</v>
+        <v>783</v>
       </c>
       <c r="G426" s="2" t="s">
-        <v>793</v>
+        <v>11</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B427" s="2" t="s">
-        <v>802</v>
+        <v>790</v>
       </c>
       <c r="C427" s="2" t="s">
-        <v>803</v>
+        <v>791</v>
       </c>
       <c r="D427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E427" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F427" s="2" t="s">
         <v>792</v>
       </c>
       <c r="G427" s="2" t="s">
         <v>793</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B428" s="2" t="s">
-        <v>804</v>
+        <v>794</v>
       </c>
       <c r="C428" s="2" t="s">
-        <v>805</v>
+        <v>795</v>
       </c>
       <c r="D428" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E428" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F428" s="2" t="s">
-        <v>806</v>
+        <v>796</v>
       </c>
       <c r="G428" s="2" t="s">
-        <v>807</v>
+        <v>797</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B429" s="2" t="s">
-        <v>808</v>
+        <v>798</v>
       </c>
       <c r="C429" s="2" t="s">
-        <v>809</v>
+        <v>799</v>
       </c>
       <c r="D429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E429" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F429" s="2" t="s">
-        <v>212</v>
+        <v>800</v>
       </c>
       <c r="G429" s="2" t="s">
-        <v>810</v>
+        <v>801</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B430" s="2" t="s">
-        <v>811</v>
+        <v>802</v>
       </c>
       <c r="C430" s="2" t="s">
-        <v>812</v>
+        <v>803</v>
       </c>
       <c r="D430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E430" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F430" s="2" t="s">
-        <v>212</v>
+        <v>804</v>
       </c>
       <c r="G430" s="2" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B431" s="2" t="s">
-        <v>813</v>
+        <v>806</v>
       </c>
       <c r="C431" s="2" t="s">
-        <v>814</v>
+        <v>807</v>
       </c>
       <c r="D431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E431" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F431" s="2" t="s">
-        <v>212</v>
+        <v>804</v>
       </c>
       <c r="G431" s="2" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B432" s="2" t="s">
-        <v>815</v>
+        <v>808</v>
       </c>
       <c r="C432" s="2" t="s">
-        <v>816</v>
+        <v>809</v>
       </c>
       <c r="D432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E432" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F432" s="2" t="s">
-        <v>212</v>
+        <v>804</v>
       </c>
       <c r="G432" s="2" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B433" s="2" t="s">
-        <v>817</v>
+        <v>810</v>
       </c>
       <c r="C433" s="2" t="s">
-        <v>818</v>
+        <v>811</v>
       </c>
       <c r="D433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E433" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F433" s="2" t="s">
-        <v>212</v>
+        <v>804</v>
       </c>
       <c r="G433" s="2" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B434" s="2" t="s">
-        <v>819</v>
+        <v>812</v>
       </c>
       <c r="C434" s="2" t="s">
-        <v>820</v>
+        <v>813</v>
       </c>
       <c r="D434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E434" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F434" s="2" t="s">
-        <v>212</v>
+        <v>804</v>
       </c>
       <c r="G434" s="2" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B435" s="2" t="s">
-        <v>821</v>
+        <v>814</v>
       </c>
       <c r="C435" s="2" t="s">
-        <v>822</v>
+        <v>815</v>
       </c>
       <c r="D435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E435" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F435" s="2" t="s">
-        <v>823</v>
+        <v>804</v>
       </c>
       <c r="G435" s="2" t="s">
-        <v>824</v>
+        <v>805</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B436" s="2" t="s">
-        <v>825</v>
+        <v>816</v>
       </c>
       <c r="C436" s="2" t="s">
-        <v>826</v>
+        <v>817</v>
       </c>
       <c r="D436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E436" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F436" s="2" t="s">
-        <v>827</v>
+        <v>818</v>
       </c>
       <c r="G436" s="2" t="s">
-        <v>828</v>
+        <v>819</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B437" s="2" t="s">
-        <v>829</v>
+        <v>820</v>
       </c>
       <c r="C437" s="2" t="s">
-        <v>820</v>
+        <v>821</v>
       </c>
       <c r="D437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E437" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F437" s="2" t="s">
-        <v>827</v>
+        <v>212</v>
       </c>
       <c r="G437" s="2" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B438" s="2" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="C438" s="2" t="s">
-        <v>818</v>
+        <v>824</v>
       </c>
       <c r="D438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E438" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F438" s="2" t="s">
-        <v>827</v>
+        <v>212</v>
       </c>
       <c r="G438" s="2" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B439" s="2" t="s">
-        <v>831</v>
+        <v>825</v>
       </c>
       <c r="C439" s="2" t="s">
-        <v>816</v>
+        <v>826</v>
       </c>
       <c r="D439" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E439" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F439" s="2" t="s">
-        <v>827</v>
+        <v>212</v>
       </c>
       <c r="G439" s="2" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B440" s="2" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
       <c r="C440" s="2" t="s">
-        <v>812</v>
+        <v>828</v>
       </c>
       <c r="D440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E440" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F440" s="2" t="s">
-        <v>827</v>
+        <v>212</v>
       </c>
       <c r="G440" s="2" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B441" s="2" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="C441" s="2" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
       <c r="D441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E441" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F441" s="2" t="s">
-        <v>827</v>
+        <v>212</v>
       </c>
       <c r="G441" s="2" t="s">
-        <v>828</v>
+        <v>822</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B442" s="2" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="C442" s="2" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="D442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E442" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F442" s="2" t="s">
-        <v>837</v>
+        <v>212</v>
       </c>
       <c r="G442" s="2" t="s">
-        <v>838</v>
+        <v>822</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B443" s="2" t="s">
-        <v>839</v>
+        <v>833</v>
       </c>
       <c r="C443" s="2" t="s">
-        <v>840</v>
+        <v>834</v>
       </c>
       <c r="D443" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="E443" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F443" s="2" t="s">
-        <v>841</v>
+        <v>835</v>
       </c>
       <c r="G443" s="2" t="s">
-        <v>842</v>
+        <v>836</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B444" s="2" t="s">
-        <v>843</v>
+        <v>837</v>
       </c>
       <c r="C444" s="2" t="s">
-        <v>844</v>
+        <v>838</v>
       </c>
       <c r="D444" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E444" s="2" t="s">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="F444" s="2" t="s">
-        <v>845</v>
+        <v>839</v>
       </c>
       <c r="G444" s="2" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B445" s="2" t="s">
-        <v>847</v>
+        <v>841</v>
       </c>
       <c r="C445" s="2" t="s">
-        <v>848</v>
+        <v>832</v>
       </c>
       <c r="D445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="E445" s="2" t="s">
         <v>9</v>
       </c>
       <c r="F445" s="2" t="s">
-        <v>849</v>
+        <v>839</v>
       </c>
       <c r="G445" s="2" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" s="1">
         <v>13001835100010</v>
       </c>
       <c r="B446" s="2" t="s">
+        <v>842</v>
+      </c>
+      <c r="C446" s="2" t="s">
+        <v>830</v>
+      </c>
+      <c r="D446" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E446" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F446" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="G446" s="2" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="447" spans="1:8">
+      <c r="A447" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B447" s="2" t="s">
+        <v>843</v>
+      </c>
+      <c r="C447" s="2" t="s">
+        <v>828</v>
+      </c>
+      <c r="D447" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E447" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F447" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="G447" s="2" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="448" spans="1:8">
+      <c r="A448" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B448" s="2" t="s">
+        <v>844</v>
+      </c>
+      <c r="C448" s="2" t="s">
+        <v>824</v>
+      </c>
+      <c r="D448" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E448" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F448" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="G448" s="2" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="449" spans="1:8">
+      <c r="A449" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B449" s="2" t="s">
+        <v>845</v>
+      </c>
+      <c r="C449" s="2" t="s">
+        <v>846</v>
+      </c>
+      <c r="D449" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E449" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F449" s="2" t="s">
+        <v>839</v>
+      </c>
+      <c r="G449" s="2" t="s">
+        <v>840</v>
+      </c>
+    </row>
+    <row r="450" spans="1:8">
+      <c r="A450" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B450" s="2" t="s">
+        <v>847</v>
+      </c>
+      <c r="C450" s="2" t="s">
+        <v>848</v>
+      </c>
+      <c r="D450" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E450" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F450" s="2" t="s">
+        <v>849</v>
+      </c>
+      <c r="G450" s="2" t="s">
         <v>850</v>
       </c>
-      <c r="C446" s="2" t="s">
+    </row>
+    <row r="451" spans="1:8">
+      <c r="A451" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B451" s="2" t="s">
         <v>851</v>
       </c>
-      <c r="D446" s="2" t="s">
-[...9 lines deleted...]
-        <v>846</v>
+      <c r="C451" s="2" t="s">
+        <v>852</v>
+      </c>
+      <c r="D451" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E451" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F451" s="2" t="s">
+        <v>853</v>
+      </c>
+      <c r="G451" s="2" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="452" spans="1:8">
+      <c r="A452" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B452" s="2" t="s">
+        <v>855</v>
+      </c>
+      <c r="C452" s="2" t="s">
+        <v>856</v>
+      </c>
+      <c r="D452" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E452" s="2" t="s">
+        <v>14</v>
+      </c>
+      <c r="F452" s="2" t="s">
+        <v>857</v>
+      </c>
+      <c r="G452" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="453" spans="1:8">
+      <c r="A453" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B453" s="2" t="s">
+        <v>859</v>
+      </c>
+      <c r="C453" s="2" t="s">
+        <v>860</v>
+      </c>
+      <c r="D453" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E453" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F453" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="G453" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="454" spans="1:8">
+      <c r="A454" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B454" s="2" t="s">
+        <v>862</v>
+      </c>
+      <c r="C454" s="2" t="s">
+        <v>863</v>
+      </c>
+      <c r="D454" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E454" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F454" s="2" t="s">
+        <v>861</v>
+      </c>
+      <c r="G454" s="2" t="s">
+        <v>858</v>
+      </c>
+    </row>
+    <row r="455" spans="1:8">
+      <c r="A455" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B455" s="2" t="s">
+        <v>864</v>
+      </c>
+      <c r="C455" s="2" t="s">
+        <v>865</v>
+      </c>
+      <c r="D455" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E455" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F455" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G455" s="2" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="456" spans="1:8">
+      <c r="A456" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B456" s="2" t="s">
+        <v>868</v>
+      </c>
+      <c r="C456" s="2" t="s">
+        <v>869</v>
+      </c>
+      <c r="D456" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E456" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F456" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G456" s="2" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="457" spans="1:8">
+      <c r="A457" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B457" s="2" t="s">
+        <v>870</v>
+      </c>
+      <c r="C457" s="2" t="s">
+        <v>871</v>
+      </c>
+      <c r="D457" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E457" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F457" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G457" s="2" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="458" spans="1:8">
+      <c r="A458" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B458" s="2" t="s">
+        <v>872</v>
+      </c>
+      <c r="C458" s="2" t="s">
+        <v>873</v>
+      </c>
+      <c r="D458" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E458" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F458" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G458" s="2" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="459" spans="1:8">
+      <c r="A459" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B459" s="2" t="s">
+        <v>874</v>
+      </c>
+      <c r="C459" s="2" t="s">
+        <v>875</v>
+      </c>
+      <c r="D459" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E459" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F459" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G459" s="2" t="s">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="460" spans="1:8">
+      <c r="A460" s="1">
+        <v>13001835100010</v>
+      </c>
+      <c r="B460" s="2" t="s">
+        <v>876</v>
+      </c>
+      <c r="C460" s="2" t="s">
+        <v>877</v>
+      </c>
+      <c r="D460" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="E460" s="2" t="s">
+        <v>9</v>
+      </c>
+      <c r="F460" s="2" t="s">
+        <v>866</v>
+      </c>
+      <c r="G460" s="2" t="s">
+        <v>867</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:H1"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
@@ -13277,31 +13677,31 @@
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>QUIFORME</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <Manager/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>RCO</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:title>Export Habilitations</dc:title>
-  <dc:description>Export en date du 02/02/2026 01:56:40</dc:description>
+  <dc:description>Export en date du 03/20/2026 14:12:26</dc:description>
   <dc:subject/>
   <cp:keywords/>
   <cp:category/>
 </cp:coreProperties>
 </file>